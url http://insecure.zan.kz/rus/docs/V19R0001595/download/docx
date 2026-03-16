--- v0 (2025-11-08)
+++ v1 (2026-03-16)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="bff7b25" w14:textId="bff7b25">
+    <w:p w14:paraId="53d868a" w14:textId="53d868a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,97 +85,140 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении коэффициента зонирования, учитывающий месторасположение объекта налогообложения в городе Алматы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Утративший силу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Постановление акимата города Алматы от 5 ноября 2019 года № 4/605. Зарегистрировано Департаментом юстиции города Алматы 11 ноября 2019 года № 1595</w:t>
+        <w:t>Постановление акимата города Алматы от 5 ноября 2019 года № 4/605. Зарегистрировано Департаментом юстиции города Алматы 11 ноября 2019 года № 1595. Утратило силу постановлением акимата города Алматы от 19 января 2026 года № 1/37</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Утратило силу постановлением акимата города Алматы от 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Об утверждении коэффициента зонирования, учитывающий месторасположение</w:t>
+        <w:t>№ 1/37</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:r>
-[...14 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 6 статьи 529</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -181,209 +226,220 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кодекса Республики Казахстан от 25 декабря 2017 года "О налогах и других обязательных платежах в бюджет (Налоговый кодекс)", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан от 23 января 2001 года "О местном государственном управлении и самоуправлении в Республике Казахстан", акимат города Алматы ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Утвердить коэффициент зонирования, учитывающий месторасположение объекта налогообложения в городе Алматы, согласно </w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Утвердить коэффициент зонирования, учитывающий месторасположение объекта налогообложения в городе Алматы, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему постановлению.</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Признать утратившим силу </w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Признать утратившим силу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> акимата города Алматы от 31 мая 2018 года № 2/280 "Об утверждении коэффициента зонирования, учитывающего месторасположение объекта налогообложения в городе Алматы" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов за № 1488, опубликовано 28 июня 2018 года в газетах "Алматы ақшамы" и "Вечерний Алматы").</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Коммунальному государственному учреждению "Управление стратегии и бюджета города Алматы" в установленном законодательством Республики Казахстан порядке обеспечить государственную регистрацию настоящего постановления в органах юстиции с последующим официальным опубликованием в периодических изданиях и размещение на интернет-ресурсе акимата города Алматы.</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Контроль за исполнением настоящего постановления возложить на заместителя акима города Алматы И. Усерова.</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Настоящее постановление вводится в действие с 1 января 2020 года.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -391,51 +447,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Аким города Алматы </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -443,50 +499,71 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Б. Сагинтаев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -591,33027 +668,43213 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 4/605</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1668"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1265"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...7 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:t>№ п/п</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...7 lines deleted...]
-            <w:tcW w:w="1413" w:type="dxa"/>
+              <w:t>Месторасположение объекта налогообложения в городе Алматы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...2 lines deleted...]
-            </w:r>
+              <w:t>Коэффициент зонирования</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...2 lines deleted...]
-            </w:r>
+              <w:t>I. Алатауский район</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: севернее проспекта Райымбека, западнее улицы Жумахана Кудерина, южнее проспекта Турара Рыскулова</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: севернее проспекта Райымбека, западнее проспекта Турара Рыскулова, микрорайон Аккент, восточнее улицы Аксай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,34</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,33</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Микрорайоны Теректы, Нұркент, Зерделі западнее границы города</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,33</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,32</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: севернее проспекта Турара Рыскулова, западнее улицы Бауыржана Момышулы, южнее микрорайона Дарабоз, микрорайон Акбулак</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,34</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,30</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Микрорайоны Айгерим-1 и Айгерим-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,30</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,30</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Микрорайоны Самғау и Туркестан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,30</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,30</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Микрорайоны Шанырак-1, Шанырак-2, Коккайнар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Микрорайон Саялы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,34</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,33</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Микрорайон Шапағат</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,30</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,30</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Микрорайоны Улжан-1, Улжан-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,15</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,15</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Микрорайоны Ожет и Карасу</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Микрорайоны Байбесик и Дархан, Болашак, садоводческое товарищество Птицевод</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома и многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дачи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,00</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Микрорайон Томирис</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,15</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,15</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Микрорайоны Мадениет, Коккайнар; садоводческое товарищество Энергостроитель, садоводческое товарищество Теплоэнергетик, садоводческое товарищество Радуга</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома, многоквартирные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,15</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дачи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,00</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
-[...138 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Микрорайон Нұркент</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,33</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
-[...138 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Микрорайон Зерделі</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,32</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
-[...138 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Микрорайон Ботакөз, Ақмаржан, Ғажайып и Дарабоз</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,29</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Микрорайоны Рахат, Боралдай, 71 разъезд, садоводческое товарищество Алтын Алма, производственный кооператив Кок Озек</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома и многоквартирные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дачи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,00</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...2 lines deleted...]
-            </w:r>
+              <w:t>II. Алмалинский район</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: южнее проспекта Райымбека, севернее улицы Толе би, улицы Николая Гоголя и улицы Мукагали Макатаева, западнее улицы Мухтара Ауэзова, река Есентай, восточнее улицы Абдуллы Розыбакиева</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,39</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,38</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: западнее реки Есентай, восточнее проспекта Сакена Сейфуллина, южнее проспекта Райымбека, севернее улицы Мукагали Макатаева</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,47</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,42</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: южнее проспекта Райымбека, западнее улицы Абдуллы Розыбакиева, севернее улицы Толе би, восточнее реки Большая Алматинка, микрорайоны Тастак-2, Тастак-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,37</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,35</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: южнее проспекта Райымбека, севернее улицы Мукагали Макатаева, западнее проспекта Нурсултана Назарбаева, восточнее проспекта Сакена Сейфуллина</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,49</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,49</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
-[...138 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: южнее улицы Мукагали Макатаева и улицы Николая Гоголя, севернее проспекта Абая,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,89</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
-[...141 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>восточнее проспекта Нурсултана Назарбаева, западнее проспекта Сакена Сейфуллина</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,89</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: южнее улицы Мукагали Макатаева и улицы Николая Гоголя, севернее улицы Толе би, западнее проспекта Сакена Сейфуллина, восточнее улицы Мухтара Ауэзова</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,69</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,69</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: севернее проспекта Абая, южнее улицы Толе би, восточнее улицы Сабита Муканова, западнее проспекта Сакена Сейфуллина</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,79</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,75</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: севернее проспекта Абая, южнее улицы Толе би, восточнее улицы Мухтара Ауэзова, западнее улицы Сабита Муканова</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,69</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,67</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: севернее проспекта Абая, южнее улицы Толе би, восточнее улицы Абдуллы Розыбакиева, западнее улицы Мухтара Ауэзова</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,69</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,67</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: южнее улицы Узакбая Кулумбетова, севернее проспекта Абая, восточнее улицы Тлендиева, западнее улицы Абдуллы Розыбакиева</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,69</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,65</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: южнее улицы Толе би, севернее улицы Узакбая Кулумбетова, восточнее улицы Тлендиева, западнее улицы Абдуллы Розыбакиева</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,58</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,55</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: восточнее реки Большая Алматинка, западнее улицы Тлендиева, южнее улицы Толе би, севернее проспекта Абая</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,59</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,57</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...2 lines deleted...]
-            </w:r>
+              <w:t>III. Ауэзовский район</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>31</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: южнее проспекта Райымбека, севернее проспекта Абая, западнее улицы Отеген батыра, восточнее реки Большая Алматинка, микрорайоны Сайран и Тастак-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,38</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,38</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: южнее проспекта Райымбека, севернее улицы Ахмета Жубанова, западнее улицы Отеген батыра, восточнее улицы Жумагали Саина</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,38</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,35</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>33</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: южнее улицы Ахмета Жубанова, севернее проспекта Абая, западнее улицы Отеген батыра и реки Большая Алматинка, восточнее улицы Жумагали Саина (микрорайон-1, микрорайон-2, микрорайон-3, микрорайон-4, микрорайон-5)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,44</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,44</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>34</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: южнее проспекта Абая, восточнее улицы Жумагали Саина, севернее улицы Ораза Джандосова, западнее реки Большая Алматинка</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,78</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,78</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Микрорайоны Аксай-1, Аксай-1А и Аксай-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,48</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,48</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>36</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Микрорайоны Баянаул и Алтын Бесик</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,47</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,46</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>37</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Микрорайоны Аксай-3, Аксай-3А, Аксай-3Б</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,39</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,39</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>38</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Микрорайоны Аксай-4, Аксай-5, Жетысу-1, Жетысу-2, Жетысу-3, Жетысу-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,48</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,46</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>39</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Микрорайоны Мамыр-1, Мамыр-2, Мамыр-3, Мамыр-4, Мамыр-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,78</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,77</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: Микрорайонов Астана, Шабыт, Атамекен, Жазира, Алмас, Мамыр, западная граница района</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,77</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,76</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>41</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Микрорайон Таугуль-3; садоводческое товарищество Садовод</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома, многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,79</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дачи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,70</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: южнее улицы Ораза Джандосова, севернее улицы Кайрата Рыскулбекова, восточнее улицы Жумагали Саина, западнее реки Большая Алматинка (микрорайоны Таугуль-1 и Таугуль-2)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,49</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,48</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>43</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Микрорайон Достык</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,70</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,70</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...2 lines deleted...]
-            </w:r>
+              <w:t>IV. Бостандыкский район</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>44</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: южнее проспекта Абая, западнее улицы Тайыра Жарокова, севернее улиц Климента Тимирязева, Ораза Джандосова, восточнее реки Большая Алматинка</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,69</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,68</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: южнее проспекта Абая, западнее улицы Тайыра Жарокова, восточнее набережной Хамита Ергалиева, севернее улицы Климента Тимирязева</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,87</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,85</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
-[...138 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>46</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: южнее проспекта Абая, восточнее набережной Хамита Ергалиева, западнее проспекта</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,99</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
-[...141 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сакена Сейфуллина, севернее проспекта Аль-Фараби</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,98</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>47</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: южнее проспекта Абая, западнее проспекта Сакена Сейфуллина, восточнее проспекта Нурсултана Назарбаева, севернее проспекта Аль-Фараби</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,99</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,98</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>48</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: южнее улицы Климента Тимирязева, западнее реки Есентай, севернее проспекта Аль- Фараби, восточнее улицы Тайыра Жарокова</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,88</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,86</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>49</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: севернее проспекта Аль-Фараби, западнее реки Большая Алматинка, южнее улицы Климента Тимирязева, западнее улицы Тайыра Жарокова</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,89</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,88</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: южнее улицы Кайрата Рыскулбекова, западнее реки Большая Алматинка, севернее проспекта Аль-Фараби, восточнее улицы Жумагали Саина (микрорайоны Орбита-2, Орбита-3, Орбита-4)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,59</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,57</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>51</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: южнее микрорайона Альмерек и проспекта Аль-Фараби, западнее улиц Асанбая Аскарова и Дулати, микрорайон Дарын-2, микрорайон Мирас</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома и дачи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,09</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,05</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>52</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Санаторий Коктем, улица Асанбая Аскарова, микрорайоны Ерменсай, Аккайын, дачные массивы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома и дачи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,80</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,80</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>53</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Микрорайон Асқартау</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома и дачи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,00</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,00</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>54</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Микрорайоны Баганашыл, Байшешек, садоводческое товарищество Тан, садоводческое товарищество Достык, садоводческое товарищество Мамыр, садоводческое товарищество Алма</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома и дачи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,05</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,05</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>55</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Микрорайон Казахфильм</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,59</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,57</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>56</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: южнее проспекта Аль-Фараби, восточнее Дулати, южнее микрорайон Нұр Алатау, садоводческое товарищество имени Дзержинского, садоводческое товарищество Алма-3, садоводческое товарищество Энергостроитель, садоводческое товарищество Сирень, садоводческое товарищество Труд-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома и дачи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,05</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,00</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
-[...141 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Садоводческое товарищество Весна, садоводческое товарищество Машиностроитель, садоводческое товарищество Цветущий сад, садоводческое товарищество Энергетик, садоводческое товарищество Труд, садоводческое товарищество Картограф, садоводческое товарищество Картограф-2, садоводческое товарищество Ерменсай, садоводческое товарищество Нефтяник, садоводческое товарищество Мичуринец-Ерменсай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома и дачи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,40</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>57</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: южнее улицы Асанбая Аскарова, западнее улицы Дулати, севернее микрорайонов Тарлан, Хан Тенгри, садоводческое товарищество Свежесть, садоводческое товарищество Свежесть-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома и дачи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,85</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,85</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>58</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Микрорайон Нурлытау</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома и дачи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,89</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,88</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>59</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Микрорайон Кокшокы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома и дачи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,23</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,21</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дачные массивы вблизи микрорайона Актобе</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома и дачи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,20</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,20</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>61</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Микрорайон Архат, дачные массивы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома и дачи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,23</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,23</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...2 lines deleted...]
-            </w:r>
+              <w:t>V. Жетысуский район</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>62</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: севернее проспекта Райымбека, восточнее проспекта Сакена Сейфуллина, южнее улицы Жамбыла Тобаякова и улицы Болтирик Шешена, западнее реки Малая Алматинка</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,31</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,30</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>63</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: южнее проспекта Турара Рыскулова, восточнее проспекта Суюнбая, севернее улицы Болтирик Шешена, западнее реки Малая Алматинка</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,22</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,21</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>64</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: севернее улицы Жамбыла Тобаякова, восточнее проспекта Сакена Сейфуллина, южнее проспекта Турара Рыскулова, западнее проспекта Суюнбая</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,20</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,20</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>65</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: севернее улицы Баубека Булкушева (домов 238, 206), восточнее проспекта Турара Рыскулова, восточнее проспекта Сакена Сейфуллина</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
-[...138 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>66</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: севернее проспекта Райымбека, западнее улицы Казакова и улицы Бродского, южнее проспекта</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,20</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
-[...141 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Турара Рыскулова, западнее улицы Какимжана Казыбаева и улицы Баубека Булкушева</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,20</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>67</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: севернее проспекта Райымбека, восточнее улицы Жумахана Кудерина, южнее проспекта Турара Рыскулова</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,22</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,21</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>68</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: севернее проспекта Турара Рыскулова, восточнее улицы Северное кольцо, западнее улицы Алихана Бокейханова</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>69</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: севернее проспекта Турара Рыскулова, западнее улицы Алихана Бокейханова, восточнее улицы Ангарская, улицы Владимира Палладина, южнее улицы Магжана Жумабаева и улицы Сайлауа Серикова, западнее улицы Жансугурова, восточнее улицы Ильяса Омарова</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: севернее улицы Сайлауа Серикова, восточнее улицы Какимжана Казыбаева и реки Султанка, южнее улицы Бурундайская, западнее улицы Жансугурова</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,12</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,11</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>71</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>микрорайоны Көкмайса, Айнабулак</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,22</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,21</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
-[...138 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>72</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Микрорайон Кокжиек</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,21</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
-[...138 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>73</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Микрорайон Кулагер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,22</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>74</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: южнее улицы Бурундайская, восточнее улицы Северное кольцо, севернее улицы Владимира Палладина</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,15</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>75</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: южнее улицы Владимира Палладина, северная граница района, микрорайон Кемел</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,22</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,22</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...41 lines deleted...]
-            </w:r>
+              <w:t>VI. Медеуский район</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>76</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: западнее проспекта Нурсултана Назарбаева, севернее улицы Николая Гоголя, западнее реки Малая Алматинка, южнее проспекта Райымбека</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,99</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,95</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>77</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: севернее проспекта Абая, восточнее проспекта Нурсултана Назарбаева, южнее улицы Николая Гоголя, западнее реки Малая Алматинка</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,99</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,98</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>78</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: севернее проспекта Аль-Фараби, западнее реки Малая Алматинка, южнее проспекта Абая, восточнее проспекта Нурсултана Назарбаева, микрорайоны Самал-1, Самал-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,05</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,03</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>79</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Микрорайон Атырау</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,69</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,65</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: южнее канала имени Кунаева, восточнее Кульджинского тракта, севернее улицы Райымбек батыра, в близи Халык арена (Ледовая арена)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома и дачи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,69</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,65</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>81</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Микрорайон Думан-1, Думан-2, восточнее улицы Жиренше</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома и дачи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,69</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,68</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>82</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: восточнее реки Малая Алматинка (улица Волочаевская), севернее улицы Добролюбова, западнее реки Жарбулак</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома и дачи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,65</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,60</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>83</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: урочища Медеу, Чимбулак, улица Горная</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома и дачи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,09</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,09</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>84</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Микрорайон Кольсай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома и дачи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,40</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,40</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>85</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Микрорайон Сулусай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома и дачи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,20</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,20</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>86</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Микрорайон Самал-3, восточнее улицы Тайманова, западнее проспекта Достык</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома и дачи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,05</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,02</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>87</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дачные массивы, садоводческое товарищество Дружба, садоводческое товарищество Курортное, садоводческое товарищество Турксиб</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома и дачи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,00</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,00</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>88</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Каменское плато, микрорайон Актобе, микрорайон Асқартау, дачные массивы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома, многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,70</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дачи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,40</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>89</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Микрорайон Алатау</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома и дачи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,54</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,53</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
-[...138 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>90</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: южнее проспекта Райымбека, восточнее восточной объездной автомобильной дороги, западнее улицы Жиренше, севернее улицы Абу</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома и дачи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,69</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
-[...141 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сарсенбаева, улицы Шокая, улицы Балтабаевская, улицы Гали Орманова</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,69</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>91</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: западнее и восточнее восточной объездной кольцевой автомобильной дороги, восточнее реки Жарбулак, севернее улицы Толе би</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,69</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,69</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>92</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: южнее улицы Толе би, западнее реки Малая Алматинка, восточнее восточной объездной кольцевой автомобильной дороги (микрорайон Коктобе-2), проспекта Достық, улицы Горная</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома и дачи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,99</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,98</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>93</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: южнее проспекта Аль-Фараби, восточнее проспекта Достык, микрорайон Коктобе, дачные массивы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома и дачи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,95</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,91</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>94</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Микрорайоны Горный Гигант и Эдельвейс</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома и дачи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,05</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,05</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>95</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Урочище (микрорайон) Мұзтау</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома и дачи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,09</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,09</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>96</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Производственный кооператив Горный Гигант, дачные массивы (Кенсай)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,40</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дачи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,20</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...2 lines deleted...]
-            </w:r>
+              <w:t>VII. Наурызбайский район</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>97</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Микрорайоны Калкаман-1, Калкаман-2, восточнее улицы Байкена Ашимова, севернее улицы Федора Шаляпина, микрорайон Тулпар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,40</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,40</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>98</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Микрорайон Таусамалы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома и дачи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,65</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,65</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>99</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Микрорайон Рахат, дачные массивы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома и дачи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,05</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,00</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>100</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Микрорайон Каргалы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома и дачи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,85</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,85</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>101</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Микрорайон Карагайлы, южная граница района</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома и дачи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,45</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,45</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>102</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дачные массивы в микрорайоне Таужолы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома и дачи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,00</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,00</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>103</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Микрорайон Таужолы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,00</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,00</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>104</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Микрорайон Булакты, микрорайон Наурыз</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома и дачи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,00</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,00</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>105</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Микрорайон Акжар, дачные массивы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,34</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,33</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дачи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,20</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>106</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Микрорайон Шугыла</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,29</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,42</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>107</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Микрорайон Абай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома и дачи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>108</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: западнее улицы Алимова (микрорайон Калкаман-2), севернее улицы Айтматова (микрорайон Таусамалы), южнее улицы Белжайлау (микрорайон Акжар)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,35</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>109</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Садоводческое товарищество Химик, восточнее микрорайона Шугыла</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,35</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,35</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>110</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Микрорайон Курамыс</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,89</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,85</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>111</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Микрорайон Тастыбулак, дачные массивы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома и дачи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,35</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,30</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...2 lines deleted...]
-            </w:r>
+              <w:t>VIII. Турксибский район</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>112</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: севернее проспекта Турара Рыскулова, западнее улицы Изгутты Айтыкова, южнее улицы Кожедуба, улицы Григория Шемякина, восточнее проспекта Суюнбая</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,20</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,20</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 113</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...2 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: севернее улицы Кожедуба, западнее</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 улицы Григория Шемякина, восточнее проспекта Суюнбая, южнее улицы Богдана Хмельницкого</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...36 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жилые дома</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...33 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,20</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,20</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>114</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: севернее проспекта Турара Рыскулова, западнее проспекта Сакена Сейфуллина и улицы Акан Серы, восточнее улицы Жансугурова, южнее улицы Жубанова</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>115</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: севернее проспекта Турара Рыскулова, восточнее проспекта Сакена Сейфуллина и улицы Акан Серы, южнее улицы Майбороды (роща Баума)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>116</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: севернее улицы Магжана Жумабаева, восточнее улицы Жансугурова, западнее улицы Акан Серы, южнее улицы Михаила Шолохова</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>117</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: восточнее улицы Григория Шемякина, западнее реки Малая Алматинка, севернее проспекта Турара Рыскулова, южнее улицы Коминтерна, микрорайон Айша биби</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,21</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,21</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>118</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Микрорайон Кайрат, севернее проспекта Турара Рыскулова, западная граница района</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома и дачи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>119</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Микрорайон Жас Канат</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,29</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,27</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>120</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: севернее улицы Богдана Хмельницкого, восточнее Красногвардейский тракт, западнее улицы Беймбета Майлина, южнее улицы Ермухана Бекмаханова</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,00</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,00</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>121</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: западнее проспекта Суюнбая, севернее улицы Михаила Шолохова, улицы Зорге, улицы Полины Осипенко, южнее улицы Ивана Земнухова</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>122</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: севернее улицы Ивана Земнухова, западнее Красногвардейский тракт, западная граница района, северная граница района</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>123</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: восточнее улицы Беймбета Майлина, южнее микрорайона Маяк</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома и дачи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,00</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,00</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>124</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Микрорайон Нұршашқан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома и дачи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,00</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,00</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>125</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: западнее микрорайонов Алтай-1, Алтай-2, Жулдыз-1, Жулдыз-2, и Маяк, восточная граница района</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,00</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,00</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>126</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Микрорайоны Алтай-1, Алтай-2, микрорайоны Жулдыз-1, Жулдыз-2, восточнее улицы Розовая, северная граница района</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,00</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,00</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>127</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В границах: восточнее проспекта Суюнбая, западнее улицы Резвых</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>128</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Микрорайон Альмерек, восточнее Илийского тракта</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные жилые дома</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,00</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Многоквартирные жилые дома и гаражи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,00</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -33624,63 +43887,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -34002,35 +44287,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>