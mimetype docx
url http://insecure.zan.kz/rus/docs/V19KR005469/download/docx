--- v0 (2025-11-08)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0ba5358" w14:textId="0ba5358">
+    <w:p w14:paraId="d2f4981" w14:textId="d2f4981">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -504,1816 +504,1846 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к решению акима</w:t>
+              <w:t>к решению акима города Приозерск</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>города Приозерск</w:t>
+              <w:t>от 6 сентября 2019 года № 3 "Об образовании избирательных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от 6 сентября 2019 года № 3</w:t>
+              <w:t>участков в городе Приозерск"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательные участки по города Приозерск</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение – в редакции решения акима города Приозерск Карагандинской области от 14.07.2025 </w:t>
+      Сноска. Приложение – в редакции решения акима города Приозерск Карагандинской области от 19.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 2</w:t>
+        <w:t>№ 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательный участок № 226</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z17" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Центр избирательного участка: Карагандинская область, город Приозерск, улица Транспортная, 19, Коммунальное государственное предприятие "Центральная больница города Приозерск".</w:t>
+      Центр избирательного участка: Карагандинская область, город Приозерск, улица Транспортная, 19, Коммунальное государственное предприятие "Центральная больница города Приозерск" , тел/факс: 5-31-83.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z18" w:id="8"/>
+    <w:bookmarkStart w:name="z16" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В границах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z19" w:id="9"/>
-[...15 lines deleted...]
-      улица Алаш, дома: 4, 6, 12, 14, 18, 19 А, 20, 22, 23, 23/3, 24, 25, 26, 27, 28, 29, 30, 31, 33, 34, 37, 39, 41, 43, 45, 47, 49, 51, 59, 61, 63.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Алаш, дома: 1Д, 4, 6, 10, 12, 14, 18, 19 А, 20, 22, 23, 23/2, 23/3, 24, 24 корпус 2/1, 25, 26, 27, 28, 29, 30, 31, 33, 34, 37, 39, 41, 43, 45, 47, 49, 51, 59, 61, 63. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z18" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Бастау, дома: 1, 3, 5, 7, 7/2, 9, 11.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z20" w:id="10"/>
-[...15 lines deleted...]
-      улица Бастау, дома: 1, 7, 7/2, 11.</w:t>
+    <w:bookmarkStart w:name="z19" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Сарыарқа, дома: 1, 12, 21.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z21" w:id="11"/>
-[...15 lines deleted...]
-      улица Сарыарқа, дома: 1, 12, 21.</w:t>
+    <w:bookmarkStart w:name="z20" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Наурыз, дома: 1, 1/2, 1Б, 2, 3, 4, 6, 8, 9, 10, 12, 14, 16, 18.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z22" w:id="12"/>
-[...15 lines deleted...]
-      улица Наурыз, дома: 1, ½, 2, 3, 4, 8, 9, 10, 12, 14, 18.</w:t>
+    <w:bookmarkStart w:name="z21" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Көкжиек, дома: 1, 2, 4, 6, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 24, 27.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z23" w:id="13"/>
-[...15 lines deleted...]
-      улица Көкжиек, дома: 1, 2, 4, 6, 8, 9, 10, 11, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 27.</w:t>
+    <w:bookmarkStart w:name="z22" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Тұмар, дома: 5, 7, 8, 9, 10, 11, 12, 14.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z24" w:id="14"/>
-[...15 lines deleted...]
-      улица Тұмар, дома: 5, 7, 9, 11, 12, 14.</w:t>
+    <w:bookmarkStart w:name="z23" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Қоржынтүбек, дома: 1, 1А, 2, 2А, 3, 4, 5, 6, 7, 8, 10, 11, 12, 13, 15, 16, 17, 18, 22. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z25" w:id="15"/>
-[...15 lines deleted...]
-      улица Қоржынтүбек, дома: 1А, 2, 2А, 3, 4, 5, 6, 7, 8, 10, 11, 12, 13, 15, 16, 18.</w:t>
+    <w:bookmarkStart w:name="z24" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Ынтымақ, дома: 1, 2, 4, 5, 10, 15, 15А, 16, 17, 18, 20, 22, 24, 26, 29А.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z26" w:id="16"/>
-[...15 lines deleted...]
-      улица Ынтымақ, дома: 1, 2, 4, 5, 10, 15, 17, 18, 20, 22, 24, 26, 29А.</w:t>
+    <w:bookmarkStart w:name="z25" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Ақмамық, дома: 2Б, 6, 8, 9, 10, 11, 12, 13.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z27" w:id="17"/>
-[...15 lines deleted...]
-      улица Ақмамық, дома: 6, 8, 9, 10, 11, 12, 13.</w:t>
+    <w:bookmarkStart w:name="z26" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Шұғыла, дом 17.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z28" w:id="18"/>
-[...15 lines deleted...]
-      улица Шұғыла, дом 17.</w:t>
+    <w:bookmarkStart w:name="z27" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Көктеңіз, дома: 9, 12, 15, 17, 18, 25А, 25Б, 27, 27А, 27Б, 27Г.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z29" w:id="19"/>
-[...15 lines deleted...]
-      улица Көктеңіз, дома: 9, 12.</w:t>
+    <w:bookmarkStart w:name="z28" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Бірлік, дома: 24, 26.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z30" w:id="20"/>
-[...15 lines deleted...]
-      улица Бірлік, дома: 24, 26.</w:t>
+    <w:bookmarkStart w:name="z29" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Транспортная, дома: 1, 1/3, 4, 6, 7, 8, 10, 11, 12, 13, 14, 16, 17, 18, 20/2, 46.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z31" w:id="21"/>
-[...15 lines deleted...]
-      улица Транспортная, дома:1, 1/3, 3, 4, 6, 8, 11, 12, 13, 14, 16, 17, 18, 20/2.</w:t>
+    <w:bookmarkStart w:name="z30" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Тәуелсіздік, дома: 1, 2, 2/1, 3, 4, 6, 8, 9, 10, 11, 12, 13, 14, 17, 27, 35, 42, 44, 56, 57.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z32" w:id="22"/>
-[...15 lines deleted...]
-      улица Тәуелсіздік, дома: 2/1, 3, 4, 5, 6, 8, 9, 10, 11, 12, 13, 14, 17, 27.</w:t>
+    <w:bookmarkStart w:name="z31" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Таңшолпан, дом 2, 3.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z33" w:id="23"/>
-[...15 lines deleted...]
-      улица Таңшолпан, дом 2.</w:t>
+    <w:bookmarkStart w:name="z32" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 227</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z34" w:id="24"/>
+    <w:bookmarkStart w:name="z33" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр избирательного участка: Карагандинская область, город Приозерск, улица Достық, 27/2, Коммунальное государственное учреждение "Спортивный клуб города Приозерск" государственного учреждения "Отдел культуры, развития языков, физической культуры и спорта города Приозерск", тел/факс: 5-40-93.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z34" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z35" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Наурыз, дома: 2А, 3/2.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z36" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Достық, дом 23, 29, 31.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z37" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Общежитие "Малахит" </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z38" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Гранитный проезд, дом 4.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z39" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бульвар Жеңіс, дом 9, 38А.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z40" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в/ч 06708 МО РК.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z41" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 227</w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z36" w:id="26"/>
+        <w:t xml:space="preserve"> Избирательный участок № 228</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z42" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр избирательного участка: Карагандинская область, город Приозерск, улица Достық, 27/2, Коммунальное государственное учреждение "Спортивный клуб города Приозерск" государственного учреждения "Отдел культуры, развития языков, физической культуры и спорта города Приозерск", тел/факс: 5-40-95</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z43" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В границах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-[...120 lines deleted...]
-    <w:bookmarkStart w:name="z43" w:id="33"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z44" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Бауыржан Момышұлы, дома: 2, 3, 5, 5/2, 14/1, 12/1.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z45" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Достық, дома: 21, 22, 25.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z46" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 228</w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z45" w:id="35"/>
+        <w:t xml:space="preserve"> Избирательный участок № 229</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z47" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр избирательного участка: Карагандинская область, город Приозерск, улица Достық, 27/2, Коммунальное государственное учреждение "Спортивный клуб города Приозерск" государственного учреждения "Отдел культуры, развития языков, физической культуры и спорта города Приозерск".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z48" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В границах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z48" w:id="38"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z49" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бульвар Жеңіс, дома: 2, 8, 14, 20, 22/1, 22А, 28, 30, 32/2, 34, 36.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z50" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Бауыржан Момышұлы, дом 12/2.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z51" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 229</w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z50" w:id="40"/>
+        <w:t xml:space="preserve"> Избирательный участок № 230</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z52" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр избирательного участка: Карагандинская область, город Приозерск, улица Достық, 20, Коммунальное государственное учреждение "Общеобразовательная школа № 2 отдела образования города Приозерск управления образования Карагандинской области", тел/факс: 5-27-15.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z53" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В границах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z53" w:id="43"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z54" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Абай, дома: 10, 12, 14, 15/1, 17/3, 18/2, 18/3 19/3, 22, 22/2, 23, 23/2, 23/3, 25/2.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z55" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Ағыбай Батыра, дома: 5, 6/1.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z56" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Достық, дома: 16, 16/2, 16/3, 18/2, 22/2 24, 26.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z57" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 230</w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z55" w:id="45"/>
+        <w:t xml:space="preserve"> Избирательный участок № 231</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z58" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр избирательного участка: Карагандинская область, город Приозерск, улица Достық, 20 Коммунальное государственное учреждение "Общеобразовательная школа № 2 отдела образования города Приозерск управления образования Карагандинской области", тел/факс: 5-30-79.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z59" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В границах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-[...60 lines deleted...]
-    <w:bookmarkStart w:name="z59" w:id="49"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z60" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Достық, дома: 7, 11.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z61" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Пушкина, дома: 5, 6, 6/3, 9/3, 10/1, 12/3, 13/2, 3, 13.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z62" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Рақымжана Қошқарбаева, дома: 7, 7/1, 7/2, 8/1, 9;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z63" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Ағыбай Батыра, дома: 17, 17/1, 21/2.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z64" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 231</w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z61" w:id="51"/>
+        <w:t xml:space="preserve"> Избирательный участок № 232</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z65" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр избирательного участка: Карагандинская область, город Приозерск, улица Космонавтов, 2 Коммунальное государственное казенное предприятие "Центр детско-юношеского творчества "Достық" отдела образования города Приозерск управления образования Карагандинской области", тел/факс: 5-30-69.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z66" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В границах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-[...80 lines deleted...]
-    <w:bookmarkStart w:name="z66" w:id="56"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z67" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Абай, дома: 2, 2Б, 3, 4, 6, 7, 8, 9, 11.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z68" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Ағыбай Батыр, дома: 1/3, 2, 3, 4, 6, 8.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z69" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Космонавтов, дома: 1, 1/2.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z70" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Балқаш, дома: 2, 2/2.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z71" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Бәйтерек, дома: 1, 1А, 2, 4, 4А, 4 Б, 4/2, 6, 8, 8А, 8/2, 10, 55, 58, 59.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z72" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 232</w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z68" w:id="58"/>
+        <w:t xml:space="preserve"> Избирательный участок № 233</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z73" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр избирательного участка: Карагандинская область, город Приозерск, улица Кисунько, 11А, Коммунальное государственное учреждение "Общеобразовательная школа № 1 отдела образования города Приозерск управления образования Карагандинской области", тел/факс: 5-38-18.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z74" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В границах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-[...100 lines deleted...]
-    <w:bookmarkStart w:name="z74" w:id="64"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z75" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Кисунько, дома: 1, 1А, 1Б, 7, 7А.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z76" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Дорохова, дома: 4/2, СТ-Е-5.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z77" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Достық, дом: 1А.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z78" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Балқаш, дома: 7, 7/2, 12</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z79" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Гвардейская, дома: 10, 12, 14, 14/1, 14/2, 14/3. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z80" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Микрорайон – 2, 5.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z81" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дачный, дом 126.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z82" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Панфилова, дом 33.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z83" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 233</w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z76" w:id="66"/>
+        <w:t xml:space="preserve"> Избирательный участок № 234</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z84" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр избирательного участка: Карагандинская область, город Приозерск, улица Космонавтов, 2, Коммунальное государственное казенное предприятие "Центр детско-юношеского творчества "Достық" отдела образования города Приозерск управления образования Карагандинской области" , тел/факс: 5-31-56.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z85" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В границах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-[...160 lines deleted...]
-    <w:bookmarkStart w:name="z85" w:id="75"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z86" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Космонавтов, дома: 3, 3/2, 5, 7/2, 9/1, 9/2, 11.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z87" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 234</w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z87" w:id="77"/>
+        <w:t xml:space="preserve"> Избирательный участок № 235</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z88" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр избирательного участка: Карагандинская область, город Приозерск, улица Кисунько, 11А, Коммунальное государственное учреждение "Общеобразовательная школа № 1 отдела образования города Приозерск управления образования Карагандинской области", тел/факс: 5-35-69.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z89" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В границах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z89" w:id="79"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z90" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Кисунько, дома: 2/2, 4/1, 4/2, 13/3, 15/1, 15/2, 15/3.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z91" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Панфилова, дома: 2, 6, 7/1, 8, 9, 10, 13, 15, 18, 19, 20, 22, 23, 24, 27, 29, 30, 31, 32/1, 34.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z92" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Гвардейская, дома: 2, 4, 4/1, 4/2, 4/3, 6, 6/1, 6/2, 6/3, 8, 8/1, 8/2, 8/3, 8/4.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z93" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 235</w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z91" w:id="81"/>
+        <w:t xml:space="preserve"> Избирательный участок № 236</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z94" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр избирательного участка: Карагандинская область, город Приозерск, улица Кисунько, 11А, Коммунальное государственное учреждение "Общеобразовательная школа № 1 отдела образования города Приозерск управления образования Карагандинской области", тел/факс: 5-42-26.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z95" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В границах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-[...60 lines deleted...]
-    <w:bookmarkStart w:name="z95" w:id="85"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z96" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Дружба Народов, дома: 2, 4/1, 4/2, 4/3, 15, 19А, 19В.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z97" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Кисунько, дома: 13/1, 13/2.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z98" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Балқаш, дома: 8,10.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...106 lines deleted...]
-    <w:bookmarkEnd w:id="90"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -2326,55 +2356,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>