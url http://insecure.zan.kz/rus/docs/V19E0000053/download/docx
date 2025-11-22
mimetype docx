--- v0 (2025-10-07)
+++ v1 (2025-11-22)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7fc579b" w14:textId="7fc579b">
+    <w:p w14:paraId="c1ca960" w14:textId="c1ca960">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,262 +76,422 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об утверждении правил погребения и организации дела по уходу за могилами по городу Шымкент</w:t>
+        <w:t>Об утверждении Правил погребения и организации дела по уходу за могилами в городе Шымкент</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение Шымкентского городского маслихата от 27 июня 2019 года № 51/430-6с. Зарегистрировано Департаментом юстиции города Шымкент 19 июля 2019 года № 53</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
-[...5 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В соответствии с пунктом 2-8 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Закона Республики Казахстан от 23 января 2001 года "О местном государственном управлении и самоуправлении в Республике Казахстан" маслихат города Шымкент РЕШИЛ:</w:t>
+      Сноска. Заголовок решения - в редакции решения маслихата города Шымкент от 17.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 29/266-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В соответствии с пунктом 2-8 статьи 6 и подпунктом 1-16) пункта 1 статьи 27 Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан", маслихат города Шымкент </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>РЕШИЛ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции решения маслихата города Шымкент от 17.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 29/266-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Утвердить правила погребения и организации дела по уходу за могилами по городу Шымкент согласно </w:t>
+      1. Утвердить Правила погребения и организации дела по уходу за могилами в городе Шымкент согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему решению.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения маслихата города Шымкент от 17.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 29/266-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Государственному учреждению "Аппарат маслихата города Шымкент" в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) государственную регистрацию настоящего решения в Департаменте юстиции города Шымкент;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в течение десяти календарных дней со дня государственной регистрации настоящего решения маслихата направление его копии в бумажном и электронном виде на казахском и русском языках в Шымкентский региональный центр правовой информации-филиал республиканского государственного предприятия на праве хозяйственного ведения "Республиканский центр правовой информации" Министерства юстиции Республики Казахстан для официального опубликования и включения в эталонный контрольный банк нормативных правовых актов Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в течение десяти календарных дней со дня государственной регистрации настоящего решения направление его копии на официальное опубликование в периодические печатные издания, распространяемых на территории города Шымкент;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) размещение настоящего решения на интернет-ресурсе маслихата города Шымкент после его официального опубликования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Настоящее решение вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:p>
-[...90 lines deleted...]
-    <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="3960"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -748,168 +908,170 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>маслихата города Шымкент</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 27 июня 2019 года № 51/430-6с</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z7" w:id="4"/>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Правила погребения и организации дела по уходу за могилами в городе Шымкент</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение - в редакции решения маслихата города Шымкент от 17.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 29/266-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z10" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:p>
-[...10 lines deleted...]
-          <w:color w:val="ff0000"/>
+    <w:bookmarkStart w:name="z11" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение - в редакции решения маслихата города Шымкент от 29.09.2022 </w:t>
-[...74 lines deleted...]
-        <w:t xml:space="preserve">) разработаны в соответствии с </w:t>
+      1. Настоящие Правила погребения и организации дела по уходу за могилами в городе Шымкент (далее – Правила) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пунктом 2-8 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 6 и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 1-16)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 статьи 27 Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан" и определяют порядок погребения и организации дела по уходу за могилами в городе Шымкент.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
@@ -947,51 +1109,89 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Санитарно-эпидемиологические требования к кладбищам и объектам похоронного назначения", утвержденными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 19 августа 2021 года № ҚР ДСМ-81 "Об утверждении Санитарных правил "Санитарно-эпидемиологические требования к кладбищам и объектам похоронного назначения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 24066).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z9" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Определение принципов проектирования и рекомендации к содержанию кладбищ, к порядку организации похоронного дела, похоронного обряда (обряда захоронения останков или праха человека), а также содержания мест захоронения и работы специализированных служб по вопросам похоронного дела в Республике Казахстан определяются "Сводом </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>правил</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "Проектирование и содержание кладбищ" (СП РК 3.02-141-2014).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. В настоящих </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1002,51 +1202,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> используются следующие основные понятия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) отдел регистрации актов гражданского состояния (далее – регистрирующий орган) – государственное учреждение "Управление занятости и социальной защиты города Шымкент";</w:t>
+      1) отдел регистрации актов гражданского состояния (далее – регистрирующий орган) – Государственная корпорация "Правительство для граждан", осуществляющая государственную регистрацию актов гражданского состояния и другие виды государственных услуг, связанных с государственной регистрацией актов гражданского состояния;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) погребение (похороны) – обрядовые действия по захоронению тела (останков) умершего в землю (могилу, склеп) или преданию огню (кремации) с захоронением урны с прахом (пеплом) в могилу, склеп в соответствии с волеизъявлением покойного, вероисповеданием, обычаями и традициями, не противоречащими санитарным, природоохранным, градостроительным и иным правилам и нормам;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1074,244 +1274,280 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) кладбище – территория, специально выделенная для захоронения умерших или их останков;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) администрация кладбища – физическое или юридическое лицо, осуществляющее организационно-распорядительные и административно-хозяйственные функции по содержанию и эксплуатации кладбища.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z10" w:id="7"/>
+      5) администрация кладбища – коммунальное государственное учреждение, созданное акиматом города Шымкент, находящееся в ведении аппарата акима района в городе Шымкент, осуществляющее организационно-распорядительные и административно-хозяйственные функции по содержанию и эксплуатации кладбища.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок погребения и организации дела по уходу за могилами</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z11" w:id="8"/>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Местным исполнительным органом города Шымкент (далее – акимат города Шымкент) из земель общего пользования выделяются земли под кладбища. Из земель, занятых и предназначенных под кладбища, на каждого умершего жителя города Шымкент или лица без определенного места жительства, умершего на территории города Шымкент, для захоронения бесплатно выделяется земельный участок не менее шести квадратных метров.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Территория кладбища состоит из участков, которые разделяются на ряды могил и обустраиваются проездами для автомобильного транспорта и проходами к участкам могил.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Акимат города Шымкент:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует свод данных (сведений) учета и регистрацию земельных участков, предназначенных под кладбища;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. Акиматом района в городе Шымкент (далее – акимат района) из земель общего пользования, занятых и предназначенных под кладбища, на каждого умершего жителя поселения или лица без определенного места жительства, умершего в данном поселении, для захоронения бесплатно выделяется земельный участок не менее шести квадратных метров. </w:t>
-[...75 lines deleted...]
-    <w:bookmarkStart w:name="z12" w:id="9"/>
+      размещает актуальную информацию по занятым и свободным участкам кладбища на официальном интернет-ресурсе местного исполнительного органа и в публичной кадастровой карте, утвержденной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполняющего обязанности Министра цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан от 12 июля 2023 года № 252/НҚ "Об утверждении правил ведения публичной кадастровой карты" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 33106).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Контроль за проведением работ по погребению, содержанию и обслуживанию кладбищ осуществляет аппарат акима района в городе Шымкент, на территории которого расположено кладбище.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ведение учета и регистрация земельных участков, предназначенных под могилы, осуществляется администрацией кладбища на основании журналов учета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4. Захоронение производится на территории кладбища после предъявления администрации кладбища свидетельства о смерти, выданного регистрирующим органом, осуществляющим регистрацию смерти и (или) медицинского свидетельства о смерти по </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> № 045/у, утвержденной </w:t>
+      4. Захоронение производится на территории кладбища после предъявления администрации кладбища свидетельства о смерти, выданного регистрирующим органом, осуществляющим регистрацию смерти и (или) медицинского свидетельства о смерти по форме № 045/у, утвержденной </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения, а также инструкций по их заполнению" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579) либо уведомления о смерти, полученного посредством веб-портала "электронного правительства".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z13" w:id="10"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Захоронение регистрируется в журнале учета, который ведется администрацией кладбища.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z14" w:id="11"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Журнал учета содержит следующие сведения:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -1413,111 +1649,111 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       номер, дата и кем выдано свидетельство или уведомление о смерти, полученное посредством веб-портала "электронного правительства";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       фамилия, имя, отчество (при его наличии), индивидуальный идентификационный номер (при его наличии), дата выдачи и номер документа, удостоверяющего личность, адрес близких родственников покойного, в случае отсутствия родственников адрес лица, производящего захоронение либо наименование, бизнес-идентификационный номер, адрес организации, производящей захоронение.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="12"/>
-[...15 lines deleted...]
-      7. По письменному заявлению близких родственников, а также супруга (супруги) в аппарат акима района при предоставлении документов, подтверждающих близкое родство с (ранее) умершим, погребение умершего или его останков рядом с ранее умершим близким родственником обеспечивается при наличии на указанном месте погребения свободного участка земли или могилы ранее умершего близкого родственника.</w:t>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. По письменному заявлению близких родственников, а также супруга (супруги) в аппарат акима района в городе Шымкент, на территории которого расположено кладбище, при предоставлении документов, подтверждающих близкое родство с (ранее) умершим, погребение умершего или его останков рядом с ранее умершим близким родственником обеспечивается при наличии на указанном месте погребения свободного участка земли или могилы ранее умершего близкого родственника.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z16" w:id="13"/>
-[...15 lines deleted...]
-      8. Захоронение найденных тел умерших или их останков, утопленников, скоропостижно умерших вне дома, находящихся в морге после судебно-медицинского исследования, при отсутствии родственников или лиц и учреждений, которые могут взять на себя организацию похорон, возлагается на акимат района, на территории которого найдено тело или его останки, после регистрации факта смерти.</w:t>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Захоронение найденных тел умерших или их останков, утопленников, скоропостижно умерших вне дома, находящихся в морге после судебно-медицинского исследования, при отсутствии родственников или лиц и учреждений, которые могут взять на себя организацию похорон, возлагается на администрацию кладбища, находящуюся в ведении аппарата акима района в городе Шымкент, на территории которого найдено тело или его останки, после регистрации факта смерти.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z17" w:id="14"/>
-[...15 lines deleted...]
-      9. Захоронение безродных производится за счет бюджетных средств.</w:t>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Захоронение безродных производится за счҰт бюджетных средств.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z18" w:id="15"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Перезахоронение останков на действующих и закрытых кладбищах не допускается, кроме случаев:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -1526,54 +1762,72 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       преждевременной ликвидации кладбища или его участка;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      при перевозке останков из отдельных могил для перезахоронения по Республике Казахстан или за ее пределами.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z19" w:id="16"/>
+      при транспортировке останков из отдельных могил для перезахоронения по Республике Казахстан или за ее пределами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Перезахоронение останков допускается только при отсутствии особо опасных инфекционных заболеваний (сибирская язва, конго-крымская геморрагическая лихорадка) у умерших людей в течение двух первых недель с момента погребения, в последующем не ранее трех лет, в песчаных грунтах не ранее одного года по согласованию с государственным органом в сфере санитарно-эпидемиологического благополучия населения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Проектирование и устройство могил:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -1621,51 +1875,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       для умерших от особо опасных инфекций глубина могилы устанавливается на уровне 2-х метров, при этом на дно размещается хлорная известь слоем не менее 10 сантиметров;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       каждая могила имеет насыпь высотой 0,5 метра (далее – надмогильный холмик) от поверхности земли. Надмогильный холмик выступает за края могилы для защиты ее от атмосферных вод.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="17"/>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Благоустройство мест захоронения и их содержание:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -1728,111 +1982,91 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дальнейшее содержание могил в надлежащем порядке обеспечивается близкими родственниками.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Не допускается размещение памятников и сооружений, устройство столиков, скамеек и сооружений за пределами участка захоронения.</w:t>
-[...36 lines deleted...]
-      13. Заключение договора на содержание и обслуживание кладбищ между акиматом города Шымкент и администрацией кладбища осуществляется своевременно по итогам конкурса, проводимого в соответствии с законодательством о государственных закупках.</w:t>
+      Не допускается размещение памятников и сооружений, столиков, скамеек и сооружений за пределами участка захоронения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Территория кладбища (проезды, дорожки, клумбы, газоны, канализационная, электрическая и водопроводная сеть и сооружения) содержится администрацией кладбища, находящейся в ведении аппарата акима района в городе Шымкент, на территории которого расположено кладбище, в надлежащем порядке в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Администрация кладбища обеспечивает:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z22" w:id="19"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) предоставление гражданам полной информации о порядке оказания ритуальных услуг, в том числе с размещением информации на стендах на территории кладбища;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1876,69 +2110,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) содержание в исправном состоянии зданий, инженерного оборудования, территории кладбища, ограждения, освещения;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) контроль за организацией работ по содержанию кладбищ, включая систематическую уборку дорожек общего пользования и участков хозяйственного назначения, обслуживание сетей водоснабжения, уход за зеленными насаждениями на всей территории кладбища, текущий ремонт дорог и своевременный вывоз мусора;</w:t>
-[...17 lines deleted...]
-      6) предоставления гражданам напрокат инвентаря для ухода за местом захоронения;</w:t>
+      5) проведение работ по содержанию кладбищ, включая систематическую уборку дорожек общего пользования и участков хозяйственного назначения, обслуживание сетей водоснабжения, уход за зеленными насаждениями на всей территории кладбища, текущий ремонт дорог и своевременный вывоз мусора;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) предоставление гражданам напрокат инвентаря для ухода за местом захоронения;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) предоставление равного доступа всем субъектам ритуальных услуг.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>