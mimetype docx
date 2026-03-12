--- v0 (2025-11-13)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="40d8965" w14:textId="40d8965">
+    <w:p w14:paraId="4bf3249" w14:textId="4bf3249">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -789,68 +789,50 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      "__" августа 2019 года</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -947,61 +929,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Границы избирательных участков на территории города Актобе</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение – в редакции решения акима города Актобе Актюбинской области от 13.08.2024 </w:t>
+      Сноска. Приложение – в редакции решения акима города Актобе Актюбинской области от 22.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 6</w:t>
+        <w:t>№ 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -1055,51 +1037,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица имени Шакена Айманова, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 7А, № 8, № 9, № 9А, № 10, № 11, № 11А, № 12, № 13, № 14, № 14А, № 15, № 15А, № 16, № 16А, № 17, № 18, № 18А, № 19, № 20, № 21, № 22, № 22А, № 23, № 23А, № 24, № 25, № 26, № 27, № 28, № 29, № 29А, № 30, № 31, № 32, № 33, № 33А, № 34, № 35, № 35А, № 36, № 36А, № 37, № 37А, № 38, № 39, № 39А, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 50А, № 51, № 52, № 53, № 54, № 55, № 56, № 57, № 58, № 59, № 59А, № 60, № 61, № 62, № 63, № 64, № 65, № 66, № 66/1, № 66/2, № 67, № 68, № 68/1, № 68/3, № 69, № 69А, № 70, № 71, № 72, № 73, № 74, № 75, № 76, № 77, № 78, № 79, № 80, № 81, № 82, № 82/2, № 83, № 84, № 85, № 86, № 87, № 88, № 88/1, № 89, № 90, № 91, № 91А, № 92, № 93, № 93А, № 95, № 97, № 99, № 99А, № 101;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Нахимова, № 2, № 2А, № 4, № 5, № 5А, № 6, № 6А, № 6Б, № 7, № 8, № 8А, № 8Б, № 8В, № 9, № 10, № 11, № 11А, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 20А, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 30А, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 43А, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 50А, № 51, № 52, № 53, № 54, № 55, № 55А, № 55/1, № 56, № 56А, № 57, № 58, № 59, № 59А, № 60, № 60А, № 61, № 62, № 63, № 64, № 65, № 66, № 67, № 68, № 69, № 70, № 71, № 71А, № 71Б, № 72, № 73, № 73А, № 74, № 75, № 75А, № 76, № 78, № 80, № 82, № 84, № 86, № 88;</w:t>
+      улица Тоқтамыс хан, № 2, № 2А, № 4, № 5, № 5А, № 6, № 6А, № 6Б, № 7, № 8, № 8А, № 8Б, № 8В, № 9, № 10, № 11, № 11А, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 20А, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 30А, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 43А, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 50А, № 51, № 52, № 53, № 54, № 55, № 55А, № 55/1, № 56, № 56А, № 57, № 58, № 59, № 59А, № 60, № 60А, № 61, № 62, № 63, № 64, № 65, № 66, № 67, № 68, № 69, № 70, № 71, № 71А, № 71Б, № 72, № 73, № 73А, № 74, № 75, № 75А, № 76, № 78, № 80, № 82, № 84, № 86, № 88;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Ак желкен, № 3, № 4, № 5, № 5А, № 6, № 7, № 9, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 17А, № 18, № 20, № 22, № 24;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1127,105 +1109,105 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Джангильдина Алиби, № 137, № 139, № 141, № 143, № 145, № 147, № 148, № 149, № 150, № 150А, № 151, № 152, № 152А, № 153, № 154, № 155, № 156, № 157, № 157А, № 158, № 160, № 161, № 162, № 163, № 164, № 165, № 167, № 167, корпус 1, № 168, № 168А, № 170;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица имени А.Акимжанова, № 113, № 114, № 115, № 116, № 117, № 118, № 119, № 121, № 124, № 125, № 126, № 132, № 134, № 136;</w:t>
-[...17 lines deleted...]
-      улица имени А.Смагулова, № 94, № 96, № 98, № 100;</w:t>
+      улица имени А. Акимжанова, № 113, № 114, № 115, № 116, № 117, № 118, № 119, № 121, № 124, № 125, № 126, № 132, № 134, № 136;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени А. Смагулова, № 94, № 96, № 98, № 100;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Нурпеиса Байганина, № 143, № 145, № 147, № 147А, № 149, № 150, № 151, № 152, № 153, № 154, № 155, № 156, № 157, № 159;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Т.К.Жургенова, № 157, № 159, № 161, № 163, № 167, № 169, № 169А, № 171, № 173, № 173А, № 175, № 175А, № 175Б;</w:t>
+      улица Т. К. Жургенова, № 157, № 159, № 161, № 163, № 167, № 169, № 169А, № 171, № 173, № 173А, № 175, № 175А, № 175Б;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       прилегающие садоводческие коллективы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -1251,69 +1233,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Местонахождение избирательного участка: город Актобе, район Алматы, улица имени Шакена Айманова, № 8, здание коммунального государственного учреждения "Средняя школа № 14 имени Хиуаз Доспановой" государственного учреждения "Отдел образования города Актобе".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: улица Т.К.Жургенова, № 140, № 142, № 144, № 146, № 146А, № 148, № 150, № 154, № 156, № 158, № 160, № 162, № 162А, № 164, № 172, № 174, № 174Б, № 176, № 176А, № 178, № 178А, № 178Б, № 178В, № 178Г, № 180;</w:t>
-[...17 lines deleted...]
-      улица М.Т.Ряхова, № 4, № 6, № 8, № 10, № 12, № 14, № 16, № 18, № 18А, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 34А, № 35, № 36, № 37, № 38, № 39, № 40, № 40А, № 42, № 42А, № 43, № 44, № 44А, № 44Б, № 45, № 46, № 47, № 47А, № 48, № 48А, № 48Б, № 49, № 49А, № 49Б, № 50, № 51, № 52, № 53, № 53А, № 54, № 55, № 56, № 61, № 61А, № 63, № 65, № 65А, № 67, № 67А, № 69, № 69А, № 69Б, № 69/1, № 71, № 71А, № 73, № 75;</w:t>
+      Границы избирательного участка: улица Т. К. Жургенова, № 140, № 142, № 144, № 146, № 146А, № 148, № 150, № 154, № 156, № 158, № 160, № 162, № 162А, № 164, № 172, № 174, № 174Б, № 176, № 176А, № 178, № 178А, № 178Б, № 178В, № 178Г, № 180;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица М. Т. Ряхова, № 4, № 6, № 8, № 10, № 12, № 14, № 16, № 18, № 18А, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 34А, № 35, № 36, № 37, № 38, № 39, № 40, № 40А, № 42, № 42А, № 43, № 44, № 44А, № 44Б, № 45, № 46, № 47, № 47А, № 48, № 48А, № 48Б, № 49, № 49А, № 49Б, № 50, № 51, № 52, № 53, № 53А, № 54, № 55, № 56, № 61, № 61А, № 63, № 65, № 65А, № 67, № 67А, № 69, № 69А, № 69Б, № 69/1, № 71, № 71А, № 73, № 75;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица имени Керей хана, № 20, № 22, № 24, № 26, № 28, № 30, № 32, № 34, № 34А, № 34Б, № 36, № 38, № 42, № 44, № 46, № 46А, № 48, № 48А, № 50, № 50А, № 52, № 52А, № 54, № 56, № 58, № 60, № 62, № 64, № 66, № 68, № 68А, № 70, № 70А, № 70Б, № 72, № 72А, № 74, № 76, № 76А, № 78, № 80;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1501,141 +1483,141 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательный участок № 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: город Актобе, район Алматы, улица имени А.Смагулова, № 1, здание частного учреждения "Актюбинский технико-технологический колледж".</w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, улица имени А. Смагулова, № 1, здание частного учреждения "Актюбинский технико-технологический колледж".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: улица Бурабай, № 31, № 33, № 35, № 37, № 39, № 39А, № 39Б, № 41, № 41А, № 43, № 45, № 47, № 49, № 49А, № 49Б, № 51, № 53, № 55, № 57, № 59, № 61, № 63, № 65, № 67, № 67А, № 69, № 71, № 73, № 75, № 77, № 79, № 81, № 83, № 85, № 87, № 89, № 89А, № 89Б, № 91, № 91А, № 93, № 95, № 97, № 99, № 101, № 103, № 105, № 107, № 109, № 111, № 113, № 115;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица М.Т.Ряхова, № 58, № 60, № 62, № 62А, № 64, № 66, № 68, № 70, № 72, № 74, № 76, № 77, № 78, № 79, № 79А, № 80, № 81, № 81А, № 82, № 83, № 84, № 85, № 86, № 87, № 88, № 89, № 90, № 91, № 92, № 92А, № 93, № 94, № 94А, № 95, № 96, № 96А, № 97, № 98, № 98А, № 99, № 100, № 100А, № 101, № 101А, № 102, № 103, № 103А, № 104, № 105, № 106, № 107, № 108, № 108А, № 109, № 109А, № 109Б, № 110, № 111, № 111А, № 112, № 112А, № 113, № 114, № 115, № 116, № 116А, № 118, № 118А, № 119, № 119А, № 120, № 121, № 122, № 122А, № 122Б, № 123, № 124, № 125, № 125А, № 126, № 126А, № 127, № 128, № 129, № 129А, № 129Б, № 130, № 131, № 131А, № 132, № 133, № 134, № 136, № 137, № 138, № 138А, № 139, № 140, № 141, № 142, № 143, № 143А, № 144, № 145, № 146, № 147, № 148, № 149, № 151, № 153, № 155;</w:t>
+      улица М. Т. Ряхова, № 58, № 60, № 62, № 62А, № 64, № 66, № 68, № 70, № 72, № 74, № 76, № 77, № 78, № 79, № 79А, № 80, № 81, № 81А, № 82, № 83, № 84, № 85, № 86, № 87, № 88, № 89, № 90, № 91, № 92, № 92А, № 93, № 94, № 94А, № 95, № 96, № 96А, № 97, № 98, № 98А, № 99, № 100, № 100А, № 101, № 101А, № 102, № 103, № 103А, № 104, № 105, № 106, № 107, № 108, № 108А, № 109, № 109А, № 109Б, № 110, № 111, № 111А, № 112, № 112А, № 113, № 114, № 115, № 116, № 116А, № 118, № 118А, № 119, № 119А, № 120, № 121, № 122, № 122А, № 122Б, № 123, № 124, № 125, № 125А, № 126, № 126А, № 127, № 128, № 129, № 129А, № 129Б, № 130, № 131, № 131А, № 132, № 133, № 134, № 136, № 137, № 138, № 138А, № 139, № 140, № 141, № 142, № 143, № 143А, № 144, № 145, № 146, № 147, № 148, № 149, № 151, № 153, № 155;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Нурпеиса Байганина, № 85, № 87, № 89, № 89А, № 91, № 91А, № 93, № 93Б, № 95, № 95А, № 97, № 97А, № 97Б, № 99, № 99А, № 101, № 101А, № 103, № 105, № 107, № 109, № 109А, № 111, № 111А, № 111Б, № 111В, № 113, № 113А, № 115, № 117, № 119, № 121, № 123, № 123А, № 124, № 125, № 126, № 127, № 128, № 129, № 130, № 131, № 132, № 133, № 134, № 135, № 136, № 137, № 138, № 139, № 139А, № 140, № 141, № 141А, № 142, № 144, № 146, № 148;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица имени А.Смагулова, № 1, № 1А, № 42, № 44, № 46, № 48, № 50, № 50А, № 50Б, № 52, № 52А, № 52Б, № 54, № 56, № 58, № 60, № 62, № 64, № 66, № 68;</w:t>
-[...17 lines deleted...]
-      улица Д.А.Кунаева, № 112, № 114, № 116, № 118, № 120, № 122, № 122А, № 124, № 126, № 128, № 130, № 132, № 134, № 136, № 138, № 138А, № 140, № 140А, № 142, № 144, № 146, № 148, № 150, № 152, № 154, № 156, № 160, № 162, № 164, № 166, № 168, № 170, № 172, № 174, № 174А, № 176, № 178, № 180, № 182, № 184, № 186, № 188, № 190, № 190А, № 192, № 194, № 196, № 196А, № 198А;</w:t>
+      улица имени А. Смагулова, № 1, № 1А, № 42, № 44, № 46, № 48, № 50, № 50А, № 50Б, № 52, № 52А, № 52Б, № 54, № 56, № 58, № 60, № 62, № 64, № 66, № 68;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Д. А. Кунаева, № 112, № 114, № 116, № 118, № 120, № 122, № 122А, № 124, № 126, № 128, № 130, № 132, № 134, № 136, № 138, № 138А, № 140, № 140А, № 142, № 144, № 146, № 148, № 150, № 152, № 154, № 156, № 160, № 162, № 164, № 166, № 168, № 170, № 172, № 174, № 174А, № 176, № 178, № 180, № 182, № 184, № 186, № 188, № 190, № 190А, № 192, № 194, № 196, № 196А, № 198А;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Узакбая Кулымбетова, № 78, № 79, № 80А, № 81, № 81А, № 82, № 82А, № 82Б, № 83, № 83А, № 84, № 85, № 86, № 86А, № 87, № 87А, № 88, № 88/1, № 88А, № 88Б, № 88В, № 89, № 89А, № 90, № 90А, № 90Б, № 91, № 91А, № 92, № 93, № 93А, № 94, № 95, № 95А, № 95Б, № 96, № 97, № 98, № 99, № 99А, № 100, № 100А, № 101, № 102, № 102А, № 103, № 104, № 105, № 106, № 107, № 108, № 109, № 110, № 110А, № 110Б, № 111, № 112, № 112А, № 113, № 114, № 115, № 116, № 117, № 118, № 119, № 120, № 121, № 122, № 123, № 124, № 124А, № 125, № 126, № 127, № 128, № 129, № 130, № 131, № 133, № 135, № 137, № 139, № 141, № 143, № 145;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1645,51 +1627,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Джангильдина Алиби, № 79, № 81, № 83, № 85, № 87, № 88, № 89, № 89А, № 89Б, № 90, № 91, № 91А, № 92, № 92А, № 92Б, № 93, № 93А, № 93Б, № 94, № 94А, № 94Б, № 95, № 96, № 96А, № 96Б, № 96В, № 97, № 98, № 98А, № 98Б, № 99, № 100, № 100А, № 100Б, № 101, № 101А, № 101Б, № 102, № 102А, № 102Б, № 103, № 103А, № 103Б, № 103В, № 104, № 104А, № 105, № 106, № 107, № 108, № 109, № 110, № 111, № 112, № 113, № 114, № 115, № 115А, № 116, № 117, № 118, № 119, № 120, № 121, № 122, № 124, № 125, № 126, № 127, № 127А, № 127Б, № 128, № 128А, № 129, № 130, № 131, № 132, № 132А, № 132/1, № 133, № 134, № 135, № 136, № 136А, № 138, № 138А, № 140, № 142, № 144, № 146;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица имени А.Акимжанова, № 57, № 57А, № 59, № 59А, № 61, № 63, № 64, № 64А, № 65, № 65А, № 66, № 67, № 68, № 69, № 69А, № 70, № 70А, № 70Б, № 71, № 72, № 73, № 74, № 75, № 77, № 78, № 78А, № 79, № 80, № 80А, № 80Б, № 81, № 82, № 83, № 84, № 86, № 88, № 90, № 92, № 94, № 96, № 98, № 100, № 102, № 104, № 106, № 108, № 110;</w:t>
+      улица имени А. Акимжанова, № 57, № 57А, № 59, № 59А, № 61, № 63, № 64, № 64А, № 65, № 65А, № 66, № 67, № 68, № 69, № 69А, № 70, № 70А, № 70Б, № 71, № 72, № 73, № 74, № 75, № 77, № 78, № 78А, № 79, № 80, № 80А, № 80Б, № 81, № 82, № 83, № 84, № 86, № 88, № 90, № 92, № 94, № 96, № 98, № 100, № 102, № 104, № 106, № 108, № 110;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица имени Жанибек хана, № 109, № 111, № 111А, № 113, № 114, № 115, № 116, № 117, № 118, № 119, № 120, № 120А, № 121, № 121А, № 122, № 123, № 124, № 125, № 125А, № 126, № 126А, № 126Б, № 126В, № 127, № 128, № 128А, № 128Б, № 128В, № 129, № 130, № 130А, № 131, № 132, № 133, № 134, № 135, № 136, № 137, № 138, № 139, № 140, № 141, № 142, № 142А, № 143, № 143А, № 144, № 144А, № 144Б, № 145, № 145А, № 146, № 146А, № 147, № 148, № 149, № 150, № 151, № 152, № 153, № 154, № 155, № 156, № 157, № 158, № 159, № 160, № 161, № 161А, № 162, № 163, № 163А, № 164, № 165, № 166, № 166А, № 167, № 168, № 169, № 170, № 171, № 172, № 173, № 173А, № 174, № 175, № 175А, № 175Б, № 176, № 177, № 178, № 179, № 180, № 180А, № 181, № 181А, № 182, № 183, № 184, № 186, № 188, № 188А, № 190, № 190А, № 192;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1699,51 +1681,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица имени Керей хана, № 82, № 84, № 84А, № 86, № 88, № 89, № 90, № 91, № 92, № 93, № 94, № 94А, № 95, № 96, № 96А, № 97, № 98, № 98А, № 99, № 100, № 101, № 102, № 102А, № 103, № 103А, № 104, № 104А, № 104Б, № 105, № 106, № 107, № 108, № 109, № 110, № 110А, № 110Б, № 111, № 111Б, № 112, № 112А, № 112Б, № 113, № 113А, № 114, № 114А, № 114Б, № 115, № 116, № 116А, № 117, № 118, № 119, № 119А, № 119Б, № 120, № 121, № 121А, № 122, № 123, № 124, № 125, № 126, № 127, № 128, № 129, № 130, № 131, № 132, № 133, № 134, № 134А, № 135, № 135А, № 136, № 136А, № 136Б, № 137, № 137А, № 138, № 139, № 140, № 141, № 142, № 143, № 144, № 145, № 146, № 147, № 148, № 149, № 150, № 151, № 151А, № 152, № 153, № 154, № 155, № 156, № 156А, № 156Б, № 157, № 158, № 158А, № 159, № 160, № 160А, № 161, № 162, № 162А, № 163, № 164, № 165, № 166, № 168;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Т.К.Жургенова, № 133, № 135, № 137, № 139, № 141, № 143, № 145, № 147, № 149, № 151, № 153, № 155;</w:t>
+      улица Т. К. Жургенова, № 133, № 135, № 137, № 139, № 141, № 143, № 145, № 147, № 149, № 151, № 153, № 155;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       переулок Лизы Чайкиной, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 16;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1753,51 +1735,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       переулок Халыкаралык, № 1, № 1А, № 2, № 3, № 4, № 5, № 5А, № 6;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      переулок Ю.Смирнова, № 1, № 2, № 3, № 4, № 5, № 6, № 8, № 10.</w:t>
+      переулок Ю. Смирнова, № 1, № 2, № 3, № 4, № 5, № 6, № 8, № 10.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательный участок № 4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1913,51 +1895,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Джамбула, № 26, № 27А, № 28, № 28А, № 29, № 29А, № 29/1, № 29/2, № 30, № 30А, № 31, № 31А, № 32, № 32А, № 33, № 34, № 35, № 35А, № 36, № 37, № 39, № 40, № 41, № 42, № 42А, № 43, № 44, № 45, № 46, № 46А, № 47, № 48, № 49, № 50, № 52, № 53, № 54, № 55, № 55А, № 56, № 57, № 58, № 59, № 60, № 62, № 62А, № 64, № 64А, № 66, № 68, № 70, № 72, № 74, № 76, № 78, № 80, № 82, № 84, № 86, № 88, № 88А, № 90, № 92, № 94, № 96, № 96А, № 98;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Д.А.Кунаева, № 19, № 21, № 23, № 25, № 27, № 31, № 32, № 32/1,2,3,4, № 33, № 34, № 35, № 35А, № 36, № 37, № 37А, № 37Б, № 38, № 39, № 39А, № 39Б, № 40, № 40А, № 41, № 42, № 43, № 43А, № 44, № 46, № 47, № 48, № 49, № 50, № 51, № 51А, № 52, № 53, № 54, № 55, № 56, № 56А, № 57, № 57А, № 59, № 60, № 62, № 63, № 64, № 64/1, № 64/А1, № 64А, № 66, № 66А, № 67, № 68, № 69, № 70, № 71, № 72, № 73, № 74, № 75, № 75А, № 76, № 77, № 78, № 79, № 80, № 80А, № 81, № 82, № 82А, № 84, № 86, № 88, № 90, № 92, № 94, № 96, № 98, № 100, № 102, № 102А, № 104, № 104А, № 106, № 108, № 110;</w:t>
+      улица Д. А. Кунаева, № 19, № 21, № 23, № 25, № 27, № 31, № 32, № 32/1,2,3,4, № 33, № 34, № 35, № 35А, № 36, № 37, № 37А, № 37Б, № 38, № 39, № 39А, № 39Б, № 40, № 40А, № 41, № 42, № 43, № 43А, № 44, № 46, № 47, № 48, № 49, № 50, № 51, № 51А, № 52, № 53, № 54, № 55, № 56, № 56А, № 57, № 57А, № 59, № 60, № 62, № 63, № 64, № 64/1, № 64/А1, № 64А, № 66, № 66А, № 67, № 68, № 69, № 70, № 71, № 72, № 73, № 74, № 75, № 75А, № 76, № 77, № 78, № 79, № 80, № 80А, № 81, № 82, № 82А, № 84, № 86, № 88, № 90, № 92, № 94, № 96, № 98, № 100, № 102, № 102А, № 104, № 104А, № 106, № 108, № 110;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица имени Жанибек хана, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 41А, № 42, № 43, № 44, № 45, № 46, № 46А, № 47, № 48, № 50, № 52, № 53, № 55, № 56, № 57, № 58, № 58А, № 59, № 59А, № 60, № 61, № 62, № 64, № 66, № 67, № 68, № 69, № 70, № 71, № 72, № 73, № 75, № 76, № 77, № 78, № 79, № 80, № 80Г, № 81, № 82, № 82А, № 84, № 84А, № 84Б, № 84В, № 84Г, № 84Д, № 86, № 86А, № 87, № 88, № 89, № 90, № 91, № 92, № 93, № 94, № 95, № 96, № 97, № 98, № 99, № 100, № 101, № 102, № 102А, № 103, № 104, № 104А, № 105, № 105А, № 106, № 107, № 108, № 110, № 110А, № 112;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1967,51 +1949,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Жанкожа батыра, № 50, № 52А, № 54, № 56, № 58, № 60, № 60А, № 62, № 62А, № 62/2, № 63А, № 63/1,2,3, № 65, № 65/1,2,3, № 66, № 67, № 67А, № 68, № 69, № 70, № 70/1,2 № 71, № 72, № 72/2, № 73, № 74, № 75, № 76, № 77, № 78, № 79, № 80, № 81, № 82, № 82А, № 83, № 84, № 85, № 87, № 88, № 89, № 89А, № 89/1, № 90, № 91, № 91А, № 92, № 94, № 95, № 96, № 96А, № 96Б, № 97, № 98, № 98А, № 99, № 100, № 100А, № 100Б, № 101, № 102, № 102А, № 103, № 104, № 104А, № 104Б, № 105, № 106, № 106А, № 106Б, № 107, № 107А, № 108, № 109, № 109А, № 109Б, № 110, № 111, № 111А, № 112, № 113, № 113А, № 114, № 114А, № 114В, № 115, № 116, № 116А, № 116Б, № 117, № 117А, № 118, № 119, № 120, № 121, № 121А, № 121Б, № 123, № 123А, № 123Б, № 123В, № 123Г, № 123Е, № 125, № 125А, № 125Б, № 125В, № 125Г, № 125Д, № 129, № 129А, № 131, № 133, № 135, № 137, № 141, № 141Д, № 143, № 145;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Т.К.Жургенова, № 79, № 81, № 83, № 83А, № 85, № 85А, № 87, № 87А, № 87Б, № 87В, № 89, № 90, № 91, № 91А, № 92, № 93, № 94, № 95, № 96, № 97, № 97Б, № 98, № 98А, № 98Б, № 100, № 100А, № 100Б, № 100В, № 101, № 102, № 103, № 105, № 106, № 107, № 107А, № 107Б, № 107В, № 107Г, № 108, № 109, № 109А, № 109Б, № 109В, № 110, № 111, № 111А, № 111Б, № 112, № 112А, № 113, № 113А, № 113Б, № 113В, № 114, № 114А, № 114Б, № 115, № 115А, № 115Б, № 115В, № 115Г, № 115Д, № 115Е, № 116, № 116А, № 116Б, № 116Г, № 117, № 117А, № 118, № 118А, № 118Б, № 119, № 120, № 120А, № 120Б, № 122, № 122А, № 122Б, № 123, № 123А, № 124, № 125, № 125А, № 125Б, № 125В, № 126, № 127, № 127А, № 127Б, № 129, № 130, № 131, № 132, № 132А, № 132Б, № 134, № 134А, № 136, № 138;</w:t>
+      улица Т. К. Жургенова, № 79, № 81, № 83, № 83А, № 85, № 85А, № 87, № 87А, № 87Б, № 87В, № 89, № 90, № 91, № 91А, № 92, № 93, № 94, № 95, № 96, № 97, № 97Б, № 98, № 98А, № 98Б, № 100, № 100А, № 100Б, № 100В, № 101, № 102, № 103, № 105, № 106, № 107, № 107А, № 107Б, № 107В, № 107Г, № 108, № 109, № 109А, № 109Б, № 109В, № 110, № 111, № 111А, № 111Б, № 112, № 112А, № 113, № 113А, № 113Б, № 113В, № 114, № 114А, № 114Б, № 115, № 115А, № 115Б, № 115В, № 115Г, № 115Д, № 115Е, № 116, № 116А, № 116Б, № 116Г, № 117, № 117А, № 118, № 118А, № 118Б, № 119, № 120, № 120А, № 120Б, № 122, № 122А, № 122Б, № 123, № 123А, № 124, № 125, № 125А, № 125Б, № 125В, № 126, № 127, № 127А, № 127Б, № 129, № 130, № 131, № 132, № 132А, № 132Б, № 134, № 134А, № 136, № 138;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Асау-Барака, № 51, № 53, № 55, № 63, № 65, № 69, № 69А, № 69Б, № 71, № 71А, № 71Б, № 72, № 72А, № 73, № 73Б, № 74, № 74А, № 75, № 75А, № 76, № 77, № 78, № 78А, № 80, № 82, № 82А, № 82Б, № 84, № 84А, № 86, № 88, № 90, № 92, № 94, № 98, № 100, № 102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2199,105 +2181,105 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Карасай батыра, № 87, № 89, № 91, № 91А, № 93, № 95, № 97, № 99, № 101, № 103, № 105, № 107, № 109, № 111, № 112, № 113, № 113А, № 114, № 115, № 116, № 116А, № 116Б, № 117, № 118, № 118Б, № 119, № 120, № 120А, № 121, № 122, № 122А, № 123, № 124, № 124А, № 125, № 126, № 126А, № 127, № 128, № 128А, № 130, № 132, № 134, № 136, № 138, № 140, № 140А, № 142, № 142А, № 144, № 144А, № 146, № 146А, № 148, № 148В, № 150, № 150А, № 152, № 154, № 156, № 158, № 158А;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица имени А.Акимжанова, № 1, № 2, № 3, № 4, № 5, № 5А, № 6, № 7, № 8, № 8А, № 9, № 10, № 10А, № 11, № 11А, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 21А, № 22, № 23, № 23А, № 24, № 25, № 25А, № 26, № 26А, № 27, № 27А, № 27Б, № 28, № 28А, № 28Б, № 29, № 29А, № 30, № 30А, № 31, № 31А, № 32, № 32А, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 41А, № 42, № 43, № 43А, № 43Б, № 44, № 44А, № 45, № 45А, № 45Б, № 46, № 46А, № 47, № 47А, № 47Б, № 48, № 48А, № 49, № 49А, № 49Б, № 50, № 50А, № 51, № 51А, № 51Б, № 52, № 53, № 54, № 54А, № 55, № 56, № 56А, № 58, № 60;</w:t>
-[...17 lines deleted...]
-      улица имени А.Смагулова, № 2, № 4, № 6, № 8, № 8А, № 8Б, № 10, № 10Б, № 12, № 12А, № 12Б, № 12В, № 14, № 14А, № 14Б, № 16, № 16А, № 16Б, № 16В, № 18, № 18А, № 18Б, № 20, № 20А, № 22, № 24, № 26, № 26А, № 26Б, № 28, № 28А, № 28Б, № 30А, № 30Б, № 32, № 32А, № 34, № 36, № 38, № 38А, № 40;</w:t>
+      улица имени А. Акимжанова, № 1, № 2, № 3, № 4, № 5, № 5А, № 6, № 7, № 8, № 8А, № 9, № 10, № 10А, № 11, № 11А, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 21А, № 22, № 23, № 23А, № 24, № 25, № 25А, № 26, № 26А, № 27, № 27А, № 27Б, № 28, № 28А, № 28Б, № 29, № 29А, № 30, № 30А, № 31, № 31А, № 32, № 32А, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 41А, № 42, № 43, № 43А, № 43Б, № 44, № 44А, № 45, № 45А, № 45Б, № 46, № 46А, № 47, № 47А, № 47Б, № 48, № 48А, № 49, № 49А, № 49Б, № 50, № 50А, № 51, № 51А, № 51Б, № 52, № 53, № 54, № 54А, № 55, № 56, № 56А, № 58, № 60;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени А. Смагулова, № 2, № 4, № 6, № 8, № 8А, № 8Б, № 10, № 10Б, № 12, № 12А, № 12Б, № 12В, № 14, № 14А, № 14Б, № 16, № 16А, № 16Б, № 16В, № 18, № 18А, № 18Б, № 20, № 20А, № 22, № 24, № 26, № 26А, № 26Б, № 28, № 28А, № 28Б, № 30А, № 30Б, № 32, № 32А, № 34, № 36, № 38, № 38А, № 40;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Джангильдина Алиби, № 1, № 2, № 3, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 11Б, № 12, № 13, № 14, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 22А, № 23, № 24, № 25, № 25А, № 26, № 27, № 27А, № 28, № 29, № 30, № 31, № 31А, № 31/1, № 32, № 32А, № 33, № 34, № 35, № 36, № 36А, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 45А, № 46, № 47, № 48, № 48А, № 49, № 50, № 50А, № 50Б, № 51, № 52, № 52А, № 52Б, № 53, № 54, № 54А, № 55, № 56, № 56А, № 56Б, № 57, № 57А, № 58, № 58А, № 59, № 59А, № 60, № 61, № 61А, № 62, № 63, № 64, № 65, № 65А, № 66, № 66А, № 67, № 67А, № 68, № 68А, № 69, № 69А, № 70, № 70Б, № 71, № 72, № 72А, № 73, № 73Б, № 74, № 74А, № 74Б, № 75, № 76, № 76А, № 76Б, № 78, № 78А, № 80, № 80Б, № 82, № 84, № 86;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Д.А.Кунаева, № 83, № 85, № 87, № 89, № 91, № 93, № 95, № 97, № 99, № 101, № 103, № 105, № 107, № 109, № 111, № 113, № 115, № 115А, № 117, № 119, № 121, № 123, № 125, № 127, № 129, № 131, № 133, № 135, № 137, № 139, № 141, № 143, № 145, № 147, № 149, № 151, № 153, № 155, № 155А, № 155Б, № 157, № 159, № 161, № 163;</w:t>
+      улица Д. А. Кунаева, № 83, № 85, № 87, № 89, № 91, № 93, № 95, № 97, № 99, № 101, № 103, № 105, № 107, № 109, № 111, № 113, № 115, № 115А, № 117, № 119, № 121, № 123, № 125, № 127, № 129, № 131, № 133, № 135, № 137, № 139, № 141, № 143, № 145, № 147, № 149, № 151, № 153, № 155, № 155А, № 155Б, № 157, № 159, № 161, № 163;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       переулок Жасыл, № 1, № 1А, № 2, № 2А, № 3, № 4, № 5, № 6, № 7, № 7А, № 8, № 8А, № 10;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2413,87 +2395,87 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Нурпеиса Байганина, № 2, № 4, № 6, № 8, № 10, № 12, № 14, № 22, № 22А, № 22Б, № 22В, № 24, № 28, № 28А, № 30, № 32, № 35, № 37, № 38, № 39, № 39А, № 40, № 41, № 41А, № 41Б, № 41В, № 42, № 43, № 44, № 45, № 46, № 47, № 49, № 50, № 51, № 52, № 54, № 54А, № 55, № 56, № 57, № 58, № 58А, № 59, № 59А, № 59Б, № 59В, № 60, № 60А, № 61, № 61А, № 61Б, № 62, № 62А, № 63, № 63А, № 63В, № 64, № 64А, № 65, № 65А, № 66, № 67, № 69, № 71;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица И.Алтынсарина, № 26, № 28, № 28, корпус 1, № 30, № 30А, № 32А, № 34, № 36, № 44, № 46, № 46А, № 46Б, № 48, № 48А, № 50, № 52, № 52А, № 54, № 54А, № 54Б, № 56, № 56А, № 58, № 58А, № 60, № 62, № 76, № 76А, № 76Б, № 78, № 80;</w:t>
+      улица И. Алтынсарина, № 26, № 28, № 28, корпус 1, № 30, № 30А, № 32А, № 34, № 36, № 44, № 46, № 46А, № 46Б, № 48, № 48А, № 50, № 52, № 52А, № 54, № 54А, № 54Б, № 56, № 56А, № 58, № 58А, № 60, № 62, № 76, № 76А, № 76Б, № 78, № 80;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Жанкожа батыра, № 35, № 37, № 39, № 39А, № 41, № 43, № 43А, № 45, № 47, № 49, № 53, № 57А, № 57Б, № 57В, № 57Г, № 59, № 59А, № 59Б, № 59В, № 59Г, № 61, № 61А, № 61Б;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Махамбета Утемисова, № 26, № 31, № 33, № 35, № 37, № 39, № 39А, № 40А, № 41, № 42, № 43, № 43А, № 44, № 45, № 46, № 46А, № 47, № 48, № 48А, № 49, № 50, № 51, № 52, № 53, № 53А, № 54, № 55, № 55А, № 55/2, № 56, № 57, № 58, № 59, № 61, № 63, № 64, № 65, № 66, № 67, № 68, № 69, № 71, № 73, № 73А, № 75, № 77, № 79, № 81, № 87, № 89, № 89А, № 91, № 91А, № 93, № 95, № 95А, № 95Б, № 95В, № 97, № 97А, № 97Б, № 97В, № 99, № 99А, № 101, № 103, № 103А, № 103Б;</w:t>
+      улица Махамбета Утемисова, № 26, № 31, № 33, № 35, № 37, № 39,№ 39А, № 40А, № 41, № 42, № 43, № 43А, № 44, № 45, № 46, № 46А, № 47, № 48, № 48А, № 49, № 50, № 51, № 52, № 53, № 53А, № 54, № 55, № 55А, № 55/2, № 56, № 57, № 58, № 59, № 61, № 63, № 64, № 65, № 66, № 67, № 68, № 69, № 71, № 73, № 73А, № 75, № 77, № 79, № 81, № 87, № 89, № 89А, № 91, № 91А, № 93, № 95, № 95А, № 95Б, № 95В, № 97, № 97А, № 97Б, № 97В, № 99, № 99А, № 101, № 103, № 103А, № 103Б;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Джамбула, № 61, № 61А, № 61Б, № 63, № 65, № 67, № 69, № 69А, № 71, № 73А, № 73Б, № 79, № 81, № 83, № 85, № 87, № 89, № 91, № 93, № 95, № 97, № 97А, № 99, № 99А, № 101, № 103, № 105, № 107, № 109, № 111, № 113, № 115;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2521,85 +2503,85 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Карасай батыра, № 33, № 35, № 35А, № 37, № 39, № 41, № 43, № 43А, № 45, № 45/1, № 45/3, № 45/4, № 45/5, № 45/6, № 46, № 47, № 48, № 49, № 50, № 52, № 53, № 54, № 55, № 55А, № 55Б, № 56, № 57, № 57А, № 58, № 58А, № 58Б, № 58В, № 59, № 59А, № 59Б, № 60, № 61, № 61А, № 62, № 63, № 63А, № 64, № 64А, № 65, № 66, № 68, № 69, № 70, № 71, № 72, № 72А, № 72Б, № 73, № 73А, № 74, № 74А, № 75, № 75А, № 76, № 76А, № 78, № 79, № 81, № 81А, № 82, № 82А, № 83, № 83А, № 83Б, № 83В, № 84, № 84А, № 86, № 86А, № 86Б, № 88, № 90, № 92, № 94, № 96, № 96А, № 98, № 98/2, № 98А, № 98Б, № 100, № 100А, № 102, № 102А, № 104, № 106, № 108, № 110;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Т.К.Жургенова, № 1, № 3, № 20, № 22, № 24, № 26, № 28, № 30, № 30А, № 31, № 32, № 32А, № 33, № 34, № 35, № 36, № 37, № 37А, № 38, № 39, № 39А, № 40, № 41, № 41А, № 42, № 43, № 43А, № 44, № 45, № 46, № 46А, № 47, № 48, № 48А, № 50, № 52, № 56, № 58, № 60, № 62, № 62А, № 63, № 63А, № 64, № 64А, № 65, № 66, № 66А, № 68, № 69, № 69А, № 69/2, № 70, № 71, № 71А, № 72, № 73, № 73А, № 74, № 74А, № 74Б, № 75, № 75А, № 76, № 76А, № 76Б, № 76В, № 76Г, № 77, № 78, № 78А, № 78Б, № 80, № 80А, № 80Б, № 80В, № 80Г, № 82, № 84, № 86, № 88.</w:t>
+      улица Т. К. Жургенова, № 1, № 3, № 20, № 22, № 24, № 26, № 28, № 30, № 30А, № 31, № 32, № 32А, № 33, № 34, № 35, № 36, № 37, № 37А, № 38, № 39, № 39А, № 40, № 41, № 41А, № 42, № 43, № 43А, № 44, № 45, № 46, № 46А, № 47, № 48, № 48А, № 50, № 52, № 56, № 58, № 60, № 62, № 62А, № 63, № 63А, № 64, № 64А, № 65, № 66, № 66А, № 68, № 69, № 69А, № 69/2, № 70, № 71, № 71А, № 72, № 73, № 73А, № 74, № 74А, № 74Б, № 75, № 75А, № 76, № 76А, № 76Б, № 76В, № 76Г, № 77, № 78, № 78А, № 78Б, № 80, № 80А, № 80Б, № 80В, № 80Г, № 82, № 84, № 86, № 88.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательный участок № 7</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: город Актобе, район Алматы, улица И.Алтынсарина, № 4, учебный корпус некоммерческого акционерного общества "Актюбинский региональный университет имени К.Жубанова".</w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, улица И. Алтынсарина, № 4, учебный корпус некоммерческого акционерного общества "Актюбинский региональный университет имени К. Жубанова".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: улица Айтеке би, № 56, № 58, № 60, № 62, № 64, № 66, № 68, № 70, № 72, № 74, № 76, № 78, № 80, № 82, № 84, № 86, № 88, № 90, № 90/2, № 92, № 94, № 94А, № 96, № 98, № 100, № 102, № 102А, № 104, № 104А, № 104Б, № 106, № 106А, № 108, № 110, № 112, № 112А, № 114, № 114А, № 116, № 120, № 122, № 122А, № 126, № 128, № 128Б;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2681,51 +2663,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Карасай батыра, № 2А, № 2Б, № 2В, № 2Г, № 3, № 5, № 6, № 7, № 8, № 9;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица И.Алтынсарина, № 1, № 2, № 5, № 6;</w:t>
+      улица И. Алтынсарина, № 1, № 2, № 5, № 6;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Александра Яншина, № 1, № 2, № 3, № 4, № 4А, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 23А;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2771,87 +2753,87 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Набережная, № 1, № 3, № 5, № 7, № 7А, № 9, № 11, № 13, № 13/2, № 15, № 15/1, № 17, № 17/1,2, № 19, № 21, № 23, № 23А, № 25, № 25А, № 25/2, № 27, № 29, № 31, № 33, № 35, № 35А, № 37;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Д.А.Кунаева, № 3, № 5, № 7, № 9, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 18А, № 18В, № 20, № 22, № 22А, № 24, № 24А, № 24Б, № 26, № 26А, № 26Б, № 28, № 30;</w:t>
+      улица Д. А. Кунаева, № 3, № 5, № 7, № 9, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 18А, № 18В, № 20, № 22, № 22А, № 24, № 24А, № 24Б, № 26, № 26А, № 26Б, № 28, № 30;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица имени Жанибек хана, № 12, № 13, № 14, № 14/2, № 15, № 16, № 16А, № 17, № 18, № 19, № 21, № 21А, № 22, № 22А, № 23, № 24, № 25, № 25А, № 26, № 27;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица М.Т.Ряхова, № 2, № 2А, № 2В, № 2/1, № 3, № 5, № 5А, № 5Б, № 7, № 7А, № 9, № 9А;</w:t>
+      улица М. Т. Ряхова, № 2, № 2А, № 2В, № 2/1, № 3, № 5, № 5А, № 5Б, № 7, № 7А, № 9, № 9А;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица имени Жанши Досмухамедулы, № 2, № 2А, № 4, № 6, № 8, № 10;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2877,69 +2859,69 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательный участок № 8</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: город Актобе, район Алматы, улица И.Алтынсарина, № 24, здание государственного казенного коммунального предприятия "Центр детского и юношеского творчества" при государственном учреждении "Отдел образования города Актобе".</w:t>
-[...17 lines deleted...]
-      Границы избирательного участка: улица Ж.Кереева, № 1, № 2, № 3, № 4, № 4, корпус 1, № 5, № 6, № 7, № 7А;</w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, улица И. Алтынсарина, № 24, здание государственного казенного коммунального предприятия "Центр детского и юношеского творчества" при государственном учреждении "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: улица Ж. Кереева, № 1, № 2, № 3, № 4, № 4, корпус 1, № 5, № 6, № 7, № 7А;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Нагима Кобландина, № 26;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2967,51 +2949,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Жанкожа батыра, № 3, № 5, № 9, № 28А, № 30, № 34;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица И.Алтынсарина, № 18, № 19, № 19А, № 21, № 21А, № 21Б, № 23, № 24, № 25А;</w:t>
+      улица И. Алтынсарина, № 18, № 19, № 19А, № 21, № 21А, № 21Б, № 23, № 24, № 25А;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Шокана Уалиханова, № 30, № 32.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -3055,157 +3037,157 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: улица Ломоносова, № 2, № 2, корпус 1, № 4, № 4, корпус 1, № 8, корпус 2, № 8/6, № 28, № 30;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица И.Алтынсарина, № 31, № 31А, № 33, № 33, корпус 1, № 35, № 37.</w:t>
+      улица И. Алтынсарина, № 31, № 31А, № 33, № 33, корпус 1, № 35, № 37.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательный участок № 10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: город Актобе, район Алматы, улица Шокана Уалиханова, № 12, здание коммунального государственного учреждения "Общеобразовательная средняя школа № 62 имени Бауыржана Момышулы" государственного учреждения "Отдел образования города Актобе".</w:t>
-[...71 lines deleted...]
-      улица Шернияза Жарылгас-улы, № 33, № 37, № 39, № 43, № 45, № 51, № 53, № 55, № 57, № 58, № 60;</w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, улица Шокана Уалиханова, № 12А, здание коммунального государственного учреждения "Общеобразовательная средняя школа № 62 имени Бауыржана Момышулы" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Границы избирательного участка: улица Тахауи Ахтанова, № 59, № 61; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Карасай батыра, № 13, № 18, № 24; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица И. Алтынсарина, № 15А, № 16;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Шернияза Жарылгас-улы, № 33, № 37, № 39, № 43, № 45, № 51, № 53, № 55, № 57, № 58, № 60; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Айтеке би, № 21, № 23 № 38, № 38А, № 40, № 41, № 42, № 46, № 48, № 52, № 54;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3501,51 +3483,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       переулок Безымянный, № 3, № 5, № 7, № 9, № 11, № 13;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица А.Матросова, № 1, № 2, № 3А, № 3А/1, № 3А/2, № 3А/3, № 8, № 9, № 10, № 11, № 11/1, № 11А, № 12, № 13, № 13Д, № 14, № 15, № 16, № 18, № 20, № 22, № 24, № 26, № 28, № 30, № 32;</w:t>
+      улица А. Матросова, № 1, № 2, № 3А, № 3А/1, № 3А/2, № 3А/3, № 8, № 9, № 10, № 11, № 11/1, № 11А, № 12, № 13, № 13Д, № 14, № 15, № 16, № 18, № 20, № 22, № 24, № 26, № 28, № 30, № 32;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       переулок Самал, № 3, № 4, № 5, № 6, № 7, № 7А, № 7"З", № 8, № 9, № 9А, № 10, № 11, № 11А, № 11"З", № 12, № 13, № 15, № 16, № 17, № 18, № 20;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4055,22515 +4037,22659 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Айтеке би, № 1, № 2, № 4, № 6, № 8, № 9, № 9А, № 9Б, № 10, № 10А, № 12, № 12А, № 13, № 14, № 15, № 16, № 18, № 20, № 22, № 24, № 26;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица А.Матросова, № 17, № 19, № 19А, № 21, № 23, № 23/1, № 25, № 27, № 34, № 36, № 38, № 40, № 42, № 44, № 46, № 48, № 52, № 52/1, № 52/2, № 54, № 54А, № 54Б, № 56, № 58;</w:t>
+      улица А. Матросова, № 17, № 19, № 19А, № 21, № 23, № 23/1, № 25, № 27, № 34, № 36, № 38, № 40, № 42, № 44, № 46, № 48, № 52, № 52/1, № 52/2, № 54, № 54А, № 54Б, № 56, № 58;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Ыргыз, № 41, № 43, № 45, № 47, № 49, № 51, № 51А, № 53, № 55, № 57, № 59.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, улица имени Алихана Бокейханова, № 6, здание коммунального государственного учреждения "Средняя школа № 13" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: улица Ыргыз, № 23, № 25, № 27, № 29, № 29А, № 31, № 31А, № 33, № 35, № 37, № 39;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Алихана Бокейханова, № 2, № 2, корпус 1, № 4, № 9, № 11, № 12, № 13, № 14, № 15, № 16, № 18, № 19, № 20, № 21, № 21, корпус 1, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 32, № 34, № 36, № 38, № 40, № 46, № 48, № 50, № 52, № 52А, № 54;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Ташкентская, № 2, № 8, № 10, № 12, № 14, № 16, № 18;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Саги Жиенбаева, № 1, № 3, № 5, № 5А, № 7, № 9, № 9А, № 11, № 11А, № 13, № 15, № 15А, № 17, № 17А, № 19, № 21, № 23, № 23А, № 25, № 25, корпус 1, № 25, корпус 2, № 25, корпус 3;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Панфилова, № 52, № 54, № 56, № 58, № 60, № 62, № 64, № 66;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Лермонтова, № 1, № 2А, № 3, № 5, № 7, № 9, № 11, № 13, № 15, № 17, № 17А, № 19, № 21, № 21А, № 21Б, № 23, № 23А, № 23Б, № 23В, № 25, № 25А, № 27, № 27А, № 29, № 29А, № 31, № 33;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Атырау, № 1, № 1А, № 3, № 5, № 7, № 9, № 11, № 11А, № 13, № 15, № 17, № 19, № 20, № 21, № 21А, № 21Б, № 22, № 23, № 23А, № 24, № 25, № 25А, № 26, № 27, № 27А, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 39, № 40, № 41, № 42, № 43, № 44, № 44Б, № 45, № 47, № 47А, № 48, № 48А, № 50, № 51, № 52, № 53, № 54, № 55, № 57, № 59, № 61, № 63, № 63А, № 65, № 67, № 69, № 71, № 73, № 77, № 77А, № 77Б, № 79, № 79А, № 81А, № 83;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Ойыл, № 1, № 2, № 4, № 4А, № 6, № 6А, № 8, № 8А, № 10, № 12, № 12А, № 14, № 16;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Тамды, № 5, № 7, № 9, № 9А, № 11, № 13, № 13А, № 14, № 16, № 16А, № 18, № 18А, № 19, № 20, № 20А, № 20Б, № 20В, № 21, № 22, № 22А, № 22Б, № 22В;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Заводская, № 33, № 33А, № 35, № 35А, № 37А, № 39А, № 41, № 41А, № 43, № 54, № 56, № 58, № 58Б, № 60, № 60А, № 60Б, № 62, № 62А, № 64, № 64А, № 66А, № 66Б, № 68, № 68Б, № 70А, № 70Б;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Онеркасипти, № 3, № 4, № 6, № 8, № 9, № 10, № 11, № 11А, № 12, № 13, № 13А, № 14, № 14А, № 15, № 15А, № 16, № 16А, № 17, № 17А, № 17Б, № 18, № 19, № 19А, № 20, № 20А, № 20Б, № 21, № 21А, № 21Б, № 22, № 22А, № 23, № 23А, № 24, № 24А, № 24Б, № 25, № 26, № 26А, № 28, № 29, № 29А, № 30;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Енбекши, № 1, № 2, № 2А, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 10А, № 11, № 11А, № 12, № 12А, № 13, № 14, № 15, № 15А, № 16, № 16А, № 17, № 17А, № 18, № 18А, № 19, № 19А, № 20, № 21, № 22, № 22А, № 23, № 23А, № 23Б, № 23В, № 24, № 24А, № 24Б, № 25, № 26, № 27, № 29, № 31, № 33;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Тулегена Айбергенова, № 2, № 4, № 6, № 8, № 10, № 12, № 14, № 16, № 16А, № 16Б, № 18, № 18А, № 20А, № 22, № 22А, № 22Б, № 22В, № 24, № 24А, № 24Б, № 26, № 26А, № 26Б, № 28, № 30;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      прилегающие садоводческие коллективы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 14</w:t>
-[...251 lines deleted...]
-      улица Тулегена Айбергенова, № 2, № 4, № 6, № 8, № 10, № 12, № 14, № 16, № 16А, № 16Б, № 18, № 18А, № 20А, № 22, № 22А, № 22Б, № 22В, № 24, № 24А, № 24Б, № 26, № 26А, № 26Б, № 28, № 30;</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, улица Ойыл, № 1, здание государственного коммунального казенного предприятия "Детский сад № 31 "Күншуақ" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: улица имени Алихана Бокейханова, № 1, № 1Б, № 3, № 5, № 7;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Ташкентская, № 1, № 3, № 5, № 7, № 9, № 11;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Панфилова, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 13А, № 14, № 15, № 16, № 17, № 20, № 21, № 22, № 22А, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 33А, № 35;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Тулегена Айбергенова, № 1, № 3, № 5, № 5А, № 5Б, № 7, № 9, № 9А, № 9Б, № 11, № 11А, № 13, № 13А, № 13Б, № 15, № 17, № 17А, № 19, № 21, № 23, № 25, № 25А, № 27, № 27А, № 29, № 29А, № 29В, № 31, № 31А, № 31Б, № 33, № 33А, № 33Б, № 35, № 35А, № 35Б, № 37, № 41, № 41А, № 43, № 45, № 47, № 49, № 51, № 53, № 53А, № 55, № 57;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Тимирязева, № 1, № 2, № 3, № 4, № 4А, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 18, № 20, № 22, № 24, № 24А, № 26, № 28, № 28А, № 30, № 32, № 34;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Ойыл, № 13, № 13, корпус 1, № 13А, № 15, № 17, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 30А, № 30Б, № 30В, № 31, № 32, № 32А, № 32Б, № 33, № 34, № 34А, № 35, № 36, № 36А, № 37, № 38, № 39, № 40, № 41, № 41А, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 48А, № 48Б, № 49, № 49А, № 50, № 50А, № 51, № 51А, № 52, № 53, № 54, № 54А, № 55, № 56, № 56А, № 56Б, № 57, № 58, № 58А, № 58Б, № 60, № 60А, № 60Б, № 62, № 62А, № 64, № 66, № 70;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Бакира Тажибаева, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 16, № 17, № 18, № 19, № 20, № 21, № 21А, № 22, № 23, № 25, № 25А, № 26, № 26А, № 27, № 28, № 28А, № 29, № 30, № 30А, № 32, № 34, № 36, № 38, № 42, № 44;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Кандагачская, № 2, № 2А, № 2Б, № 2Г, № 4, № 6, № 10, № 12, № 14, № 16, № 16А, № 18, № 18А, № 20, № 22, № 26, № 28, № 30, № 30А, № 32, № 34, № 36, № 38, № 40, № 42, № 44, № 46, № 46А, № 48, № 50, № 50А, № 52;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Кожабая Жазыкова, № 2, № 3, № 4, № 4А, № 4Б, № 5, № 6, № 6А, № 6Б, № 7, № 8, № 8А, № 8Б, № 9, № 10, № 10А, № 10Б, № 10В, № 11, № 12, № 13, № 14, № 15, № 16, № 19, № 20, № 20А, № 21, № 22, № 22А, № 23, № 24, № 24А, № 25, № 26, № 26А, № 27, № 27А, № 28, № 29, № 30, № 30А, № 31, № 31А,№ 31Б, № 32, № 32А, № 33, № 33А, № 34, № 35, № 35А, № 35Б, № 36, № 37, № 38, № 39, № 40, № 40А, № 40Б, № 41, № 42, № 42А, № 42Б, № 42В, № 42Г, № 43, № 44, № 44А, № 44Б, № 44/1, № 46, № 46А, № 47, № 47А, № 48, № 48А, № 49, № 49А, № 50, № 50А, № 51, № 51А, № 52, № 53, № 53А, № 53Б, № 54, № 57, № 59, № 61, № 61А, № 61Б, № 63, № 63А, № 65, № 67, № 69, № 71, № 73, № 75, № 77;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переулок Мунайшылар, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       прилегающие садоводческие коллективы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 15</w:t>
-[...197 lines deleted...]
-      переулок Мунайшылар, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12;</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, улица Н. В. Гоголя, № 12, здание коммунального государственного учреждения "Средняя школа № 15 имени Илияса Есенберлина" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: улица Жумысшы, № 1, № 2, № 3, № 3А, № 3Б, № 3В, № 4, № 5, № 5А, № 5Б, № 5В, № 6, № 7, № 8, № 9, № 10, № 11, № 11А, № 11Б, № 12, № 13, № 13А, № 13Б, № 15, № 15А, № 15Б, № 15В, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 25А, № 26, № 27, № 27А, № 27Б, № 28, № 29, № 29А, № 29Б, № 30, № 31, № 31А, № 32, № 33, № 34, № 35, № 35А, № 36, № 37, № 37А, № 38, № 39, № 40, № 40А, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 47А, № 48, № 49, № 49А, № 50, № 51, № 51А, № 52, № 53, № 53А, № 53Б, № 54, № 55, № 55А, № 55Б, № 56, № 57, № 57А, № 58, № 59, № 60, № 61, № 62, № 63, № 64, № 65, № 65А, № 66, № 66А, № 67, № 67А, № 68, № 68А, № 69, № 69А, № 70, № 71, № 71А, № 72, № 73, № 73А, № 73Б, № 74, № 74А, № 75, № 75А, № 75Б, № 76, № 77, № 77А, № 78, № 79, № 80, № 80А, № 81, № 81А, № 82, № 83, № 84, № 85, № 85А, № 86, № 87, № 88, № 89, № 90, № 91, № 92, № 93, № 95, № 97;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Панфилова, № 34, № 36, № 37, № 38, № 39, № 39А, № 40, № 41, № 42, № 43, № 44, № 44А, № 45, № 46, № 47, № 48, № 49, № 50, № 51, № 51А, № 55, № 57, № 59, № 61, № 63, № 63А, № 65, № 67, № 69;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Тулегена Айбергенова, № 32, № 34, № 36, № 36А, № 38, № 38А, № 38Б, № 38В, № 40, № 40А, № 42, № 42А, № 44, № 44А, № 46, № 46А, № 46Б, № 48, № 50, № 54, № 56, № 56А, № 58, № 58А, № 60, № 60А, № 62, № 62А, № 64, № 64А, № 66, № 66А, № 66Б, № 68, № 68А, № 70, № 72, № 74, № 74А, № 76, № 76А, № 78, № 80, № 82, № 82А, № 84, № 84А, № 86, № 86А, № 88, № 90, № 90А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Тимирязева, № 36, № 38,№ 38А, № 40, № 42, № 44, № 46, № 48, № 50, № 52, № 54, № 55, № 56, № 57, № 58, № 59, № 60, № 61, № 62, № 63, № 64, № 65, № 66, № 67, № 67А, № 68, № 70;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Алма-Атинская, № 1, № 3, № 5, № 7, № 9, № 11, № 13, № 15;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица В. Ф. Зинченко, № 1, № 3, № 5, № 7, № 9, № 11, № 13, № 13А, № 15, № 17, № 19, № 21, № 23, № 25, № 27, № 29, № 31, № 33, № 35, № 37, № 39, № 41, № 43, № 45, № 47, № 49, № 51, № 53, № 55, № 57, № 59, № 61, № 63, № 65, № 67, № 69, № 71, № 73, № 75, № 75А, № 77/1, № 77/2 № 79, № 81, № 83, № 85;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Саги Жиенбаева, № 2, № 4, № 4А, № 6, № 6А, № 8, № 8А, № 8Б, № 10, № 12, № 12А, № 14, № 16, № 16А, № 16Б, № 18, № 18А, № 18Б, № 20, № 22, № 24, № 26, № 27, № 28, № 29, № 30, № 30А, № 31, № 31А, № 31Б, № 32, № 32А, № 33, № 33А, № 33Б, № 34, № 35, № 36, № 36А, № 37, № 38, № 39, № 39А, № 40, № 40А, № 41, № 41А, № 42, № 42А, № 43, № 44, № 45, № 46, № 47, № 49, № 50, № 51, № 52, № 52А, № 53, № 54, № 54А, № 55, № 56, № 57, № 58, № 58А, № 59А, № 60, № 60А, № 61, № 62, № 62А, № 63, № 63А, № 63Б, № 64, № 65, № 65А, № 66, № 67, № 67А, № 68, № 69, № 69А, № 70, № 71, № 72, № 73, № 74, № 74А, № 74Б, № 75, № 76, № 76А, № 77, № 78, № 78А, № 79, № 80, № 80А, № 81, № 81А, № 82, № 82А, № 83, № 83А, № 84, № 85, № 85А, № 86, № 87, № 88, № 89, № 89А, № 90, № 91, № 92, № 93, № 94, № 96, № 98, № 100, № 102, № 104, № 106, № 108, № 110, № 112, № 114, № 116;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Кандагачская, № 56, № 56А, № 58, № 60, № 60А, № 62, № 62А, № 67, № 67А, № 69, № 71, № 73, № 75, № 77, № 79, № 81, № 83, № 85;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Енбекши, № 37, № 39, № 41, № 43, № 45, № 47, № 49, № 51, № 53;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Бакира Тажибаева, № 35, № 35А, № 37, № 39, № 39А, № 41, № 43, № 46, № 47, № 48, № 49, № 50, № 51, № 52, № 52А, № 53, № 54, № 55, № 56/1, № 56/2, № 57, № 57А, № 58, № 59, № 60, № 62, № 64, № 65, № 66, № 67, № 67А, № 67Б, № 68, № 70, № 72, № 76, № 78, № 80;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Эмбинская, № 1, № 2, № 3, № 3А, № 4, № 4А, № 5, № 5А, № 6, № 7, № 8, № 9, № 10, № 12, № 12А, № 14, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 24А, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 37А, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 44А, № 45, № 46, № 47, № 48, № 49, № 50, № 52, № 54, № 56, № 58, № 60, № 62, № 64, № 66;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Н. В. Гоголя, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 9А, № 10, № 11, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 20А, № 21, № 22, № 22А, № 23, № 24, № 25, № 26, № 27, № 29, № 30, № 31, № 31А, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Турксиба, № 1, № 2, № 3, № 3А, № 4, № 5, № 6, № 7, № 7А, № 8, № 9, № 10, № 11, № 12, № 13, № 13А, № 14, № 15, № 15А, № 16, № 17, № 17А, № 18, № 19, № 20, № 21, № 22, № 23, № 23А, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 31А, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 47А, № 48, № 49, № 50, № 51, № 53, № 54, № 55, № 56, № 56А, № 57, № 58, № 59, № 60, № 61, № 62, № 63, № 64, № 64А, № 65, № 66, № 68, № 70, № 72, № 74, № 76, № 78;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Куншуак, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 11, № 12, № 13, № 14, № 17, № 19, № 20, № 21, № 23, № 25, № 27, № 28, № 29, № 34, № 36, № 38, № 40, № 42, № 44, № 46, № 48;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Южная, № 2, № 3, № 3А, № 5, № 7, № 9, № 11;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Диирменди, № 1, № 1А, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 13А, № 14, № 14А, № 15, № 16, № 17, № 17А, № 18, № 19, № 20, № 21, № 21А, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 29А, № 30, № 30А, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 39, № 41, № 43, № 45, № 47, № 49, № 51;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица В. П. Чкалова, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 13А, № 14, № 15, № 16, № 17, № 18, № 18А, № 19, № 19А, № 20, № 20А, № 22, № 22А, № 24, № 26, № 28, № 28А, № 30;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Алгинская, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 11, № 13, № 15;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Ташкентская, № 13, № 15, № 17, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 41, № 42, № 43, № 45, № 47, № 49, № 51, № 53, № 55, № 57, № 59, № 61, № 63;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переулок Чкалова, № 1, № 2, № 3, № 3А, № 4, № 5, № 5А, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       прилегающие садоводческие коллективы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 16</w:t>
-[...377 lines deleted...]
-      переулок Чкалова, № 1, № 2, № 3, № 3А, № 4, № 5, № 5А, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14;</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, улица Гастелло Н. Ф., № 51, здание коммунального государственного учреждения "Средняя общеобразовательная школа № 5 города Актобе" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: улица Тараса Шевченко, № 21, № 23, № 25, № 27, № 29, № 29А, № 31, № 31А, № 33, № 33, корпус 1, № 35, № 35А, № 35Б, № 37, № 37А, № 39А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Береговая, № 2, № 2А, № 4, № 4Б, № 6, № 6А, № 8, № 10, № 10А, № 12, № 12А, № 14, № 16, № 16А, № 18, № 20, № 20А, № 20Б, № 22, № 22А, № 22В, № 24, № 24А, № 26, № 26А, № 28, № 28А, № 30, № 32, № 34, № 36, № 38, № 40, № 42, № 46, № 46А, № 48, № 49, № 50, № 51, № 52, № 53, № 54, № 55, № 57, № 58, № 59, № 61, № 63, № 65, № 67, № 69, № 69А, № 71, № 73, № 73А, № 75, № 77, № 79;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переулок Жагалау, № 3, № 5, № 7, № 9, № 11, № 13, № 15, № 17, № 19, № 21, № 23, № 25, № 27, № 29, № 29А, № 31, № 33, № 35, № 37, № 39, № 39А, № 40, № 41, № 43, № 45, № 47, № 53, № 55, № 55А, № 55Б, № 55В, № 55Г, № 55Д, № 55Е, № 55Ж, № 57А, № 57Б, № 57В, № 57Г, № 59, № 59А, № 59Б, № 59В, № 59Г, № 61, № 61А, № 61Б, № 61В, № 61Г, № 61Д, № 61Е, № 61Ж, № 63А, № 63Б, № 63Г, № 65А, № 65Б, № 67, № 67А, № 67Б, № 69, № 69Б, № 69В, № 69Г, № 71, № 71А, № 71Б, № 73, № 73А, № 75, № 77, № 79;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       прилегающие садоводческие коллективы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 17</w:t>
-[...71 lines deleted...]
-      переулок Жагалау, № 3, № 5, № 7, № 9, № 11, № 13, № 15, № 17, № 19, № 21, № 23, № 25, № 27, № 29, № 29А, № 31, № 33, № 35, № 37, № 39, № 39А, № 40, № 41, № 43, № 45, № 47, № 53, № 55, № 55А, № 55Б, № 55В, № 55Г, № 55Д, № 55Е, № 55Ж, № 57А, № 57Б, № 57В, № 57Г, № 59, № 59А, № 59Б, № 59В, № 59Г, № 61, № 61А, № 61Б, № 61В, № 61Г, № 61Д, № 61Е, № 61Ж, № 63А, № 63Б, № 63Г, № 65А, № 65Б, № 67, № 67А, № 67Б, № 69, № 69Б, № 69В, № 69Г, № 71, № 71А, № 71Б, № 73, № 73А, № 75, № 77, № 79;</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, улица Гастелло Н. Ф., № 51, здание коммунального государственного учреждения "Средняя общеобразовательная школа № 5 города Актобе" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: улица Гастелло Н.Ф., № 2, № 4, № 6, № 8, № 10, № 16, № 18, № 20, № 22, № 24, № 26, № 28, № 30, № 32, № 34;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Сарыбұлақ, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 31А, № 31Б, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Оренбургская, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 17, корпус 1, № 17, корпус 2, № 17, корпус 3, № 17, корпус 4, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Авиационная, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 50, № 52, № 54, № 56, № 58, № 60, № 62;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Кустанайская, № 3, № 4, № 5, № 6, № 6А, № 6Б, № 7, № 8, № 9, № 10, № 11, № 12, № 12А, № 13, № 14, № 15, № 15А, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 31, № 33, № 35, № 35А, № 37, № 39, № 41, № 43, № 45, № 47, № 49, № 51, № 53, № 55, № 57, № 59, № 61, № 63, № 63А, № 65, № 67, № 69, № 69А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Нефтяников, № 1, № 2, № 3, № 4, № 5, № 6, № 6А, № 7, № 8, № 8А, № 9, № 10, № 11, № 12, № 12А, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 20А, № 20Б, № 21, № 21В, № 22, № 23, № 23А, № 24, № 24А, № 24Б, № 24В, № 24Г, № 24Д, № 24, корпус 1, № 24, корпус 2, № 24, корпус 3, № 24, корпус 4, № 24, корпус 5, № 24, корпус 6, № 24, корпус 7, № 24, корпус 8, № 24, корпус 9, № 24, корпус 10;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Штурманская, № 7, № 9, № 11, № 13, № 15, № 17, № 19, № 21, № 23, № 25;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переулок Хобдинский, № 2, № 3, корпус 1, № 4, № 6, № 8, № 10, № 12, № 45;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переулок Петропавловский, № 2, № 4, № 5, № 5А, № 6, № 7, № 8, № 9, № 10, № 11, № 13, № 15, № 17, № 19, № 21, № 23;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       прилегающие садоводческие коллективы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 18</w:t>
-[...179 lines deleted...]
-      переулок Петропавловский, № 2, № 4, № 5, № 5А, № 6, № 7, № 8, № 9, № 10, № 11, № 13, № 15, № 17, № 19, № 21, № 23;</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, квартал Авиагородок, № 23А, здание коммунального государственного учреждения "Средняя школа № 29" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: В границах квартала Авиагородок, № 1, № 1А, № 1А корпус 1, № 1Б, № 2, № 3, № 4, № 5, № 6, № 6, корпус 1, № 6, корпус 2, № 7, № 8, № 9, № 9, корпус 1, № 9, корпус 2, № 10, № 11, № 11А, № 11Б, № 11В, № 11Г, № 11Д, № 11Е, № 12, № 13, № 15, № 15А, № 16, № 17, № 18, № 20, № 21, № 21А, № 29, № 29А, № 29Б, № 29Д, № 29Г, № 30, № 30А, № 30Г, № 31, № 32;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дом юношества.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, жилой массив Жарық, жилой массив Новый Ясное, № 99А, здание коммунального государственного учреждения "Школа-гимназия № 41 имени Фаризы Онгарсыновой" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: в границах жилых домов разъезда 41:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Актогай, № 1, № 1А, № 2, № 2А, № 3, № 3Б, № 4, № 4А, № 5, № 5А, № 6, № 6А, № 7, № 7А, № 8, № 8А, № 9, № 10, № 11, № 12, № 13, № 13А, № 14, № 14А, № 15, № 18, № 25, № 26, № 28, № 42, № 44, № 67, № 200, № 201, № 201А, № 204, № 221, № 222, № 223, № 230;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Степная, № 1, № 1А, № 3, № 3А, № 4, № 5, № 5А, № 7, № 9, № 10, № 14А, № 16, № 18Б, № 24, № 80;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Зеленая, № 2, № 3, № 4, № 6, № 8;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Придорожная, № 2, № 4, № 6, № 7, № 8, № 15А, № 17, № 18А, № 24, № 26, № 27, № 35, № 37, № 39, № 42, № 44, № 63, № 75, № 76, № 77, № 80, № 85, № 95, № 100, № 103, № 104, № 105, № 114, № 124, № 131, № 133, № 135, № 140, № 144, № 146, № 146А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Кобыланды батыра, № 1, № 2, № 2А, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 12А, № 12Б, № 13, № 14, № 15, № 16, № 17, № 18, № 20, № 20А, № 21, № 22, № 22А, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 45, № 46, № 48, № 49, № 52, № 53, № 55, № 57, № 58;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      станция Альджан, № 1, № 2, № 3, № 4, № 5, № 7, № 10, № 12, № 17, № 20А, № 21, № 22, № 25, № 26, № 28, № 29А, № 30, № 32, № 39, № 44, № 45, № 48, № 56, ПМС, № 1, № 2, № 3, № 4, ПМС-2 № 1, № 2, № 3, № 4, № 23, № 25, № 27, № 50, РСХТ-1, № 1, СМП-671, № 1, № 2, № 3, № 3А, № 4, № 5,№ 6, № 7, № 8, № 9, № 10, № 11, № 12, № 16, № 17, № 18, № 18А, № 19, № 24, № 28, № 29, № 30, № 34, № 43, № 69, ОПС-6, № 21, № 24, № 25, № 27, № 28, № 29, № 29А, № 31, № 34, № 35,№ 39, № 48, № 49, № 52, ОПС, № 1, № 2, № 3, № 6, № 9, № 10, № 11, коттеджи ПМС, № 24, № 25, № 27, № 28, № 29, № 29А, № 31, № 34, № 35, № 39,№ 48, № 49, № 52, ПМС-69, № 1, № 2, № 3, № 4, № 6, № 7, № 8, № 9, № 10, № 20, № 21, № 24, № 25, № 26, № 28, № 31, № 34, № 35, № 55, № 58;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица М. Атаниязова, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 11А, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 42, № 57;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Актобе су коймасы, № 1, № 2, № 2А, № 3, № 4, № 5, № 16, № 19, № 37;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Курсантское шоссе, № 1, № 102, № 106;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бакалейторг, № 1;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дома Ново-Альджанского элеватора;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участки, № 1, № 2, № 3, № 4, № 4А, № 5, № 6, № 6Б, № 7, № 8, № 9, № 10, № 11, № 12, № 14, № 15А, № 16, № 20, № 21, № 23, № 24, № 25, № 27, № 28, № 29, № 30, № 31, № 31А, № 34, № 35, № 36, № 37, № 38, № 39 № 40, № 41, № 42, № 46, № 47, № 48, № 53, № 54, № 56, № 57, № 58, № 61, № 64, № 65, № 66, № 68, № 69, № 71, № 74, № 84, № 91;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в границах жилых массивов Думан, Парасат.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, улица А. Пушкина, № 68, здание коммунального государственного учреждения "Средняя школа № 12" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: улица Елек, № 74, № 76, № 78, № 84А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Султанмахмута Торайгырова, № 1, № 3, № 5, № 7, № 9, № 11, № 15, № 17, № 19, № 21, № 23, № 25, № 27, № 29, № 31, № 39, № 39А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Островского, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 16А, № 17, № 18, № 19;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Мукагали Макатаева, № 1, № 3, № 5, № 7, № 9, № 11, № 13, № 15, № 17, № 19, № 21, № 23, № 25, № 27, № 29, № 31, № 33, № 35, № 37, № 39, № 41, № 43, № 45, № 47, № 49, № 51, № 53, № 55, № 57, № 59, № 61, № 63, № 65, № 67, № 67А, № 69, № 70А, № 71, № 73, № 75, № 77, № 77А, № 79, № 81, № 83, № 85, № 87, № 89, № 91, № 93, № 95, № 97, № 99, № 101, № 101А, № 103, № 105, № 107, № 109;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Арынова, № 33, № 35, № 37, № 39, № 39А, № 41, № 43, № 45, № 50, № 52, № 54, № 56, № 58, № 60, № 62, № 64, № 66, № 68, № 70, № 72, № 74, № 76, № 78, № 80;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица А. Пушкина, № 51, № 53, № 55, № 57, № 59, № 61, № 63, № 65, № 67, № 69;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Уральская, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 29А, № 30;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Орал, № 2, № 4, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 29А, № 30, № 30А, № 31, № 32, № 33, № 34, № 35, № 36, № 38, № 40, № 42, № 44, № 46, № 48, № 50, № 52, № 54, № 56, № 58, № 58А, № 60, № 62, № 64, № 66, № 68, № 70, № 72, № 74, № 76, № 76А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Изтая Мамбетова, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 34А, № 35, № 36, № 37, № 38, № 39, № 40, № 40А, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 51, № 51А, № 52, № 53, № 54, № 54А, № 55, № 55А, № 56, № 57, № 58, № 59, № 60, № 61, № 61А, № 62, № 63, № 64, № 64А, № 65, № 66, № 67, № 67А, № 68, № 70, № 72, № 74, № 75, № 76, № 78, № 78А, № 80, № 80А, № 82, № 84, № 86, № 88, № 88А, № 90, № 92, № 94, № 94А, № 96, № 98;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Шалгынды, № 1, № 2, № 3, № 4, № 4А, № 5, № 6, № 6А, № 7, № 8, № 9, № 9А, № 10, № 11, № 12, № 13, № 14, № 14А, № 15, № 15А, № 16, № 17, № 17А, № 18, № 19, № 19А, № 20, № 21, № 21А, № 22, № 23, № 24, № 25, № 25А, № 26, № 26А, № 27, № 28А, № 29, № 30, № 30А, № 31, № 32, № 32А, № 33, № 34, № 34А, № 35, № 36, № 36А, № 37, № 38, № 38А, № 38Б, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 47, № 49, № 51, № 53;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Дины Нурпеисовой, № 1, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 12А, № 13, № 13А, № 14, № 15, № 16, № 17, № 17А, № 18, № 19, № 20, № 20А, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 28А, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 39А, № 40, № 41, № 42, № 43, № 44, № 45, № 45А, № 46, № 46А, № 47, № 48, № 49;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Л. Н. Толстого, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 9А, № 10, № 11, № 12, № 13, № 14, № 15, № 15А, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 23А, № 24, № 25, № 26, № 27, № 27А, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 35А, № 36, № 37, № 38, № 39, № 40, № 40А, № 42, № 44, № 46, № 48, № 50, № 52;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени А. Наумова, № 1, № 2, № 2А, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 15А, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 26А, № 27, № 28, № 28А, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 51, № 52, № 53, № 53А, № 54, № 55, № 55А, № 56, № 57, № 58, № 59, № 60, № 61, № 62, № 63, № 64, № 65;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Темирказык, № 1, № 2, № 3, № 4, № 5, № 5А, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 14А, № 15, № 17, № 18, № 19, № 20, № 22, № 24, № 26, № 28, № 30, № 32, № 34, № 36, № 38, № 40, № 40А, № 42, № 44, № 46, № 48, № 50, № 52, № 54, № 56, № 58, № 72;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Арай, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 22;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Каргалинская, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8А, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 21;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Мухтара Ауезова, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 8А, № 9, № 9А, № 10, № 10А, № 11, № 12, № 13, № 13А, № 14, № 14А, № 15, № 16, № 17, № 17А, № 18, № 18А, № 19, № 20, № 20А, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 35А, № 36, № 37, № 38, № 38А, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 49, № 51, № 53, № 55, № 57, № 59, № 61, № 63, № 63А, № 65, № 67, № 69, № 71, № 73, № 75, № 77, № 79, № 81, № 83, № 83А, № 87, № 89, № 91, № 93, № 95, № 97, № 99, № 101, № 103, № 105, № 107, № 109;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переулок Илецкий, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 13;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переулок Колди, № 77, № 77А, № 79, № 81, № 83, № 85, № 87, № 89, № 91, № 107;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переулок Транспортный, № 1, № 2, № 3, № 4, № 5, № 6, № 6А, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 16А, № 17, № 18, № 62А, № 63А, № 64А, № 66, № 67;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переулок Екпинди, № 2, № 4, № 6, № 8, № 10, № 12, № 14, № 14А, № 16, № 18, № 20, № 22, № 24, № 30, № 32, № 34, № 36, № 40, № 40А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Уш таган, № 1, № 2, № 2А, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 10А, № 11, № 12, № 13, № 15, № 17.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, улица Арынова, № 1, здание товарищества с ограниченной отвественностью "Актюбинский многопрофильный колледж АГУ Тарлан"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: улица имени Султанмахмута Торайгырова, № 2, № 4, № 6, № 8, № 10, № 12, № 14, № 16, № 18, № 20, № 22, № 24, № 26, № 28, № 30, № 32, № 34, № 36, № 38, № 40, № 42, № 44;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Касым хана, № 5, № 7, № 9, № 11, № 13, № 15, № 17, № 19, № 21, № 21А, № 23, № 27, № 29, № 31, № 33, № 35, № 37, № 39, № 41, № 43, № 43А, № 45, № 47, № 49, № 51, № 53, № 55, № 57, № 59, № 61;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Арынова, № 1, № 4, № 5, № 5А, № 6, № 7, № 8, № 8А, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 16В, № 17, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 28, № 30, № 31, № 31Б, № 31В, № 31Г, № 32, № 34, № 36, № 38, № 40, № 42, № 44, № 46, № 46А, № 48;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица А. Пушкина, № 1, № 3, № 5, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 24А, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 52, № 54, № 56, № 58, № 60, № 62, № 64, № 66;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Сержана Жаманкулова, № 1, № 3, № 5, № 7, № 9, № 11, № 13, № 15;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Сайыма Балмуканова, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 12А, № 13, № 14, № 15, № 16, № 17, № 17А, № 19, № 19А, № 21, № 23, № 25;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Павлова, № 4, № 5, № 6, № 6А, № 7, № 8, № 9, № 9А, № 10, № 11, № 11А, № 11Б, № 12, № 13, № 14, № 16, № 18, № 20, № 26, № 28, № 30, № 32;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица А. Иманова, № 1, № 2, № 3, № 4, № 4А, № 5, № 6, № 6А, № 6Б, № 6В, № 7, № 8, № 9, № 10, № 11, № 12А, № 13, № 15, № 16, № 16А, № 16Б, № 16В, № 16Г, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 31, № 37, № 39, № 41, № 43, № 45, № 47, № 49, № 51, № 53, № 57, № 59;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Дербисали Беркимбаева, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 51, № 52, № 53, № 54, № 55, № 56, № 57, № 57А, № 58, № 59, № 60, № 61, № 62, № 63, № 65;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Машһур Жусипа Копейулы, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 36А, № 37, № 38, № 38А, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 51, № 52, № 53, № 54, № 55, № 56, № 57, № 58, № 59, № 60, № 61, № 62, № 63, № 64, № 65, № 66, № 67, № 67А, № 68, № 69;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Монке би, № 1, № 2, № 3, № 4, № 5, № 5А, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 45А, № 46, № 47, № 48, № 49, № 50, № 51, № 52, № 53, № 54, № 55, № 56, № 57, № 58, № 59, № 60, № 61, № 62, № 64, № 66, № 68, № 70, № 72;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Мясоедова Григория Павловича, № 1, № 2, № 3, № 4, № 4А, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 26, № 28, № 30;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Елек, № 2, № 2А, № 2В, № 3, № 4, № 5, № 6, № 8, № 9В, № 10, № 10А, № 11, № 11А, № 11Б, № 11В, № 12, № 13, № 13А, № 13Б, № 14, № 16, № 18, № 20, № 22, № 24, № 26, № 28, № 30, № 32, № 34, № 36, № 38, № 40, № 42, № 44, № 46, № 48, № 56, № 56А, № 58, № 60, № 62, № 64, № 66, № 68, № 70, № 72;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переулок Малый, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 10, № 12, № 14;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переулок Орталык, № 1, № 2, № 3, № 3Б, № 4, № 5, № 6, № 7А, № 8, № 10;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переулок Средне-малый, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 12, № 14.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 23</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, улица Сержана Жаманкулова, № 4, корпус 2, здание государственного коммунального казенного предприятия "Ясли-сад № 44 "Тұлпар" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: улица имени Касым хана, № 2, № 4, № 6, № 8, № 10, № 12, № 14, № 16, № 18, № 20, № 22, № 24, № 26, № 28, № 30, № 32, № 32А, № 34, № 36, № 38, № 38А, № 40, № 42, № 42А, № 44, № 44А, № 44Б, № 46, № 48, № 48А, № 50, № 52, № 54, № 56, № 58, № 60, № 62, № 64;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Султанмахмута Торайгырова, № 46, № 48, № 50, № 52, № 54, № 56, № 58, № 60, № 62;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Мясоедова Григория Павловича, № 25, № 27, № 29, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 39А, № 40, № 41, № 42, № 42А, № 44, № 45А, № 46, № 48, № 50, № 52, № 54, № 56, № 58, № 58А, № 60, № 62, № 64, № 66;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Кайрата Рыскулбекова, № 1, № 3, № 5, № 7, № 9, № 11, № 13, № 15, № 17, № 19, № 21, № 23, № 25, № 27, № 27А, № 29, № 31, № 33, № 35, № 49, № 51, № 55, № 57, № 59, № 61;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Монке би, № 63, № 65, № 67, № 69, № 71, № 73, № 74, № 75, № 76, № 77, № 78, № 79, № 80, № 81, № 82, № 83, № 84, № 85, № 86, № 87, № 88, № 89, № 90, № 91, № 92, № 93, № 95, № 97;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Дербисали Беркимбаева, № 64, № 66, № 67, № 68, № 69, № 70, № 71, № 72, № 73, № 74, № 75, № 76, № 77, № 78, № 79, № 80, № 81, № 82, № 84, № 86, № 88, № 90, № 92, № 94;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица А.Иманова, № 30, № 32, № 34, № 36, № 38, № 40, № 42, № 44, № 46, № 48, № 50, № 52, № 54, № 56, № 58, № 60, № 62, № 63, № 64, № 65, № 66, № 67, № 68, № 69, № 70, № 71, № 72, № 73, № 74, № 75, № 77, № 79, № 81, № 83, № 85, № 87, № 89;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Сакена Сейфуллина, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 13А, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 24А, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Сайыма Балмуканова, № 26, № 27, № 28, № 28А, № 29, № 30, № 31, № 31А, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 47А, № 48, № 49, № 50, № 51, № 52, № 53, № 54, № 55, № 56, № 56А, № 57, № 58, № 59, № 60, № 61, № 62, № 63, № 64, № 65, № 66, № 67, № 68, № 69, № 70, № 72;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Сержана Жаманкулова, № 2, № 2/2, № 2/3, № 2А, № 2Б, № 2В, № 2Д, № 2Г, № 2Е, № 2К, № 4, № 4, корпус 1, № 4, корпус 2, № 4Г, № 6, № 6, корпус 1, № 6А, № 6В, № 8, № 8Б, № 8Г, № 19, № 21, № 23, № 25, № 27, № 27А, № 29, № 31, № 33, № 35, № 37, № 37А, № 39, № 41, № 41Б, № 43, № 44Б, № 45, № 45А, № 47, № 49, № 51, № 53, № 55, № 57, № 59, № 61, № 63, № 63А, № 63Б, № 65, № 67, № 69;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Павлова, № 15, № 17, № 19, № 21, № 23, № 25, № 27, № 29, № 31, № 33, № 34, № 34А, № 35, № 36, № 37, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 51, № 52, № 52А, № 53, № 54, № 55, № 56, № 57, № 58, № 59, № 60, № 61, № 62, № 63, № 64, № 65, № 66, № 68, № 68А, № 70, № 72, № 74, № 76;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Черепанова Михаила Ефимовича, № 1, № 2, № 3, № 4, № 5, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 23А, № 24, № 25, № 26, № 27, № 27А, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 35А, № 36, № 37, № 38, № 39, № 39А, № 39Б, № 40, № 41, № 43, № 43А, № 44, № 45, № 46, № 46А, № 46Б, № 47, № 48, № 49, № 50, № 51, № 52, № 53, № 54, № 55, № 56, № 57, № 58, № 59, № 60, № 61, № 62, № 63, № 64, № 65, № 67;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Хиуаз Доспановой, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 9А, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 51А, № 55, № 57, № 59, № 61, № 63, № 65, № 67, № 69, № 71, № 73, № 75, № 77;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Машһур Жусипа Копейулы, № 71, № 73, № 75, № 77;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      железнодорожные дома, № 38, № 39, № 40, № 41, № 42, № 53.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 24</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, улица имени Дербисали Беркимбаева, № 91, здание коммунального государственного учреждения "Казахская средняя общеобразовательная школа № 33" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: улица Мади Бапиулы, № 1, № 3, № 5, № 7, № 9, № 11, № 13, № 19, № 27, № 29, № 31, № 33, № 33А, № 35, № 37, № 39, № 41;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Дербисали Беркимбаева, № 93, № 95, № 97, № 99, № 101, № 103, № 105, № 107, № 135, № 137, № 139, № 141, № 143, № 145, № 147, № 149, № 151, № 153;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Вокзальная, № 30, № 32, № 34, № 36, № 38, № 39, № 40, № 41, № 42, № 46, № 47, № 48, № 49, № 50, № 52, № 53, № 56, № 58, № 61, № 63, № 64, № 67, № 68, № 69, № 70, № 71, № 72, № 73, № 75, № 76, № 77, № 77А, № 77Б, № 77В, № 78, № 79, № 80, № 81А, № 84, № 86, № 92А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Машһур Жусипа Копейулы, № 72, № 74, № 76, № 78, № 80, № 81, № 82, № 83, № 83А, № 84, № 85, № 86, № 87, № 88, № 89, № 89А, № 90, № 91, № 91А, № 92, № 92А, № 93, № 94, № 97, № 99, № 101, № 103, № 105, № 105А, № 107, № 109, № 111, № 113, № 115, № 117, № 119, № 121, № 123, № 125, № 127, № 129, № 131, № 133, № 135, № 137, № 138, № 139, № 140, № 141, № 142, № 143, № 144, № 145, № 146, № 147, № 148, № 148А, № 149, № 150, № 151, № 152, № 153, № 153А, № 155, № 155А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица И. Билтабанова, № 33, № 35, № 37, № 39, № 41, № 45, № 46, № 48, № 49, № 50, № 52, № 53, № 54, № 56, № 57, № 58, № 59, № 60, № 61, № 62, № 63, № 64, № 66, № 67, № 68, № 69, № 71, № 72, № 74, № 75, № 76, № 78, № 79, № 80, № 81, № 82, № 83, № 85, № 84, № 86, № 87, № 88, № 89, № 89А, № 90, № 91, № 92, № 93, № 94, № 95, № 96, № 98, № 100, № 102, № 104, № 106, № 108, № 108А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Кайрата Рыскулбекова, № 40, № 42, № 44, № 46, № 50, № 52, № 54, № 56, № 62, № 64, № 66, № 68, № 70, № 70А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Мукагали Макатаева, № 4, № 4А, № 6, № 8, № 10, № 12, № 14, № 16, № 18, № 20, № 22, № 24, № 24А, № 24Б;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Бактыбай батыра, № 38, № 39, № 40, № 41, № 43, № 44, № 45, № 46, № 48, № 49, № 50, № 51, № 52, № 54, № 55, № 57, № 58, № 59, № 60, № 61, № 62, № 63, № 64, № 65, № 66, № 67, № 68, № 70, № 71, № 72, № 73, № 74, № 75, № 76, № 77, № 78, № 79, № 80, № 81, № 82, № 83, № 84, № 85, № 86, № 87, № 87А, № 88, № 88А, № 88Б, № 89, № 90, № 90А, № 91, № 92, № 92А, № 93, № 94, № 94А, № 96, № 96, корпус 1, № 96, корпус 2, № 96, корпус 3, № 96, корпус 4, № 96, корпус 5, № 96, корпус 6, № 96, корпус 7, № 98, № 98А, № 98Б;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Ажибай бия, № 35, № 36, № 37, № 38, № 39, № 40, № 42, № 43, № 45, № 46, № 48, № 49, № 50, № 51, № 55, № 56, № 57, № 58, № 58А, № 60, № 61, № 61А, № 63, № 64, № 66, № 68, № 74, № 76, № 78, № 80, № 82, № 84;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Монке би, № 96, № 98, № 98А, № 100, № 101, № 102, № 103, № 104, № 105, № 106, № 107, № 108, № 109, № 110, № 111, № 112, № 113, № 114, № 115, № 116, № 117, № 118, № 119, № 120, № 121, № 122, № 122А, № 123, № 124, № 125, № 126, № 127, № 128, № 130, № 132, № 133, № 134, № 135, № 136, № 137, № 138, № 139, № 140, № 141, № 142, № 143, № 144, № 145, № 146, № 147, № 148, № 149, № 150, № 151, № 152, № 153, № 154, № 155, № 156, № 157, № 158, № 159, № 160, № 161, № 162, № 163, № 164, № 164А, № 165, № 166, № 166А, № 167, № 168, № 169, № 170, № 171, № 172;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Мясоедова Григория Павловича, № 49, № 51, № 53, № 53А, № 55, № 55А, № 57, № 59, № 59А, № 61, № 61А, № 63, № 65, № 67, № 68, № 69, № 70, № 72, № 73, № 74, № 75, № 76, № 77, № 77А, № 78, № 79, № 80, № 81, № 81А, № 82, № 82А, № 83, № 84, № 86, № 87, № 88, № 89, № 90, № 91, № 92, № 93, № 94, № 95, № 96, № 97, № 98, № 99, № 100, № 101, № 101А, № 102, № 103, № 104, № 105, № 106, № 106А, № 107, № 107А, № 108, № 109, № 109А, № 110, № 111, № 112, № 114, № 116, № 118, № 120, № 122, № 124А, № 126, № 128, № 130, № 132, № 134, № 136, № 138, № 138А, № 140;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Султанмахмута Торайгырова, № 41, № 43, № 45, № 47, № 49, № 51, № 53, № 55, № 57, № 59, № 61, № 63, № 65, № 66, № 67, № 68, № 69, № 69А, № 70, № 70А, № 71, № 71А, № 72, № 72А, № 73, № 74, № 74А, № 74Б, № 75, № 76, № 77, № 78, № 79, № 80, № 81, № 81А, № 82, № 83, № 84, № 85, № 86, № 86А, № 87, № 88, № 89, № 90, № 91, № 92, № 93, № 94, № 95, № 97, № 98, № 99, № 100, № 101, № 102, № 103, № 104, № 105, № 108, № 110, № 112, № 114, № 114А, № 116, № 118, № 122, № 124, № 126, № 128, № 130, № 132, № 132А, № 134, № 136, № 138, № 140, № 142;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Алтай батыра, № 1, № 2, № 3, № 4, № 5, № 6, № 6А, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 22А, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 50А, № 51, № 52, № 52А, № 53, № 54, № 55, № 56, № 57, № 58, № 59, № 60, № 61, № 62, № 63, № 64, № 65, № 66, № 68, № 72, № 74, № 74/1;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица А. Чехова, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 39А, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 51, № 52, № 52А, № 53, № 54, № 54А, № 55, № 56, № 57, № 58, № 60, № 62, № 64;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Красина, № 1, № 1А, № 1В, № 1Б, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 31, № 33, № 34, № 35, № 36, № 37, № 37А, № 38, № 38А, № 39, № 39А, № 40, № 41, № 41А, № 42, № 44, № 46, № 48, № 50, № 52, № 54.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 25</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, улица Сержана Жаманкулова, № 14, здание "Филиал ремпассажирвагон-2" акционерного общества "Алматинский вагоноремонтный завод".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: улица имени Кайрата Рыскулбекова, № 2, № 4, № 6, № 8, № 10, № 12, № 16, № 18, № 20, № 22, № 24, № 26, № 28, № 34, № 36;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Дербисали Беркимбаева, № 96, № 98, № 100, № 102, № 104, № 106, № 108, № 109, № 110, № 111, № 111А, № 112, № 113, № 114, № 115, № 116, № 116А, № 117, № 118, № 119, № 121, № 122, № 122А, № 123, № 124, № 124А, № 125, № 125А, № 126, № 127, № 128, № 129, № 129А, № 130, № 131, № 132, № 133, № 134, № 136, № 138, № 140, № 142, № 144, № 146, № 148;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица И. Билтабанова, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 29, № 31, № 34, № 36, № 38, № 40, № 42, № 44;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Машһур Жусипа Копейулы, № 96, № 98, № 100, № 102, № 104, № 104А, № 106, № 108, № 110, № 112, № 114, № 116, № 118, № 120, № 122, № 124, № 126, № 128, № 130, № 132, № 134, № 134А, № 136;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Вокзальная, № 1, № 3, № 5, № 7, № 9, № 11, № 13, № 15, № 17, № 19, № 23, № 25, № 29, № 31, № 33, № 35, № 37;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Сержана Жаманкулова, № 12, № 14, № 20, № 88;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Сайыма Балмуканова, № 71, № 73, № 74, № 75, № 75А, № 76, № 76А, № 76Б, № 76В, № 77, № 78, № 79, № 80, № 81, № 81А, № 82, № 83, № 84, № 85, № 86, № 87, № 88, № 89, № 89А, № 90, № 91, № 92, № 93, № 94, № 95, № 96, № 97, № 98, № 99, № 100, № 101, № 102, № 103, № 104, № 104А, № 105, № 106, № 108, № 109, № 110, № 112, № 113, № 114, № 115, № 116, № 117, № 119, № 120, № 121, № 121А, № 122, № 123, № 124, № 125, № 126, № 127, № 127А, № 129;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Павлова, № 67, № 69, № 71, № 73, № 75, № 77, № 78, № 79, № 80, № 81, № 82, № 82А, № 83, № 84, № 85, № 85А, № 86, № 87, № 88, № 89, № 90, № 91, № 92, № 93, № 94, № 95, № 96, № 97, № 98, № 99, № 99А, № 100, № 101, № 102, № 103, № 104, № 105, № 105А, № 106, № 107, № 108, № 109, № 110, № 111, № 112, № 112А, № 113, № 113А, № 114, № 115, № 116, № 117, № 118, № 119, № 120, № 121, № 122, № 123, № 124, № 125, № 126, № 127,№ 128, № 130, № 132, № 134, № 134А, № 136, № 136А, № 136Б, № 138, № 140, № 142, № 144, № 146;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Сакена Сейфуллина, № 50, № 51, № 52, № 53, № 54, № 55, № 56, № 57, № 57А, № 58, № 59, № 60, № 61, № 61А, № 62, № 64, № 65, № 66, № 67, № 68, № 69, № 70, № 71, № 72, № 72А, № 73, № 74, № 75, № 76, № 77, № 78, № 79, № 80, № 81, № 81А, № 82, № 83, № 83А, № 84, № 85, № 86, № 87, № 88, № 89, № 90, № 91, № 92, № 93, № 94, № 95, № 96, № 97, № 98, № 99, № 100, № 101, № 102, № 103, № 104, № 105, № 106, № 107, № 108, № 109, № 110, № 111, № 112, № 113, № 114, № 115, № 116, № 118, № 119, № 120, № 121, № 122, № 124;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица А. Иманова, № 76, № 78, № 80, № 82, № 84, № 86, № 88, № 90, № 92, № 94, № 95, № 95, корпус 2, № 95А, № 96, № 97, № 97, корпус 2, № 98, № 99, № 100, № 101, № 102, № 103, № 104, № 105, № 106, № 107, № 108, № 109, № 110, № 111, № 112, № 113, № 115, № 116, № 117, № 118, № 120, № 121, № 122, № 123, № 124, № 124А, № 125, № 126, № 127, № 128, № 129, № 131, № 132, № 133, № 134, № 135, № 137, № 138, № 139, № 140, № 141, № 142, № 143, № 144, № 145, № 146, № 147, № 147Б, № 148, № 149А, № 150;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Бактыбай батыра, № 1, № 2, № 3, № 4, № 5, № 6, № 6А, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 14А, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Ажибай бия, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 32, № 34.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 26</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, улица Станционная, № 1/1, здание филиала "Актюбинское локомотиворемонтное депо" товарищества с ограниченной ответственностью "Қамқор Локомотив".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: улица Әз Наурыз, № 33, № 35, № 41, № 43;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Станционная, № 1, № 3, № 5А, № 5, № 7, № 9, № 11, № 13, № 15, № 17, № 19, № 19/1, № 21, № 23, № 25, № 29, № 31, № 33;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Вокзальная, № 2, № 4, № 6, № 8, № 10, № 12, № 14, № 14А, № 16, № 16А, № 18, № 20, № 22, № 22А, № 24, № 26, № 28;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Дербисали Беркимбаева, № 150, № 152, № 156, № 158, № 160, № 162, № 164, № 166, № 168, № 170, № 170А, № 172, № 174, № 176, № 178;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Рабиги Сыздык, № 1, № 3, № 5, № 7, № 9, № 11, № 13, № 15, № 17, № 19, № 19А, № 21, № 23, № 23А, № 25, № 27, № 29, № 29А, № 31, № 33, № 35, № 39, № 41, № 43, № 45, № 45А, № 47, № 49, № 51, № 51А, № 53;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Мади Бапиулы, № 2, № 4, № 6, № 8, № 10, № 12, № 14, № 14А, № 16, № 22, № 24, № 26, № 28, № 30, № 32, № 32А, № 34, № 36, № 38, № 38А, № 40, № 42, № 42А, № 42Б, № 44, № 44А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Сайыма Балмуканова, № 128, № 130, № 131, № 132, № 133, № 134, № 135, № 136, № 137, № 137А, № 138, № 139, № 140, № 141, № 141А, № 142, № 143, № 144, № 145, № 146, № 147, № 148, № 149, № 150, № 151, № 152, № 153, № 153А, № 154, № 155, № 156, № 157, № 157А, № 158, № 159, № 160, № 161, № 162, № 163, № 163А, № 164, № 165, № 166, № 167, № 168, № 169, № 170, № 171, № 172, № 173, № 174, № 175, № 176, № 177, № 178, № 179, № 179А, № 180, № 181, № 181А, № 182;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Павлова, № 129, № 131, № 133, № 135, № 137, № 139, № 141, № 143, № 145, № 147, № 148, № 150, № 150А, № 152, № 152А, № 154, № 156, № 157А, № 158, № 158А, № 158В, № 160, № 162, № 164, № 166, № 168;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица А. Иманова, № 151, № 152, № 153, № 154, № 155, № 155А, № 156, № 157, № 157А, № 158, № 159, № 160, № 160А, № 161, № 162, № 163, № 164, № 164А, № 165, № 166, № 167, № 168, № 168А, № 169, № 170, № 171, № 172, № 172А, № 173, № 174, № 175, № 176, № 178, № 180, № 182, № 184, № 186, № 188, № 188А, № 190, № 192, № 192А, № 196, № 198;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Мясоедова Григория Павловича, № 113, № 115, № 117, № 119, № 121, № 123, № 125, № 127, № 127А, № 129, № 131, № 133, № 135, № 135А, № 137, № 139, № 141, № 142, № 142А, № 143, № 144, № 145, № 146, № 147, № 148, № 149, № 150, № 150А, № 151, № 152, № 153, № 154, № 156, № 158, № 158А, № 160, № 162, № 164, № 166, № 168, № 170, № 172, № 174;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Султанмахмута Торайгырова, № 107, № 109, № 111, № 113, № 113А, № 115, № 115А, № 117, № 119, № 121, № 123, № 125, № 127, № 129, № 131, № 133, № 135, № 137, № 139, № 141, № 143, № 145, № 146, № 147, № 148, № 150, № 150А, № 152, № 154, № 156, № 158, № 158А, № 160, № 162, № 164, № 166, № 168, № 170, № 172, № 174, № 176, № 178, № 180;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Алтай батыра, № 67, № 67А, № 69, № 69А, № 71, № 73, № 75, № 76, № 77, № 78, № 79, № 80, № 81, № 82, № 83, № 84, № 85, № 86, № 87, № 88, № 89, № 90, № 91, № 92, № 93, № 94, № 95, № 96, № 97, № 98, № 99, № 100, № 101, № 102, № 104, № 106, № 108, № 110, № 112, № 114, № 116;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переулок Морозова, № 1, № 2, № 3, № 4, № 5, № 6, № 6А, № 7, № 8, № 9, № 9А, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 22, № 24, № 26;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Н. Баумана, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 10А, № 11, № 12, № 13, № 14, № 15, № 16, № 18, № 18А, № 20, № 20А, № 22, № 22А, № 24, № 26, № 30А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Зои Космедемьянской, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 32, № 34, № 36, № 38, № 38А, № 40, № 42, № 44;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица И. А. Крылова, № 1, № 1А, № 2, № 3, № 4, № 5, № 5А, № 6, № 6А, № 7, № 8, № 9, № 10, № 11, № 11А, № 11Б, № 12, № 13, № 13А, № 14, № 15, № 15А, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 40, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 51, № 54;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Актау, № 1, № 2, № 3, № 4, № 5, № 6, № 6А, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 13А, № 14, № 14А, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 25А, № 26, № 27, № 28, № 29, № 30, № 30А, № 31, № 32, № 32А, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 51, № 52, № 53, № 54, № 55, № 56, № 56А, № 57, № 58, № 59, № 60, № 61, № 62;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Менделеева, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 7А, № 8, № 9, № 9А, № 9Б, № 10, № 11, № 11А, № 12, № 13, № 13А, № 13Б, № 14, № 15, № 15А, № 16, № 17, № 17А, № 18, № 19, № 19А, № 20, № 20А, № 21, № 22, № 23, № 24, № 25, № 26, № 26А, № 27, № 28, № 28А, № 29, № 30, № 31, № 31А, № 32, № 33, № 34, № 34А, № 35, № 36, № 37, № 38, № 39, № 39А, № 40, № 41, № 41А, № 42, № 43, № 44, № 44А, № 45, № 46, № 47, № 48, № 49, № 50, № 51, № 52;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переулок Московский, № 153А, № 155А, № 157А, № 159А, № 161А, № 163А, № 165А, № 167А, № 169А, № 171А, № 171Б.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 27</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, микрорайон 11, улица имени Н. Шайкенова, № 15, здание коммунального государственного учреждения "Средняя школа-гимназия № 9" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: микрорайон 11, № 52;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Әз Наурыз, № 28 (микрорайон 11, № 44);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Н. Шайкенова, № 21 (микрорайон 11, № 47), № 17 (микрорайон 11, № 51);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переулок Алыс, № 1, № 2, № 2Б, № 3, № 4, № 4А, № 5, № 6, № 9, № 11, № 12, № 13Б, № 14, № 16, № 18, № 19, № 20, № 22, № 25;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Локомотивная, № 1, № 2, № 3, № 3А, № 4, № 4А, № 5, № 6, № 8, № 8А, № 9, № 10, № 10А, № 11, № 11А, № 12, № 12А, № 13, № 13А, № 13Б, № 14, № 14А, № 15, № 16, № 17, № 17А, № 17Б, № 17В, № 18А, № 19, № 19А, № 19Б, № 21;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Айголек, № 1, № 1А, № 2, № 3, № 3А, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, микрорайон 11, № 145, здание коммунального государственного учреждения "Средняя школа № 35 имени Халела Досмухамедулы" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: микрорайон 11, № 85, № 85А, № 85В, № 92, № 97, № 98, № 99, № 101;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Н. Шайкенова, № 6, № 8 (микрорайон 11, № 87), № 10 (микрорайон 11, № 88), № 12 (микрорайон 11, № 89), № 16 (микрорайон 11, № 94), № 18 (микрорайон 11, № 95), № 20 (микрорайон 11, № 96);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Әз Наурыз, № 32 (микрорайон 11, № 100);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Локомотивная, № 7 (жилой комплекс "Фаворит").</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 29</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, микрорайон 11, № 74А, здание коммунального государственного учреждения "Гимназия № 32 имени М. Курмангалиевой" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: микрорайон 11, № 103, № 105, № 106, № 110, № 111, № 112, № 112А/1, № 112Б, № 112В, № 114, № 115, № 144А, корпус 1, № 144А, корпус 2, № 144А, корпус 3, № 144Б, корпус 1, № 144Б, корпус 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 30</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, жилой массив Кирпичный, улица Роза Бағланова, № 5, здание коммунального государственного учреждения "Средняя школа № 18" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: улица Кирпичная, № 1, № 1А, № 1В, № 1Г, № 2, № 2А, № 2Б, № 2В, № 2, корпус 1, № 2, корпус 2, № 2, корпус 3, № 2, корпус 4, № 3, № 3В, № 4, № 4Б, № 4/1, № 5, № 5А, № 5Б, № 6, № 7, № 7В, № 8, № 9, № 9Б, № 10, № 10А, № 11, № 12, № 12А, № 12Б, № 13/1, № 14, № 14Г, № 14/3, № 16, № 16А, № 16В, № 16, корпус 1, № 18, № 20, № 23, № 25, № 26, № 27, № 28, № 28А, № 28Б, № 29, № 29В, № 30, № 30/1, № 30А, № 30Б, № 31, № 32, № 32А, № 33, № 34, № 34А, № 34Б, № 35, № 35Б, № 36, № 37, № 38, № 39, № 40, № 41, № 41А, № 41Б, № 42, № 42Б, № 43, № 44, № 47, № 49, № 50, № 51, № 52, № 53, № 54, № 57, № 58, № 59, № 64, № 66, № 67, № 71, № 74, № 153;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Акжарская, № 1, № 1А, № 1Б, № 1Д, № 3, № 3А, № 3/1,2, № 4, № 4/1,2, № 4А, № 4В, № 4Г, № 5, № 5/1,2, № 5Е, № 6, № 6/1,2, № 7, № 7/1,2,3, № 8, № 8/1,2,3,4, № 9, № 9/1,2,3, № 10, № 11, № 12, № 12А, № 13, № 14, № 15, № 15А, № 16, № 17, № 18А, № 19, № 19А, № 19Б, № 19В, № 23, № 24, № 25, № 27, № 29, № 47А, № 47В, № 56, № 58, № 58А, № 60;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Колтабан, № 1, № 1А, № 1Б, № 1В, № 1Г, № 1Д, № 2, № 2А, № 2Б, № 2В, № 3, № 3А, № 3Б, № 3В, № 4, № 5, № 6, № 7, № 8, № 10, № 11, № 11А, № 12, № 13, № 14, № 16, № 18, № 20, № 21, № 22, № 24, № 24А, № 24Б, № 24В, № 26, № 28, № 30, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 40, № 41, № 42, № 43, № 44, № 44А, № 45, № 45А, № 46, № 46А, № 47, № 47А, № 48, № 49, № 49А, № 49Б, № 50, № 51, № 52, № 54, № 56, № 56А, № 56Б, № 58, № 58А, № 58Б, № 61, № 67;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Бухар жырау, № 1, № 1А, № 2, № 2А, № 2И, № 3, № 3/2, № 3/3, № 4, № 4А, № 4Б, № 4Г, № 5, № 5А, № 6, № 7, № 8, № 10, № 10А, № 11, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 22А, № 23, № 24, № 24А, № 25, № 26, № 27, № 29, № 30, № 31, № 32, № 33, № 34А, № 34Б, № 35, № 36, № 37, № 39, № 41, № 43, № 45, № 47, № 47А, № 49А, № 53, № 54, № 55, № 59, № 59А, № 61, № 63;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Солтустик, № 1, № 2, № 2А, № 2Б, № 2В, № 3, № 4, № 4А, № 4В, № 5, № 6, № 7, № 8, № 9, № 9А, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 21А, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 42, № 55, № 57;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Барак, № 28, № 29, № 30, № 31, № 32, № 34, № 35, № 35А, № 39, № 40;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Аяккум, № 1, № 2, № 2А, № 3, № 3А, № 4, № 4А, № 7А, № 10, № 10А, № 11Б, № 15, № 28, № 28А, № 28Б, № 29, № 30, № 32, № 32А, № 34, № 35А, № 39, № 40;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участки жилого массива Кирпичный, № 1, № 1Б, № 1В, № 2, № 2Б, № 2В, № 3, № 3А, № 4А, № 4В, № 5, № 5Б, № 6, № 7Е, № 8, № 9Б, № 10, № 11, № 12А, № 14, № 14/1, № 15, № 15/5, № 15/8, № 16, № 17, № 18, № 20, № 20А, № 21, № 21А, № 22, № 26, № 28, № 28Б, № 29, № 29А, № 29Б, № 30, № 31, № 32, № 35, № 35А, № 35Б, № 36, № 37, № 38, № 38Б, № 39, № 39А, № Г, № 39В, № 40, № 40Б, № 41, № 41А, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 51, № 51А, № 52, № 53, № 54, № 55, № 56, № 57, № 59, № 61А, № 62, № 63, № 64, № 65, № 65А, № 65Б, № 66, № 67, № 68, № 69, № 70, № 70А, № 70Б, № 72, № 72А, № 73, № 76, № 76А, № 77, № 77, корпус 1, № 78, № 79А, № 81, № 82, № 83, № 84, № 85, № 95, № 119, № 120, № 136, № 144, № 183, № 201, № 367, № 377, № 388К, № 388М, № 388Р, № 388Т, № 388Ф, № 389, № 389П, № 389С, № 389У, № 389Ф, № 390, № 391В, № 391Г, № 391К, № 396, № 397;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       прилегающие садоводческие коллективы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 19</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 31</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, улица Т. Рыскулова, № 8А, здание коммунального государственного учреждения "Средняя общеобразовательная школа № 40" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: улица Отегена Турмагамбетова, № 34, корпус 1, № 36, корпус 1, № 36, корпус 2, № 36, корпус 3;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Т. Рыскулова, № 10, № 12, № 12, корпус 1, № 14, № 14, корпус1(А), № 16, № 16, корпус 1, № 16, корпус 2, № 18, № 18А, № 18, корпус 1, № 18, корпус 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 32</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, улица Т. Рыскулова, № 8А, здание коммунального государственного учреждения "Средняя общеобразовательная школа № 40" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: квартал СМП-555, № 1, № 1А, № 2, № 3, № 4, № 4А, № 4Б, № 5, № 5А, № 7, № 7А, № 8, № 9, № 10, № 10А, № 10Б, № 12, № 14, № 14А, № 14Б, № 15, № 16, № 17, № 18, № 18А и остальные жилые дома;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Т. Рыскулова, № 2, № 4, корпус 2, № 4, корпус 3;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица А. Чекалина, № 30, № 32, корпус 1, № 34, № 36, № 36А, № 36Б, № 38, № 38А, № 40, № 40А, № 42А, № 44А, № 44Б;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Олега Кошевого, № 105, корпус 1, № 105, корпус 2, № 105, корпус 3, № 109, № 113, № 113, корпус 1, № 113, корпус 2, № 115. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 33</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, проспект Бейбітшілік, № 47, здание коммунального государственного учреждения "Средняя школа № 26" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: улица Т.Рыскулова, № 20, № 57А, № 59, № 59А, № 59Б, № 59В, № 67, № 67А, № 67Б, № 69, № 71, № 73, № 75, № 77, № 79, № 81, № 83, № 85, № 87, № 89, № 91, № 93;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проспект Бейбітшілік, № 47, № 49, № 49Б, № 59;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Братьев Жубановых, № 41, № 43, № 45, № 47, № 48, № 49, № 50, № 51, № 52, № 53, № 54, № 55, № 56, № 57, № 58, № 59, № 60, № 61, № 62, № 62А, № 63, № 64, № 65, № 66, № 67, № 68, № 69, № 70, № 71, № 72, № 73, № 74, № 75, № 76, № 77, № 78, № 79, № 80, № 81, № 82, № 82А, № 83, № 84, № 85, № 86, № 86А, № 87, № 88, № 89, № 90, № 91, № 92, № 94, № 96, № 98, № 100, № 102, № 104;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Наби Жаксыбаева, № 48, № 48А, № 50, № 51, № 52, № 53, № 54, № 55, № 56, № 57, № 58, № 59, № 60, № 61, № 62, № 63, № 64, № 65, № 66, № 67, № 68, № 69, № 70, № 71, № 72, № 73, № 74, № 75, № 77, № 79, № 81, № 83, № 85, № 87, № 89, № 91, № 93, № 95, № 97, № 99, № 101, № 103, № 105;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Казангапа, № 46, № 46А, № 48, № 50, № 52, № 54, № 56, № 57, № 57В, № 58, № 59, № 61, № 63;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Габита Мусирепова, № 50, № 52, № 54, № 55, № 55А, № 56, № 57, № 58, № 59, № 60, № 61, № 62, № 63, № 64, № 65, № 66, № 67, № 68, № 69, № 70, № 71, № 72, № 73, № 74, № 75, № 75А, № 76, № 77, № 78, № 79, № 80, № 81, № 82, № 83, № 84, № 85, № 86, № 87, № 88, № 89, № 90, № 91, № 92, № 93, № 94, № 96, № 98, № 100;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Актюбинская, № 47, № 47, корпус 2, № 47А, № 49, № 51, № 53, № 55, № 57, № 59, № 62, № 64, № 66, № 68, № 70, № 72, № 74, № 76, № 78, № 80, № 82, № 84, № 86, № 88, № 90, № 92, № 94, № 96, № 98;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Отегена Турмагамбетова, № 2, № 4, № 6, № 8, № 10, № 12, № 14, № 18, № 20, № 22, № 24, № 26, № 30;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица П. И. Чайковского, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 51, № 52, № 53, № 54.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 34</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, проспект Бейбітшілік, № 47, здание коммунального государственного учреждения "Средняя школа № 26" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: улица Чернышевского, № 105, № 107, № 107, корпус 1;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Олега Кошевого, № 83, № 85, № 87, № 88, № 89, № 90, № 91, № 94, № 96, № 97, № 97А, № 99, № 101;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Казангапа, № 8, № 10, № 12, № 14, № 16, № 18, № 20, № 22, № 24, № 26, № 28, № 30, № 32, № 34, № 36, № 38, № 40, № 42, № 44;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проспект Бейбітшілік, № 42, № 44, № 46, № 48, № 50, № 52, № 54, № 56, № 58, № 60, № 62, № 64;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица П. И. Чайковского, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Актюбинская, № 5, № 7, № 9, № 11, № 13, № 15, № 16, № 17, № 17А, № 18, № 19, № 20, № 20А, № 21, № 22, № 23, № 24, № 24А, № 25, № 25А, № 26, № 27, № 28, № 29, № 30, № 31, № 31А, № 32, № 33, № 34, № 35, № 36, № 37, № 37А, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 45А, № 46, № 48, № 50, № 50А, № 52, № 54, № 56, № 58, № 60;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Братьев Жубановых, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 8А, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 17А, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 31А, № 32, № 33, № 34, № 35, № 36, № 36А, № 37, № 38, № 39, № 40, № 40А, № 42, № 44, № 46, № 46А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Наби Жаксыбаева, № 1, № 1А, № 2, № 2А, № 2Б, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 20А, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 32А, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 49;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Габита Мусирепова, № 8, № 10, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 51, № 53;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица А. Чекалина, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 21А, № 22, № 23, № 24, № 24А, № 25, № 26, № 27, № 29, № 30Б;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Т. Рыскулова, № 3, № 4, № 4/1, № 7, № 9, № 11, № 13, № 15, № 17, № 19, № 21, № 23, № 25, № 27, № 29, № 31, № 33, № 35, № 37, № 37А, № 39, № 41, № 43, № 45, № 49, № 51, № 53, № 55, № 57, № 57А.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 35</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, улица Ватутина, № 1, здание государственного казҰнного коммунального предприятия "Актюбинский строительно-технический колледж" государственного учреждения "Управление образования Актюбинской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: проспект Жеңіс, № 2, № 2А, № 4, № 6, № 10, № 12, № 14;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проспект Бейбітшілік, № 34, № 36;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Казангапа, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 9, № 11, № 13, № 15, № 17, № 19, № 21, № 23, № 25, № 27, № 29, № 31, № 33, № 35, № 37, № 39, № 41, № 43, № 45, № 47, № 49, № 51, № 53;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Актюбинская, № 1, № 2, № 3, № 3А, № 4, № 6, № 8, № 10, № 12, № 14;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Габита Мусирепова, № 1, № 2, № 3, № 5, № 7, № 9, № 11;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Чернышевского, № 41, № 41А, № 41Б, № 43, № 43А, № 45, № 45А, № 47, № 49, № 51, № 53, № 55, № 55А, № 57, № 59, № 61, № 61А, № 63, № 65, № 67, № 69, № 69А, № 71, № 72, № 73, № 73А, № 74, № 75, № 77, № 78, № 79, № 80, № 81, № 82, № 83, № 84, № 85, № 86, № 87, № 88, № 89, № 90, № 91, № 92, № 93, № 94, № 95, № 95А, № 96, № 97, № 97/1, № 98, № 100, № 102, № 104, № 106, № 108, № 110, № 112, № 114, № 116, № 118, № 120, № 122, № 124, № 126, № 128, № 130, № 132, № 132А, № 134, № 134А, № 136, № 136А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Олега Кошевого, № 32, № 32А, № 33, № 33А, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 40А, № 41, № 41А, № 42, № 43, № 43А, № 43Б, № 43В, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 51, № 52, № 53, № 54, № 54А, № 55, № 56, № 57, № 58, № 59, № 60, № 61, № 61А, № 62, № 63, № 64, № 65, № 66, № 67, № 67А, № 68, № 69, № 69А, № 70, № 71, № 72, № 73, № 73А, № 74, № 75, № 75А, № 77, № 77А, № 78, № 79, № 80, № 81, № 82, № 84, № 86, № 92, № 92А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Саябак, № 1А, № 3, № 7, № 10, № 11, № 14, № 16, № 17, № 18, № 19, № 20, № 22, № 24, № 26, № 28, № 30, № 32, № 33, № 34, № 36, № 37, № 38, № 39, № 39/1, № 40, № 41, № 42, № 44, № 46, № 48, № 50, № 52, № 54, № 57, № 58, № 60, № 62, № 64, № 66, № 68, № 70, № 72, № 74, № 76, № 78, № 82, № 84;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Ватутина, № 1, № 1А, № 1Г, № 3, № 4, № 6, № 8;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Белинского, № 1, № 3, № 4, № 5, № 6, № 7, № 9, № 11, № 13, № 15, № 17, № 19;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      прилегающие садоводческие коллективы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 36</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, проспект Бейбітшілік, № 17, здание государственного казҰнного коммунального предприятия "Актюбинский областной театр кукол "Алакай" государственного учреждения "Управление культуры, архивов и документации Актюбинской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: улица имени Мухамеджана Тынышбаева, № 1, № 3, № 5, № 7, № 9, № 11, № 13, № 15, № 17, № 19, № 19А, № 21, № 21А, № 23, № 23А, № 25, № 25А, № 27, № 27А, № 29, № 29А, № 31, № 31А, № 33, № 33А, № 35, № 35А, № 37;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Тургенева, № 2, № 4, № 6, № 8, № 10, № 12, № 14, № 16, № 18, № 20, № 20А, № 22, № 22Г, № 24, № 26, № 30;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проспект Бейбітшілік, № 1, № 1, корпус 1, № 5, № 5, корпус 1, № 5А, № 6, № 8, № 10, № 12, № 14, № 16, № 18, № 20;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Чернышевского, № 1, № 2, № 2А, № 2Б, № 3, № 4, № 4, корпус 1, № 4А, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 16, № 18, № 20, № 22, № 24, № 26, № 28, № 30, № 30А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Олега Кошевого, № 1, № 2, № 3, № 4, № 5, № 7;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Ватутина, № 20, № 22, № 24, № 26, № 28, № 29, № 30, № 31, № 32, № 32А, № 33, № 34, № 36, № 38;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица М. И. Кутузова, № 1, № 2, № 3, № 4, № 5, № 5Б, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 17А, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 26А, № 27, № 28, № 29, № 30, № 31, № 32, № 32А, № 33, № 34, № 34А, № 35, № 36, № 36А, № 37, № 37А, № 38, № 39, № 39А, № 39Б, № 40, № 41, № 41А, № 42, № 42А, № 43, № 44, № 45, № 47, № 47А, № 49, № 51, № 53, № 53А, № 55;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Юрия Алексеевича Гагарина, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 21А, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 32, № 32А, № 34, № 34А, № 36, № 36А, № 38, № 40, № 42, № 42А, № 44, № 44А, № 46, № 46А, № 48, № 50, № 52, № 54, № 54А, № 56;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переулок Шыгыс, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 7А, № 8, № 9, № 10, № 11, № 12, № 14, № 16, № 18, № 20.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 37</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, улица имени Абубакира Кердери, № 19, здание коммунального государственного учреждения "Казахская средняя школа № 36" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: улица Бахитжана Махамбетова, № 11, № 13, № 15, № 17, № 19, № 21, № 23, № 25, № 27, № 29, № 31, № 33;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Тургенева, № 32, № 34, № 36, № 38, № 40, № 40А, № 44, № 46, № 48, № 50, № 52;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица М. И. Кутузова, № 50, № 52, № 54, № 56;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Мухамеджана Тынышбаева, № 48, № 49, № 49А, № 50, № 51, № 51А, № 52, № 54, № 55, № 55, корпус 1, № 56, № 58, № 60, № 60А, № 62, № 64, № 66;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Есет-батыра, № 9, № 9А, № 9Б, № 11, № 11А, № 13;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Абубакира Кердери, № 12, № 12А, № 13, № 14, № 15, № 16, № 16А, № 17, № 18, № 18А, № 19, № 20, № 20А, № 21, № 22, № 22А, № 24, № 24А, № 26, № 26А, № 28, № 28А, № 30, № 32, № 34;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Севастопольская, № 10, № 12, № 16;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Юрия Алексеевича Гагарина, № 37, № 45, № 53;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проспект Бейбітшілік, № 7, № 9.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 38</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, проспект Бейбітшілік, № 14А, здание государственного казҰнного коммунального предприятия "Областной центр народного творчества" государственного учреждения "Управление культуры, архивов и документации Актюбинской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: улица Есет-батыра, № 20, № 22, № 24, № 26, № 28А, № 30, № 32, № 34, № 36, № 38;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Севастопольская, № 1, № 2, № 3, № 4, № 5, № 7, № 8, № 9;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проспект Жеңіс, № 11, № 16, № 17 № 18, № 19, № 20, № 21, № 22, № 24, № 25, № 26, № 27, № 28, № 30;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проспект Бейбітшілік, № 19, № 21, № 23, № 25, № 27, № 29, № 33, № 41А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Маресьева, № 1, № 2, № 2, корпус 1, № 2, корпус 2, № 2А, № 2Б, № 2Г, № 2Е, № 2Л, № 3, № 4 "З", № 4М, № 5, № 7, № 9, № 11, № 13;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Ливенцова В. А., № 2, № 3, № 4, № 5, № 6, № 7, № 7А, № 8, № 9, № 10, № 11, № 12, № 14, № 16;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Абубакира Кердери, № 1, № 3, № 5, № 7, № 9;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переулок Касиподак, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 14А, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 39</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, улица Маресьева, № 10, здание частного учреждения "Актюбинский индустриально-профессиональный колледж".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: проспект Санкибай батыра, № 1, № 3, № 5, № 7, № 9, № 11, № 12, № 13, № 15, № 17, № 19, № 21, № 23, № 25, № 27, № 29, № 31, № 33, № 35, № 37, № 39, № 41, № 43, № 45;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Отегена Турмагамбетова, № 1, № 3, № 5, № 7, № 9, № 11, № 13, № 15, № 17, № 19, № 21, № 23, № 25, № 27, № 29, № 31, № 33;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Т. Рыскулова, № 95, № 97, № 99, № 101, № 103, № 105, № 107, № 109, № 111, № 113, № 115, № 117, № 119, № 121, № 123, № 125, № 127, № 129, № 131, № 133, № 135, № 137, № 139, № 141, № 143, № 145, № 147, № 149, № 151, № 153, № 155, № 157, № 159, № 161, № 163, № 165, № 167, № 169, № 171, № 173, № 175, № 177, № 179, № 181, № 183, № 185, № 187, № 189, № 191, № 193;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Сертай Кенжалин, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Казангапа, № 58/1, № 60, № 60/1, № 62, № 64, № 66, № 68, № 70, № 70/2, № 72, № 74, № 76, № 78, № 80, № 82, № 84, № 86, № 88, № 90, № 92, № 94, № 96, № 98, № 100, № 102, № 104, № 106, № 108, № 110, № 112, № 114, № 116, № 118, № 120, № 122, № 124, № 126, № 128, № 130, № 132, № 134, № 136, № 138, № 140, № 142, № 144, № 146;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Вавилова Сергея Васильевича, № 2, № 2А, № 4, № 6, № 8, № 10, № 12, № 14, № 16, № 18, № 20, № 22, № 24, № 26, № 32, № 34, № 36, № 38;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Наби Жаксыбаева, № 76, № 78, № 80, № 82, № 84, № 86, № 88, № 90, № 92, № 94, № 96, № 98, № 100, № 102, № 104, № 106, № 107, № 108, № 109, № 110, № 111, № 112, № 113, № 114, № 115, № 116, № 117, № 118, № 119, № 120, № 121, № 122, № 123, № 124, № 125, № 126, № 127, № 128, № 129, № 130, № 131, № 132, № 133, № 134, № 135, № 136, № 137, № 138, № 139, № 140, № 141, № 142, № 143, № 144, № 145, № 146, № 147, № 148, № 149, № 150, № 151, № 152, № 153, № 154, № 155, № 156, № 157, № 158, № 159, № 160, № 161, № 162, № 163, № 164, № 165, № 166, № 167, № 168, № 169, № 170, № 171, № 172, № 173, № 174, № 175, № 177, № 179, № 181, № 183, № 185, № 187, № 189, № 191, № 193, № 195, № 197;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Братьев Жубановых, № 93, № 95, № 97, № 99, № 101, № 103, № 105, № 106, № 107, № 108, № 109, № 110, № 111, № 112, № 113, № 114, № 115, № 116, № 117, № 118, № 119, № 120, № 121, № 122, № 123, № 124, № 125, № 126, № 127, № 128, № 129, № 130, № 131, № 132, № 133, № 134, № 135, № 136, № 137, № 138, № 139, № 140, № 141, № 142, № 143, № 144, № 145, № 146, № 147, № 148, № 149, № 150, № 151, № 152, № 153, № 154, № 155, № 156, № 157, № 158, № 159, № 160, № 161, № 162, № 163, № 164, № 165, № 166, № 167, № 168, № 169, № 170, № 171, № 172, № 173, № 174, № 175, № 176, № 177, № 178, № 179, № 180, № 181, № 182, № 183, № 184, № 185, № 186, № 187, № 188, № 189, № 190, № 191, № 192, № 193, № 194, № 195, № 196, № 198;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Сауран, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 51, № 52, № 53, № 54, № 55, № 56, № 57, № 58, № 59, № 60, № 61, № 62, № 63, № 64, № 65, № 66, № 68, № 68А, № 70, № 72, № 74, № 76, № 78, № 80, № 82, № 84, № 86, № 88, № 90, № 92, № 94, № 96, № 98, № 100, № 100А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Минина, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 12А, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 48А, № 49, № 50, № 51, № 52, № 53, № 54, № 55, № 56, № 57, № 59, № 61, № 63, № 64, № 65, № 66, № 67, № 68, № 69, № 70, № 70А, № 70Б, № 71, № 72, № 73, № 74, № 75, № 76, № 77, № 78, № 79, № 80, № 81, № 82, № 83, № 84, № 85, № 86, № 87, № 88, № 89, № 90, № 91, № 92, № 93, № 94, № 95, № 96, № 97, № 98, № 100.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 40</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, микрорайон 12, № 37/1, здание коммунального государственного учреждения "Гимназия № 51" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: микрорайон 12, № 14, № 15, № 16, № 18, № 19, № 20, № 21, № 21, корпус 1, № 21Б, № 21В, № 21Г, № 21Д, № 21Е, № 24, № 24А, № 24Б, № 25, № 26, № 28, № 30, № 30АБ, № 30Д, № 46;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Бокенбай батыра, № 2, № 2А.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 41</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, проспект Жеңіс, № 34, здание коммунального государственного учреждения "Средняя школа № 16" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: проспект Абилкайыр хана, № 10, № 12, № 14, № 16, № 18, № 20;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проспект Жеңіс, № 32, № 36, № 38, № 40;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Маресьева, № 19, № 21, № 23, № 25, № 27, № 29, № 31, № 33, № 35, № 37, № 39, № 41, № 43, № 45, № 47, № 49, № 51, № 53, № 55, № 57, № 59, № 61, № 63;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Б.Каратаева, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 10, № 11, № 13;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Тилеу батыра, № 1, № 3, № 4, № 5, № 6, № 6А, № 7, № 8, № 9, № 9А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Лачугина, № 1, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 14, № 16, № 18, № 20, № 22, № 24, № 26, № 28, № 30, № 32, № 34, № 36, № 38, № 40, № 42;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Бахитжана Махамбетова, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 10А, № 12, № 12А, № 14, № 16, № 18, № 20;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Амангельды Кусжанова, № 1, № 2, № 2Б, № 3, № 4, № 5, № 6, № 8, № 10, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 38, № 41;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Козенкова В. Г., № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 9, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29,№ 30, № 31, № 32, № 33, № 34, № 35, № 37, № 39;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переулок Стадионный, № 1, № 2, № 3, № 5, № 6, № 7, № 8, № 8А, № 9, № 10, № 11.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 42</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, проспект Жеңіс, № 31, здание государственного казҰнного коммунального предприятия "Городской дом культуры" государственного учреждения "Отдел культуры и развития языков города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: проспект Абилкайыр хана, № 1, № 2, № 3, № 4, № 5, № 6, № 9, № 11, № 13, № 15;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица М. С. Прохорова, № 1, № 2, № 3, № 4, № 5, № 7, № 8, № 10, № 12, № 13А, № 15, № 17, № 19, № 21, № 23, № 25, № 27, № 29, № 31, № 33, № 35, № 37, № 39, № 45, № 47;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Бахитжана Махамбетова, № 22, № 24, № 26, № 26А, № 28, № 30;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Тилеу батыра, № 11, № 13, № 15, № 17А, № 19, № 21, № 23;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Б. Каратаева, № 19, № 21;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Есет-батыра, № 44;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Абубакира Кердери, № 6, № 8, № 10;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проспект Жеңіс, № 29, № 31, № 33.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 43</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, проспект Абилкайыр хана, № 7, здание коммунального государственного учреждения "Средняя школа № 34" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: улица Шамши Калдаякова, № 2, № 2А, № 4, № 4А, № 6, № 6А, № 8, № 8А, № 10, № 10А, № 12, № 12А, № 14, № 14А, № 16, № 16А, № 18, № 20, № 22, № 22А, № 24, № 24А, № 26;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Тургенева, № 54, № 56, № 58, № 60, № 62А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Бахитжана Махамбетова, № 32;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Сагадата Нурмагамбетова, № 1, № 1А, № 3, № 3А, № 5, № 5А, № 7, № 7А, № 9, № 9А, № 11, № 11А, № 13, № 13А, № 15, № 15А, № 19, № 21, № 23, № 24, № 26, № 30, № 32, № 34, № 36;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Военный Городок, № 15, № 15А, № 17, № 18, № 19, № 21, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 51, № 53, № 54, № 55, № 56, № 57, № 58, № 59, № 60, № 61, № 62, № 63, № 64, № 65, № 66, № 67, № 68, № 70, № 71, № 73, № 75, № 76, № 77, № 78, № 79, № 80, № 81, № 82, № 83, № 103, № 104, № 104А, № 105, № 106, № 107, № 108, № 109, № 110, № 111, № 112, № 132, № 133, № 134, № 134А, № 134Б, № 135, № 136, № 137, № 138;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Есет-батыра, № 33, № 39, № 39А, № 40, № 41, № 41Г, № 41В, № 43, № 46, № 48, № 50, № 52, № 54, № 56, № 58, № 59, № 60, № 62, № 62А, № 64, № 66, № 68, № 70, № 72, № 74, № 76, № 78, № 80, № 82, № 84, № 86, № 88, № 90, № 92, № 94, № 96, № 98, № 100;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Тилеу батыра, № 22, № 24;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Кутуева Р. И., № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 13А, № 14, № 14А, № 14Б, № 15, № 15А, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 30, № 32, № 34, № 36, № 36А, № 38, № 42;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Жанзакова А., № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 13А, № 14, № 14А, № 14Б, № 14Г, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 26А, № 27, № 29, № 31, № 33, № 35, № 37;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Юрия Алексеевича Гагарина, № 15А, № 57, № 59, № 61, № 63.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 44</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, улица Тургенева, № 70А, здание коммунального государственного учреждения "Казахская средняя школа № 30" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: улица Тургенева, № 64, № 64А, № 64Б, № 66, № 68, № 70, № 74, № 74А, № 76, № 76А, № 76, корпус 1, № 78, № 80, № 80А, № 80Б;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Шамши Калдаякова, № 1, № 1 А, № 5, № 5А, № 5Г;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проспект 312 стрелковой дивизии, № 8, № 8Л, № 12, № 18А, № 20А, № 23А, № 25, № 25А, № 27, № 28, № 29, № 30, № 31, № 64, № 114.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 45</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, улица Есет-батыра, № 71Б, здание коммунального государственного учреждения "Общеобразовательная средняя школа № 25 города Актобе имени Музафара Алимбаева" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: улица Есет-батыра, № 63, № 65, № 67, № 67А, № 69, № 69Б, № 71А, № 71, корпус 1, № 71, корпус 2, № 73А, № 73, корпус 2, № 75, № 75А, № 77, № 79;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проспект Абая, № 13, № 15, № 15А, № 17Б, № 17В;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Шамши Калдаякова, № 7, № 9, № 11, № 13, № 15, № 17А.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 46</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, улица Тургенева, № 70А, здание коммунального государственного учреждения "Казахская средняя школа № 30" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Границы избирательного участка: проспект Абилкайыр хана, № 35А, № 37, № 37А, № 39; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проспект Абая, № 2, № 2, корпус 1, № 4, № 6, № 8, № 8А, № 10, № 16, № 18, № 20, № 21, № 21А, № 24, корпус 1, № 24, корпус 2;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Есет-батыра, № 122, № 124; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Тургенева, № 82, № 88, № 90, № 92, № 92А.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 47</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, улица Есет-батыра, № 73, здание государственного казҰнного коммунального предприятия "Актюбинский высший гуманитарный колледж" государственного учреждения "Управление образования Актюбинской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Границы избирательного участка: улица Есет-батыра, № 116, № 116В, № 118, № 120; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      проспект Абая, № 1, № 3, № 5, № 7, № 9, № 9А, № 15, корпус 2; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проспект Абилкайыр хана, № 27, № 27А, № 27, корпус 1, № 31.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 48</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Местонахождение избирательного участка: город Актобе, район Астана, проспект Абилкайыр хана, № 25В, здание коммунального государственного учреждения "Средняя школа № 28" государственного учреждения "Отдел образования города Актобе". </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: проспект Абилкайыр хана, № 17, № 21, № 21Б, № 21, корпус 1, № 23, № 25;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Шамши Калдаякова, № 23, № 25, № 27; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Есет-батыра, № 102, № 102А, № 104, № 104А, № 106, № 106А, № 108, № 108А, № 108Б, № 110, № 112, № 114, № 114А.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 49</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, улица Маресьева, № 75А, здание коммунального государственного учреждения "Средняя общеобразовательная школа-лицей № 20" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Границы избирательного участка: проспект Абилкайыр хана, № 22, № 24, № 24/1, № 26, № 28, № 30; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Маресьева, № 67, № 69, № 71, № 73, № 75.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 50</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, улица Маресьева, № 75А, здание коммунального государственного учреждения "Средняя общеобразовательная школа-лицей № 20" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Границы избирательного участка: проспект Абилкайыр хана, № 30, корпус 1, № 30А, № 32, № 34, № 36, № 38; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Пацаева В.И., № 2, № 4, № 6;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Маресьева, № 77, № 79, № 81, № 83, № 85.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 51</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, улица Маресьева, № 10, здание частного учреждения "Актюбинский индустриально-профессиональный колледж".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: улица Пацаева В.И., № 10, № 12, № 14, № 16, № 18, № 18А, № 20, № 22, № 24, № 26, № 28, № 30, № 32, № 34, № 36, № 38, № 40, № 42, № 44, № 46, № 48, № 50, № 52, № 54, № 56, № 58, № 60, № 62, № 66, № 68, № 70, № 72, № 74, № 76, № 78, № 80, № 82;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проспект Санкибай батыра, № 18, № 115, № 117, № 119, № 121, № 123, № 125, № 127, № 129, № 131, № 133, № 135, № 137, № 139;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Вавилова Сергея Васильевича, № 1, № 3, № 5, № 7, № 9, № 11, № 13, № 15, № 15А, № 17, № 19, № 21, № 25, № 27, № 29, № 31, № 33, № 39, № 41, № 45; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Маресьева, № 10, № 16, № 18, № 20, № 22, № 24, № 26, № 28, № 30, № 32, № 34, № 36, № 38, № 40, № 42, № 44А, № 48, № 50, № 52, № 54, № 56, № 58, № 60, № 62, № 64; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Жастар, № 1, № 2, № 3, № 4, № 4А, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 18Б, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 43, № 45, № 47, № 49, № 51, № 53, № 55, № 57, № 59, № 61, № 63, № 65, № 67, № 69, № 71, № 73;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Т. Рыскулова, № 138, № 140, № 142, № 144, № 146, № 150, № 152, № 154, № 156, № 158, № 160, № 162, № 164, № 195, № 195Б, № 197, № 203, № 205, № 207, № 209, № 211, № 213, № 215, № 217, № 219, № 221, № 223, № 225, № 227, № 229, № 231, № 233, № 235, № 237, № 239, № 241, № 243, № 245;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Братьев Жубановых, № 197, № 199, № 200, № 201, № 202, № 203, № 204, № 205, № 206, № 207, № 208, № 209, № 210, № 211, № 212, № 213, № 214, № 215, № 216, № 217, № 218, № 219, № 220, № 221, № 222, № 223, № 224, № 225, № 226, № 227, № 228, № 229, № 230, № 231, № 232, № 233, № 234, № 235, № 237, № 238, № 239, № 240, № 241, № 242, № 243, № 244, № 245, № 246, № 247, № 249, № 251; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Новаторов, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 42, № 44, № 46, № 48, № 48/2, № 50, № 52, № 54, № 56, № 58, № 60, № 62, № 64, № 66, № 68, № 70, № 72, № 74, № 76, № 78, № 80, № 80А, № 81;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переулок Зеленского Николая Дмитриевича, № 1, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 10/3, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 34, № 36, № 38, № 40, № 42, № 44, № 46, № 48, № 50, № 52, № 52А, № 54, № 56, № 58;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переулок Балкытушылар, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 42, № 44, № 46, № 48, № 50, № 52, № 54, № 56, № 58, № 60, № 62, № 64, № 66, № 68, № 70, № 72, № 74, № 76, № 78, № 80, № 82;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      переулок Тобылгы, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 12А, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 26, № 28, № 28А, № 30, № 32, № 33, № 34, № 36. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 52</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, проспект Санкибай батыра, № 145Б, здание государственного учреждения "Аппарат акима района "Астана" города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: проспект Алии Молдагуловой, № 36Б, корпус 1, № 36Б, корпус 2, № 36Б, корпус 3, № 36Б, корпус 4, № 36В, корпус 1, № 36В, корпус 2, № 46, № 46В, корпус 1, № 46В, корпус 2, № 46В, корпус 3, № 50, № 50А, корпус 1, № 50А, корпус 2, № 50А, корпус 3, № 50Б, № 50В, № 52В, № 54А, № 54Е, № 58, № 58, корпус 1, № 58, корпус 2, № 58, корпус 3, № 58, корпус 4, № 58, корпус 5, № 58, корпус 6, № 58, корпус 7, № 58, корпус 8, № 58А, № 58Б;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проспект Санкибай батыра, № 20, № 28, № 28Б, № 28Б, корпус 1, № 28В, № 28В, корпус 1, № 28В, корпус 2, № 28В, корпус 3, № 28В, корпус 4, № 28В, корпус 5;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Сактагана Баишева, № 4Б.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 53</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, улица Т. Рыскулова, № 267, здание государственного коммунального предприятия "Актюбинский высший политехнический колледж" на праве хозяйственного ведения государственного учреждения "Управление образования Актюбинской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Границы избирательного участка: проспект Санкибай батыра, № 169, № 169, корпус 1, № 169, корпус 2, № 169, корпус 3, № 171, № 173, № 173, корпус 1, № 175; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      проспект Алии Молдагуловой, № 40, № 42, № 44; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Т. Рыскулова, № 198, № 200;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Каныша Сатпаева, № 15.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 54</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, улица улица Каныша Сатпаева, № 13, здание коммунального государственного учреждения "Средняя школа - лицей № 23 имени Алимхана Ермекова" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Границы избирательного участка: проспект Санкибай батыра, № 157, № 159, № 159, корпус 1, № 159, корпус 2, № 159Б, № 161, № 165, № 167; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Каныша Сатпаева, № 18, № 20, корпус 2, № 22; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Макаренко, № 5, № 7, № 7, корпус 1, № 9; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Т. Рыскулова, № 192, № 192, корпус 1, № 192, корпус 2, № 192, корпус 3, № 192, корпус 4, № 194, корпус 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 55</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, проспект Алии Молдагуловой, № 34, учебный корпус некоммерческого акционерного общества "Актюбинский региональный университет имени К.Жубанова".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: проспект Алии Молдагуловой, № 36А, № 36Б, № 36В, № 36, № 36, корпус 1;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Братьев Жубановых, № 257, № 257, корпус 1, № 259, № 259, корпус 1, № 261, № 278, № 280, № 282;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Т. Рыскулова, № 265;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Каныша Сатпаева, № 11.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 56</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Местонахождение избирательного участка: город Актобе, район Астана, улица Маресьева, № 68, первый корпус некоммерческого акционерного общества "Западно-Казахстанский государственный медицинский университет имени Марата Оспанова". </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: улица Маресьева, № 76, № 76, корпус 1, № 76, корпус 2, № 78, № 80, № 80, корпус 1, № 80, корпус 2, № 82, № 82, корпус 2, № 82, корпус 3, № 87, № 89, № 93, № 95;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Каныша Сатпаева, № 10, корпус 1, № 12, № 12, корпус 1;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Братьев Жубановых, № 253Б, № 253/1, № 253/3, № 253/4, № 253/5, № 263, № 263, корпус 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 57</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, улица Есет-батыра, № 144А, здание коммунального государственного учреждения "Лингвистическая школа-гимназия имени Ахмета Байтурсынулы" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: проспект Абилкайыр хана, № 43, № 43, корпус 1, № 45, № 47, № 47А, № 49;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Есет-батыра, № 126, № 128, № 128Б, корпус 1, № 128В, № 130, № 132, № 134, № 136, № 138, № 140, № 142.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 58</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, улица Есет-батыра, № 154А, здание коммунального государственного учреждения "Средняя школа № 3" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: проспект Абилкайыр хана, № 57А, № 61, корпус 2, № 61, корпус 3, № 63, корпус 1;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Есет-батыра, № 144, № 146, № 148, № 150, № 152, № 154, № 156, № 158, № 158Б.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 59</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, улица Есет-батыра, № 154А, здание коммунального государственного учреждения "Средняя школа № 3" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Границы избирательного участка: проспект Абилкайыр хана, № 65А, № 65Б, № 67А, № 67Б; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Есет-батыра, № 160, № 160, корпус 1, № 160Б, № 162, № 164, № 168;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проспект Алии Молдагуловой, № 18, № 20, № 22, № 24, № 24, корпус 1, № 24Б.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 60</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, улица Есет-батыра, № 101А, здание коммунального государственного учреждения "Средняя школа № 19" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: улица Есет-батыра, № 103, корпус 1, № 103, корпус 2, № 105, № 105, корпус 1, № 105, корпус 2, № 107, № 107, корпус 1, № 109, № 109, корпус 1, № 109, корпус 2;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проспект Алии Молдагуловой, № 8, № 10, № 10, корпус 1, № 12, № 12, корпус 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 61</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, улица Есет-батыра, № 101А, здание коммунального государственного учреждения "Средняя школа № 19" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: проспект Абая, № 14;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Есет-батыра, № 83, № 89, № 89, корпус 1, № 91, № 91, корпус 1, № 91, корпус 2, № 93, № 93, корпус 1, № 95, № 95, корпус 1, № 95, корпус 3, № 97, № 97, корпус 1, № 97, корпус 2, № 97, корпус 3, № 97, корпус 4, № 97А, № 101, № 103.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 62</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, улица Тургенева, № 100А, учебный корпус некоммерческого акционерного общества "Актюбинский региональный университет имени К.Жубанова".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: улица Тургенева, № 94/1, № 94/2, № 96/1, № 96/2, № 98, № 98, корпус 1, № 98, корпус 2, № 98, корпус 3, № 98, корпус 4, № 98, корпус 5, № 98, корпус 6, № 100, № 100/3, № 100/4, № 100/5, № 100В, № 102, № 102А, № 102В.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 63</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, улица Тургенева, № 100А, учебный корпус некоммерческого акционерного общества "Актюбинский региональный университет имени К.Жубанова".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: улица Тургенева, № 100, корпус 1, № 102, корпус 1, № 102, корпус 2, № 102, корпус 3, № 104, № 104, корпус 1, № 104, корпус 2, № 106, № 106, корпус 1, № 106, корпус 2, № 108, № 110, № 112, № 112, корпус 1;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проспект Алии Молдагуловой, № 2, № 2, корпус 1, № 2, корпус 2, № 4, № 6, № 6, корпус 1, № 8, корпус 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 64</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, улица имени Е.Тайбекова, № 10, здание коммунального государственного учреждения "Общеобразовательная средняя школа № 4 города Актобе" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: проспект Алии Молдагуловой, № 3, № 5, № 5А, № 7, № 9, № 11А, № 11Б, № 11В, № 11Г, № 13, № 13Б;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Гиззата Ибатовича Ибатова, № 2, № 4, № 6, № 8, № 10, № 12, № 14, № 14А, № 15, № 16, № 16А, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 44, № 46, № 46А, № 48, № 50, № 52, № 54, № 56, № 58, № 60, № 62, № 64, № 66, № 68, № 70, № 72, № 74, № 76, № 78, № 80, № 82, № 84, № 86, № 88, № 90, № 92, № 94, № 96;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Тоқмансай, № 6, № 8, № 10, № 12, № 14, № 16, № 18, № 20, № 22, № 24, № 26, № 28, № 30, № 32, № 34, № 36, № 38, № 40, № 42;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Г. Жубановой, № 2, № 2А, № 4, № 6, № 8, № 10, № 12, № 14, № 16, № 18, № 20, № 22, № 24, № 26, № 28, № 30, № 32, № 34, № 36, № 38, № 40, № 42;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Марата Оспанова, № 1, № 2, № 3, № 4, № 4А, № 5, № 5А, № 6, № 6А, № 6Б, № 7, № 8, № 9, № 10, № 11, № 12, № 12А, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 45, № 47, № 49, № 51;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Жиенгали Тлепбергенова, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 51, № 52, № 53, № 54, № 55, № 56, № 57, № 58, № 59, № 60, № 61, № 62, № 63, № 64, № 65, № 66, № 67, № 68, № 69, № 70, № 71, № 72, № 73, № 74, № 75, № 76, № 77, № 78, № 79, № 80, № 81, № 82, № 83, № 85, № 87, № 89, № 91;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Целинная, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 51, № 53, № 55, № 57; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Е. Тайбекова, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 7А, № 8, № 9, № 10, № 10А, № 10Б, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 51, № 52, № 53, № 54, № 55, № 56, № 57, № 58, № 59, № 60, № 61, № 63, № 65, № 67, № 69, № 71, № 73, № 73А, № 75, № 77;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Алкея Маргулана, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 25, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 35, № 37, № 39, № 41, № 43;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Дмитрова, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 11, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 32, № 34, № 36, № 38, № 40, № 42; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Индустриальная, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31А, № 32, № 34, № 36, № 38, № 40; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Мукана Толебаева, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 41, № 43, № 45, № 47;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Тропинина Василия Андреевича, № 8, № 9, № 10, № 12, № 13, № 14, № 16, № 17, № 18, № 19, № 20, № 21, № 23;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Амре Кашаубаева, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 41, № 43, № 45, № 47;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переулок Бакытты, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переулок Механизаторов, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 18;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переулок Кумды, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 12, № 14, № 16, № 18, № 20;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переулок Куаныш, № 1, № 1А, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 13, № 15, № 17;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      переулок Темиржол, № 1, № 1А, № 2, № 2А, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 18; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      переулок Селеу, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переулок Бакинский, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переулок Жарык, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      переулок Крымский, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 18; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      переулок Кыска, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 20; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переулок имени О.Канахина, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 13;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переулок Таулы, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 65</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, улица Александра Алексеевича Гришина, № 5, здание государственного коммунального казҰнного предприятия "Актюбинский колледж сервиса" государственного учреждения "Управление образования Актюбинской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: проспект Санкибай батыра, № 72Р;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Г. Жубановой, № 1, № 1А, № 2А, № 2А, корпус 1, № 2Б, № 2Е, № 3, № 3А, № 3Б, № 3В, № 3Г, № 3Д, № 3М, № 3Т, № 4Б, № 4Г, № 5, № 5Б, № 5В, № 5Д, № 6А, № 7, № 7Б, № 7Д, № 8Д, № 9, № 9Б, № 10А, № 10Б, № 10В, № 11, № 11Б, № 12Б, № 13Б, № 13Г, № 14Б, № 14Г, № 15Б, № 17, № 17Б, № 17Б, корпус 1, № 19, № 19А, № 20А, № 21, № 22А, № 22Б, № 23, № 23А, № 24Б, № 25, № 25А, № 27, № 27А, № 29, № 30А, № 31, № 31А, № 32А, № 32Б, № 32Д, № 33А, № 34А, № 36А, № 39, № 39А, № 39Б, № 39В, № 39Г, № 39Д, № 39Е, № 39Ж, № 39К, № 39Л, № 39М, № 39Н, № 39П, № 41, № 41А, № 45А, № 51, № 53, № 53А, № 54А, № 54В, № 55, № 57, № 58В, № 68Б, № 69, № 71, № 73, № 75, № 81, № 83Б, № 92А, № 93А, № 95, № 96А, № 99, № 110, № 112, № 112А, № 114, № 116, № 118, № 120, № 122, № 124, № 126, № 128, № 130, № 130А, № 132, № 134, № 136, № 137, № 138, № 139, № 142, № 124Б, № 144, № 153А, № 161, № 163, № 165А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Братьев Жубановых, № 312, № 312А, № 312, корпус 2, № 312, корпус 3, № 314, корпус 1, № 314, корпус 2, № 316, № 318, № 318, корпус 1, № 318, корпус 2, № 318, корпус 3, № 318, корпус 4, № 318, корпус 5, № 318, корпус 6, № 318, корпус 7, № 320, № 322, № 324, № 326, № 328, № 330, № 332, № 334, № 336, № 338, № 340, № 342, № 344, № 346, № 348, № 350, № 352, № 354, № 356, № 358, № 360, № 362;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Марата Оспанова, № 62, № 64, № 66, № 68, № 70, № 72, № 74, № 76, № 78, № 80, № 82, № 84, № 86, № 88, № 90, № 92, № 94, № 96, № 98, № 100, № 102, № 115, № 117, № 119, № 121, № 123, № 125, № 127, № 129, № 131, № 133, № 135, № 137, № 139, № 141, № 143, № 145, № 147, № 149;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Александра Алексеевича Гришина, № 1, № 1, корпус 1, № 2,№ 3,№ 4, № 5, № 6, № 7, № 8, № 10, № 11, № 11, корпус 2 № 11А, № 11Б, № 12, № 12, корпус 2, № 13, № 14, № 16, № 18, № 20, № 22, № 24, № 26, № 28, № 30, № 32, № 34, № 36, № 38, № 40, № 42, № 42, корпус 2, № 44, № 46, № 48, № 50, № 52, № 54, № 56, № 58, № 60;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица имени Сабыра Курманалина, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 32А, № 33, № 34, № 35, № 37, № 38, № 39, № 41, № 43, № 45, № 47, № 49, № 51, № 53, № 55, № 57, № 59, № 59А; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Радистов, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 27А, № 27Б, № 27В, № 28, № 29, № 30, № 31, № 32, № 34, № 36, № 38, № 40, № 42, № 44, № 46, № 48, № 50, № 52, № 54, № 56, № 58, № 60;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Рамазана Нуржанова, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 51, № 52, № 53, № 54, № 55, № 56, № 57, № 58, № 59, № 60; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Звездная, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 28А, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 42А, № 43, № 45, № 47, № 49, № 51, № 53, № 55, № 57, № 59;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Алабяна Каро Селесковича, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 28, корпус 1, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени О. Калыбаева, № 1, № 2, № 4, № 5, № 6, № 8, № 9А, № 11, № 13, № 14, № 15, № 16, № 18, № 18А, № 19, № 23, № 24, № 26, № 31, № 32, № 33, № 34, № 38, № 39, № 40, № 49, № 58, № 63, № 65;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дома жилого массива Сазда-4, № 30, № 32, № 40, № 41, № 42, № 44, № 45, № 46, № 47, № 48, № 50, № 51, № 54, № 54А, № 55, № 56, № 57, № 58, № 59, № 59А, № 59/2, № 60, № 61, № 61А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Майтобе, все дома;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Кырмызы, все дома;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Умит, все дома;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Евгения Брусиловского, все дома;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Каһарман, все дома;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Нурлы Тан, все дома;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Атамура, все дома;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Асыл Тас, все дома;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Жомарт, все дома;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Тауке хана, все дома;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Аксункар, все дома;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Улытау, все дома;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Козы Корпеш-Баян Сулу, все дома;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переулок Космонавтов, № 1, № 2, № 3, № 6;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переулок Спартак, № 1, № 2, № 3, № 5, № 6, № 7, № 8, № 9, № 10;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переулок Театральный, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переулок Никелевый, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      переулок Алмазный, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 71; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      переулок Полтавский, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переулок Казанский, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переулок Спортивный, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переулок Тасты, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переулок Орманды, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переулок Автотранспортный, все дома.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 66</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, улица имени Гиззата Ибатовича Ибатова, № 53, здание государственного коммунального казенного предприятия "Ясли-сад № 18 "Гауһар" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: проспект Абилкайыр хана, № 69, № 71, № 71, корпус 1, № 73, № 75, № 77, № 79, № 81, № 83;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Гиззата Ибатовича Ибатова, № 43, № 49, № 51, № 55, № 57, № 59, № 61.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 67</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, улица имени Е.Тайбекова, № 10, здание коммунального государственного учреждения "Общеобразовательная средняя школа № 4 города Актобе" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: проспект Абилкайыр хана, № 80, № 82, № 84, № 86, № 87, № 89;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Г. Жубановой, № 5А, № 13, № 13А, № 15, № 15/1, № 15/1А, № 44, № 46, № 48, № 50, № 52, № 54, № 56, № 58, № 60, № 62, № 64, № 67, № 68, № 70, № 72, № 73, № 74, № 76, № 78, № 80, № 82, № 84, № 88, № 90, № 94, № 96, № 98, № 100, № 102, № 104, № 106, № 108;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Марата Оспанова, № 53, № 55, № 57, № 59, № 61, № 63, № 65, № 67, № 69, № 71, № 73, № 75, № 77, № 79, № 81, № 83, № 85, № 87, № 89, № 91, № 93, № 95, № 97, № 99, № 101, № 103, № 107, № 109, № 111, № 113;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Карагул батыра, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 15А, № 16, № 17, № 18, № 18А, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 30, № 32;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Толеу Алдиярова, № 2, № 2А, № 3, № 5, № 6, № 7, № 8, № 9, № 11, № 13, № 15, № 17, № 19, № 21, № 23, № 25, № 27, № 29, № 31, № 33, № 35, № 37, № 39, № 41, № 43;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переулок Балалар, № 1, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 11А, № 12, № 13, № 14, № 15, № 15А, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 30, № 32, № 34, № 36, № 38, № 40, № 42, № 44А, № 46, № 48, № 50, № 52;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переулок Әбу Сәрсенбаев, № 1, № 2, № 3, № 4, № 5, № 6, № 6А, № 7, № 7А, № 7Б, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 34, № 36, № 38, № 40, № 42, № 44, № 46, № 48, № 50, № 52, № 54, № 56, № 58, № 58А, № 60, № 62, № 64, № 64А, № 64Б, № 66;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переулок Жолды, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 36А, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 50, № 52, № 54, № 56, № 58, № 60, № 62, № 62А, № 64, № 66, № 68;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Гиззата Ибатовича Ибатова, № 5, № 7, № 9, № 11, № 13;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Братьев Жубановых, № 299, № 301, № 301, корпус 1, № 303, № 305, № 307, № 309, № 311, № 313, № 315, № 317, № 319, № 321, № 323, № 325, № 327, № 329, № 331.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 68</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, улица Братьев Жубановых, № 293А, здание коммунального государственного учреждения "Казахская средняя общеобразовательная школа № 39" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: улица имени Марата Оспанова, № 50, № 52, № 52, корпус 2, № 54, № 54А, № 54Б, № 54, корпус 1, № 54, корпус 2, № 56, № 58, № 58, корпус 1, № 58В;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Братьев Жубановых, № 291, № 293, корпус 1, № 295;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проспект Абилкайыр хана, № 70, корпус 1, № 72, № 76, № 78.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 69</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, улица Братьев Жубановых, № 291А, здание коммунального государственного учреждения "Гимназия № 17" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: улица Братьев Жубановых, № 285, корпус 2, № 287, № 289, № 289, корпус 1, № 291, корпус 1, № 293;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проспект Абилкайыр хана, № 64, № 64, корпус 1, № 66, № 66, корпус 1, № 68, № 68, корпус 1, № 70;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица 101 Стрелковой Бригады, № 7, № 14.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 70</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, улица Братьев Жубановых, № 273Б, здание коммунального государственного учреждения "Специализированная гимназия № 21 имени Аль-Фараби" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: проспект Абилкайыр хана, № 58, № 58А, № 58, корпус 1, № 58, корпус 2, № 60, корпус 1, № 60, корпус 2, № 60, корпус 3, № 62, корпус 1, № 62, корпус 2;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Братьев Жубановых, № 281, корпус 1, № 283, корпус 2, № 285, корпус 1;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица 101 Стрелковой Бригады, № 2, № 6, № 6А, № 6, корпус 1, № 8, № 8, корпус 1;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проспект Алии Молдагуловой, № 39.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 71</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, улица Братьев Жубановых, № 273А, здание коммунального государственного учреждения "Средняя школа-лицей № 27 города Актобе" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Границы избирательного участка: проспект Алии Молдагуловой, № 41, № 41, корпус 1, № 43, корпус 1, № 45, № 45, корпус 1, № 47, № 47, корпус 1, № 47, корпус 2, № 49, корпус 1, № 49А; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Братьев Жубановых, № 269, № 269, корпус 1, № 269, корпус 2, № 271, корпус 1, № 271, корпус 2, № 273, корпус 1, № 284, № 288, № 288, корпус 1, № 290.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 72</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, улица Александра Алексеевича Гришина, № 72, корпус 3, здание коммунального государственного учреждения "Средняя школа № 1" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: улица Братьев Жубановых, № 284, корпус 1, № 286, № 286А, № 290, корпус 1, № 290, корпус 2, № 290, корпус 3, № 292, № 292, корпус 1, № 294, № 296, № 296, корпус 3;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Александра Алексеевича Гришина, № 74, № 74, корпус 1, № 76;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проспект Алии Молдагуловой, № 39А.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 73</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, улица Александра Алексеевича Гришина, № 72, корпус 3, здание коммунального государственного учреждения "Средняя школа № 1" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: улица Братьев Жубановых, № 296, корпус 1, № 296, корпус 2, № 298, корпус 1, № 298, корпус 2, № 298, корпус 3, № 300, корпус 1, № 302, № 302А, № 302, корпус 1, № 304;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица 101 Стрелковой Бригады, № 20, № 22, № 24, № 26; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Александра Алексеевича Гришина, № 29, № 29А, № 31, № 35, № 45, № 45А, № 47, № 49, № 70, № 70, корпус 1, № 70, корпус 2, № 72, № 72Б, № 72, корпус 1, № 72, корпус 2;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дома жилого массива Сазда-4, № 1, № 8, № 9, № 11, № 13, № 14, № 38;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проспект Санкибай батыра, № 183, № 187, № 191, № 193, № 195, № 197.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 74</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, улица Нагима Кобландина, № 25, здание "Специального приемника для лиц, арестованных в административном порядке" государственного учреждения "Управление полиции города Актобе Департамента полиции Актюбинской области Министерства внутренних дел Республики Казахстан" (далее - учреждение).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: учреждение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 75</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, улица Братьев Жубановых, № 306А, здание коммунального государственного учреждения "Специальная (коррекционная) школа № 7" государственного учреждения "Управление образования Актюбинской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: проспект Санкибай батыра, № 199, № 201, № 203, № 205, № 207, № 209, № 211, № 211А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Братьев Жубановых, № 306, № 306, корпус 1, № 308, № 308, корпус 1, № 308, корпус 2; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица 101 Стрелковой Бригады, № 13, № 13, корпус 1, № 15, № 16, № 19, № 21, № 23;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Александра Алексеевича Гришина, № 15, № 21, № 21А, № 64, № 64А, № 64, корпус 1, № 66, № 68;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      дома жилого массива Сазда-4, № 24, № 28, № 29. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 76</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, проспект 312 стрелковой дивизии, № 44, здание филиала акционерного общества "Казахстанская компания по управлению электрическими сетями (Кazakhstan Electricity Grid Operating Company) "KEGOC" "Актюбинские межсистемные электрические сети".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: в границах жилых домов по проспекту 312 стрелковой дивизии от административного здания ТОО "Энергосистема" до Актюбинского завода ферросплавов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участки жилого массива Новостройка-1, № 1, № 2, № 5, № 5А, № 7А, № 8, № 11, № 37А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участки жилого массива Новостройка-2, № 1, № 2, № 2А, № 3А, № 4, № 5, № 6, № 7, № 7А, № 8, № 8А, № 9, № 10, № 11, № 11А, № 12, № 13, № 13А, № 14, № 14А, № 15, № 15А, № 16, № 16А, № 17, № 18, № 18А, № 19, № 19А, № 20, № 20А, № 21, № 21А, № 21Г, № 23, № 24, № 24А, № 24В, № 25, № 26, № 26А, № 27, № 27А, № 27Б, № 27В, № 28, № 29, № 30, № 30А, № 31, № 31А, № 31Б, № 32, № 33, № 33А, № 34, № 34А, № 34Б, № 35, № 36, № 37, № 38, № 38А, № 39, № 39А, № 39Б, № 40, № 40А, № 41, № 41А, № 42, № 42А, № 43, № 44, № 45, № 46 , № 46А, № 47, № 47А, № 48, № 48/1, № 48/2, № 48А, № 48Б, № 48В, № 48Д, № 48К, № 48Л, № 48П, № 49, № 49А, № 50, № 50Б, № 52, № 52А, № 52Б, № 52В, № 52Г, № 52Е, № 53, № 53А, № 53Б, № 53В, № 54, № 55, № 55А, № 56, № 57, № 58, № 59, № 60, № 60А, № 60Б, № 61, № 62, № 62А, № 63, № 63А, № 64, № 65, № 66, № 67, № 68, № 68А, № 69, № 69А, № 69Б, № 70, № 70А, № 70Б, № 71, № 72, № 72А, № 73, № 74, № 74А, № 74Б, № 74В, № 75, № 75А, № 76, № 77, № 77А, № 78, № 78А, № 78Б, № 79, № 80, № 81, № 81А, № 82, № 82А, № 83, № 84, № 84А, № 87, № 88, № 89, № 89А, № 89Б, № 89В, № 90, № 91, № 91А, № 91Б, № 91В, № 91Г, № 92, № 92А, № 93, № 94, № 94А, № 95, № 96, № 96А, № 96Б, № 96В, № 97, № 97А, № 98, № 98А, № 99, № 100, № 100А, № 100Д, № 101, № 102, № 102А, № 102Б, № 103, № 105, № 106, № 107, № 108, № 108А, № 108Б, № 108В, № 110, № 111, № 112, № 113, № 113А, № 114, № 114А, № 114Б, № 114В, № 114Г, № 115, № 116, № 116А, № 117, № 117А, № 118, № 119, № 119А, № 120, № 120А, № 120Б, № 120В, № 121, № 121Д, № 122, № 122А, № 123, № 124, № 125, № 126, № 126А, № 127, № 128, № 129, № 130, № 131, № 134, № 179, № 188;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      квартал ВОХРА, № 1, № 1А, № 1Б, № 1В, № 2, № 2А, № 2Б, № 2Г, № 2Д, № 2Е, № 3, № 3А, № 4, № 4А, № 4Б, № 5, № 5А, № 6, № 7, № 7А, № 7Б, № 7В, № 7Г, № 8, № 8А, № 8Б, № 9, № 9А, № 9Б, № 9Г, № 10, № 10/1, № 10А, № 10Б, № 10В, № 10Г, № 10Е, № 11, № 11/3, № 12, № 12А, № 13, № 13А, № 13Б, № 13В, № 13Г, № 13Д, № 14, № 14А, № 14Б, № 14В, № 14Г, № 14Д, № 15, № 15А, № 15Б, № 16, № 17, № 17А, № 17Д, № 17Е, № 18, № 18А, № 19, № 19А, № 20, № 20А, № 20Б, № 20В, № 21, № 21А, № 21Б, № 21В, № 21Г, № 23, № 23А, № 23Б, № 23В, № 23Г, № 24, № 25, № 25А, № 26, № 27, № 28, № 29, № 29А, № 29Б, № 30, № 30А, № 30Б, № 30В, № 30Д, № 30Е, № 31, № 31А, № 32, № 33, № 33А, № 34, № 34А, № 34Б, № 34В, № 36, № 36А, № 36Б, № 37, № 37А, № 37Б, № 38, № 39, № 40, № 41, № 42, № 43, № 43А, № 45, № 45А, № 50, № 50Б, № 52, № 53, № 53А, № 54, № 57, № 61;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      прилегающие садоводческие коллективы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 77</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, проспект Абилкайыр хана, № 50, здание государственного казҰнного коммунального предприятия "Городской дворец школьников" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: проспект Абилкайыр хана, № 44В, № 46, № 46В, № 52, № 53, № 53А, № 55, № 56, № 57, № 59, № 61, корпус А, № 61, корпус Б, № 61, корпус В, № 61, корпус Г, № 63, № 65, № 67;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проспект Алии Молдагуловой, № 30, № 30Б, № 34;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Каныша Сатпаева, № 2Б, № 5, № 5, корпус 1, № 5, корпус 2, № 5Б;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Маресьева, № 86Б, № 86В, № 86Г, № 86Д, № 86Ж. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 78</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, жилой массив Көктем, улица Букенбаева Малкеждара, № 15, здание коммунального государственного учреждения "Средняя школа № 50" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: в границах жилого массива Көктем:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участки, № 27Б, № 133, № 194, № 337;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Набережная, № 6, № 46;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Ульке, № 1, № 1А, № 1Б, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 18, № 20, № 21, № 23, № 25, № 27/1, № 27/2, № 29, № 33, № 37, № 216, № 230, № 231, № 502, № 504, № 505, № 508, № 511, № 512, № 513, № 515, № 515А, № 516;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Тополинная, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27/1, № 28, № 29/1, № 30/1, № 30/2, № 31/1, № 31/2, № 32/1, № 32/2, № 33, № 34/1, № 34/2, № 35/1, № 35/2, № 36, № 36/1, № 36/2, № 37, № 38, № 39/1, № 39/2, № 40, № 41, № 41/1, № 41/2, № 42, № 43/1, № 43/2, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 51, № 52, № 53, № 54, № 56; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Воинов-интернационалистов, № 25, № 26, № 26А, № 26Б, № 27, № 27А, № 27Б, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 38/1, № 38/2, № 39, № 40/1, № 40/2, № 41/1, № 41/2, № 42, № 43/1, № 44, № 45, № 46, № 47, № 47А, № 48, № 49, № 50/1, № 50/2, № 51, № 52, № 277, № 295А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Федора Озмителя, № 28, № 30, № 32, № 34, № 36, № 38, № 40, № 42, № 44/1, № 44/2, № 45, № 46/1, № 46/2, № 48, № 48/1, № 48/2, № 50, № 170А; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Букенбаева Малкеждара, № 1, № 1А, № 2А, № 3, № 4, № 4/2, № 5, № 5А, № 6, № 7, № 8, № 9/3, № 9А, № 9Б, № 10, № 11, № 11А, № 12, № 13А, № 14/1, № 14/2, № 15, № 16/1, № 16/2, № 17, № 18, № 19, № 20, № 20/1, № 21/1, № 21/2, № 21А, № 22, № 23, № 23А, № 24, № 25, № 25Б, № 26, № 26/1, № 26/2, № 27, № 28, № 28/1, № 28/2, № 29, № 30, № 30/1, № 30/2, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 46А, № 46Б, № 47, № 47А, № 48, № 49, № 50, № 51, № 52, № 52Б, № 53, № 54, № 55, № 55А, № 56, № 57, № 57А, № 57Б, № 58, № 59, № 60, № 62, № 64, № 66, № 68, № 70, № 72, № 74, № 75, № 76, № 80, № 96, № 155;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Сулы, № 1, № 1А, № 2, № 2А, № 3, № 3А, № 4, № 5, № 6, № 6А, № 7, № 7А, № 7/1, № 7/2, № 8, № 9, № 9/1, № 9/2, № 10, № 10А, № 11, № 11А, № 11/1, № 11/2, № 12, № 13, № 13Д, № 14, № 15, № 16, № 16А, № 17, № 18, № 19, № 19Б, № 20, № 20Б, № 20/2, № 21А, № 21, № 22, № 23, № 24, № 25, № 26, № 26Б, № 27, № 27Б, № 28, № 32, № 32А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Ешбаева Сарсенгали, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9/1, № 9/2, № 10, № 11, № 12/1, № 12/2, № 13, № 14/1, № 14/2, № 15, № 16, № 16/1, № 16/2, № 17, № 18/1, № 18/2, № 19, № 20/1, № 20/2, № 21, № 22, № 23, № 24, № 24А, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 44/1, № 44/2, № 45, № 46, № 47, № 48, № 49, № 50, № 51, № 52, № 53, № 54;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Гуцало Александра Семеновича, № 1, № 1А, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13/1, № 13/2, № 14, № 15, № 15/1, № 15/2, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 23/1, № 23/2, № 24, № 25, № 25/1, № 25/2, № 26, № 27/1, № 27/2, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 41, № 43, № 445, № 446, № 447, № 448, № 449; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Сегізбай Қалыбекұлы, № 1, № 2, № 2А, № 3, № 4, № 4А, № 5, № 6, № 6/1, № 6/2, № 7, № 8, № 9, № 10/2, № 12, № 19, № 23, № 27, № 30, № 31, № 32, № 33, № 34, № 35, № 37, № 48, № 50, № 52, № 54;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Энергетиков, № 1, № 1/1, № 1/2, № 2, № 3, № 3/1, № 3/2, № 4, № 5, № 6, № 6А, № 6/2, № 7, № 8, № 9, № 9А, № 10, № 10А, № 10Б, № 10/2, № 11, № 12, № 12А, № 13, № 14, № 14А, № 15, № 16, № 16А, № 17, № 18, № 19, № 20, № 20А, № 21, № 22, № 22А, № 23, № 23А, № 25, № 102;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Сарышолақ Боранбайұлы, № 1, № 2, № 3/1, № 3/2, № 5/1, № 5/2, № 6, № 7, № 7/1, № 7/2, № 8, № 8А, № 9, № 9/1, № 9/2, № 11/1, № 11/2, № 11А, № 12А, № 13, № 15, № 15А, № 17, № 17/2, № 17А, № 17Б, № 18, № 18А, № 18Б, № 19, № 21, № 22, № 23, № 25, № 27, № 29, № 31, № 32, № 32А, № 33, № 34, № 35, № 37, № 37А, № 37Б, № 39, № 41, № 52, № 57, № 60, № 61, № 62, № 62А, № 63, № 64, № 66, № 91;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Архитектурная, № 1, № 2, № 3, № 3/1, № 3/2, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 19, № 21, № 21А, № 22/1, № 26, № 37, № 38, № 41, № 70;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица А.Попова, № 3, № 7, № 15, № 16А, № 34А, № 35, № 36, № 37А, № 48, № 49, № 49А, № 51, № 52, № 56, № 57, № 58/1, № 58А, № 59, № 60, № 61, № 62, № 64, № 65, № 67, № 68, № 73, № 74, № 75, № 81, № 86, № 87, № 88, № 89, № 89А, № 90, № 91, № 91А, № 92, № 94, № 96, № 97, № 113А, № 336, № 337, № 338, № 339, № 340, № 341, № 342, № 343, № 344, № 345, № 345А, № 346, № 347, № 348, № 348А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жилые дома лесного хозяйства, жилой массив Сая;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      жилые дома жилого массива Магаджанское. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 79</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, улица Джамбула, № 1А, здание государственного коммунального предприятия "Актюбинский областной фтизиопульмонологический центр" на праве хозяйственного ведения государственного учреждения "Управление здравоохранения Актюбинской области (далее - учреждение).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: учреждение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 80</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, квартал Промзона, № 471Б, здание государственного коммунального предприятия "Областной перинатальный центр" на праве хозяйственного ведения государственного учреждения "Управление здравоохранения Актюбинской области" (далее - учреждение).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: учреждение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 81</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, улица Шернияза Жарылгас-улы, № 59, здание государственного коммунального предприятия "Каргалинская городская больница" на праве хозяйственного ведения государственного учреждения "Управление здравоохранения Актюбинской области" (далее - учреждение).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: учреждение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 82</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, улица имени Хиуаз Доспановой, № 36А, здание товарищества с ограниченной ответственностью "Актюбинская железнодорожная больница" (далее - учреждение).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: учреждение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 83</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, проспект Бейбітшілік, № 43, здание государственного коммунального предприятия "Областная клиническая инфекционная больница" на праве хозяйственного ведения государственного учреждения "Управление здравоохранения Актюбинской области" (далее - учреждение).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: учреждение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 84</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, улица Пацаева В.И., № 7, здание государственного коммунального предприятия "Многопрофильная областная больница" на праве хозяйственного ведения государственного учреждения "Управление здравоохранения Актюбинской области" (далее - учреждение).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: учреждение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 85</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, жилой массив Жанаконыс, № 8, здание медицинского центра некоммерческого "Областной перинатальный центр" на праве хозяйственного ведения государственного учреждения "Управление здравоохранения Актюбинской области" (далее - учреждение).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: учреждение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 86</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, жилой массив Жанаконыс, № 322, здание государственного казҰнного коммунального предприятия "Актюбинский областной наркологический диспансер" государственного учреждения "Управление здравоохранения Актюбинской области" (далее - учреждение).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: учреждение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 87</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, улица Есет-батыра, № 39А, здание республиканского государственного учреждения "Воинская часть 6655 Национальной гвардии Республики Казахстан" (далее - учреждение).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: учреждение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 88</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, жилой массив Жанаконыс, № 8Е, здание государственного коммунального предприятия "Актюбинский медицинский центр" (Аktobe medical center) на праве хозяйственного ведения государственного учреждения "Управление здравоохранения Актюбинской области" (далее - учреждение).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: учреждение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 89</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, улица Павлова, № 3, здание Республиканского государственного учреждения "Учреждение № 70" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан (далее - учреждение).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: учреждение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 90</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, жилой массив Сазды, улица Онеге, № 3Б, здание государственного коммунального казенного предприятия "Дом культуры "Сазды" государственного учреждения "Отдел культуры и развития языков города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: в границах жилых массивов Сазды-1, Лесное, Байқадам, Көкжиде и прилегающие садоводческие коллективы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 91</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, жилой массив Пригородное, улица Бейбитшилик, № 4, здание коммунального государственного учреждения "Пригородная средняя школа" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: в границах жилого массива Пригородное.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 92</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, жилой массив Садовое, № 64, здание коммунального государственного учреждения "Основная школа № 54" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: в границах жилых массивов Садовое, Шилисай.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 93</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, жилой массив Ақшат, № 64Б, здание коммунального государственного учреждения "Общеобразовательная средняя школа № 67" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: в границах жилых массивов Ақшат, Жайсаң.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 94</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, жилой массив Кенеса Нокина, улица Көкшетау, № 2, здание государственного коммунального казенного предприятия "Актюбинский Высший аграрно-технический колледж имени Шыганака Берсиева" государственного учреждения "Управление образования Актюбинской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: квартал АСХК, № 1, № 1Е, № 1М, № 2, № 2В, № 2Г, № 3, № 3В, № 3Г, № 4, № 5, № 6, № 7, № 8, № 9, № 9Б, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 20А, № 21, № 22, № 22А, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, жилые дома по улицам Жігер, Балауса, Аманат, Үркер, Ұлан, Серуен, Кемеңгер, Нұрмұхан Кенжебаев, Әбдуәли Қайдар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 95</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, жилой массив Кенеса Нокина, улица Мичурина, № 31, здание коммунального государственного учреждения "Благодарная средняя школа" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: в границах жилого массива Кенеса Нокина:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Мичурина, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Саябак, № 1, № 2, № 3, № 3А, № 4, № 4Б, № 5, № 5Б, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 13А, № 13Б, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 25, № 27;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Қабылиса жырау, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 37, № 38;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Сафуан Шаймерденов, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 22А, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 49, № 51, № 53;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Строительная, № 1, № 1А, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 11А, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 20А, № 21, № 22, № 23;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Жаяу Мұса, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 9А, № 10, № 11, № 12, № 13, № 14, № 15, № 16;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Достык, № 1, № 2, № 2А, № 2Б, № 3, № 4, № 5, № 5А, № 6, № 6А, № 8, № 9, № 10, № 11, № 11А, № 13;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Ильяса Есенберлина, № 1, № 1А, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 18, № 20, № 22, № 22А, № 24, № 26, № 28, № 30, № 30/1;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Клубная, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 15, № 17, № 19, № 21, № 27А.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 96</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, жилой массив Кызылжар, № 730А, здание коммунального государственного учреждения "Общеобразовательная средняя школа № 73 имени Мукагали Макатаева" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: в границах жилого массива Кызылжар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Набережная, все дома;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Центральная, все дома;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Молодежная, все дома;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Мамыр, все дома;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Жас дәурен, все дома;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Құндызды, все дома;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в границах жилого массива Кызылжар-3.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 97</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, жилой массив Бекқұл баба, № 79Б, здание коммунального государственного учреждения "Общеобразовательная средняя школа № 76" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: в границах жилых массивов Бекқұл баба, Ульке, Актасты, Жана ауыл.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 98</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, жилой массив Құндызды, улица Жауқазын, № 11, здание коммунального государственного учреждения "Белогорская основная школа" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: в границах жилых массивов Құндызды, Белогорский карьер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 99</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, жилой массив Ақжар-2, № 2, здание коммунального государственного учреждения "Общеобразовательная средняя школа № 70 имени Малика Габдуллина" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: в границах жилого массива Ақжар, прилегающие садоводческие коллективы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 100</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, жилой массив Каргалинское, улица Н. Байганина, № 2А, здание коммунального государственного учреждения "Каргалинская казахская средняя школа имени Мухтара Арынова" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Границы избирательного участка: в границах жилого массива Каргалинское: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Сарыжайлау, № 1, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 12, № 14, № 14А, № 16, № 17;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Н.Байганина, № 1, № 2, № 4, № 6, № 12, № 12А, № 12Б;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Абая, № 1, № 2, № 2А, № 3, № 4, № 5, № 7, № 8, № 9, № 10, № 11, № 12, № 12А, № 12Б;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Нефтеразведчиков, № 2, № 4, № 6, № 8, № 10, № 12, № 14;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Первомайская, № 1, № 7, № 7А, № 9, № 11, № 11А, № 13, № 15, № 15А, № 17;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица 8 Марта, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 16;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      прилегающие садоводческие коллективы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 101</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, жилой массив Каргалинское, улица К.Сатпаева, № 38А, здание коммунального государственного учреждения "Средняя общеобразовательная школа № 53" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: в границах жилого массива Каргалинское:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Мира, № 1, № 1А, № 2, № 3, № 3А, № 4, № 5, № 6, № 8, № 10, № 11, № 12, № 13, № 17, № 23;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Сары Батакулы, № 1, № 2, № 2А, № 2Б, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 11, № 12, № 13, № 14, № 14А, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 32А, № 33, № 35, № 37, № 38, № 40, № 41, № 42, № 42А, № 43, № 44, № 44А, № 45, № 45А, № 46, № 47, № 47А, № 48, № 49, № 50, № 50А, № 52, № 54, № 54А, № 56, № 57;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Дружбы, № 1, № 1А, № 1Б, № 2, № 4, № 5, № 6, № 7, № 8, № 10, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 27, № 29, № 30, № 31, № 32 № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 41, № 42, № 44, № 46, № 48, № 49, № 50, № 61, № 75, № 588, № 591;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Транспортная, № 1, № 2, № 2А, № 3, № 4, № 5, № 6, № 7, № 8, № 10, № 11, № 12, № 13, № 14, № 18;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Бақшалы, № 25, № 26, № 27;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Кенен Әзірбаев, № 1, № 2, № 2А, № 3, № 4, № 5, № 6, № 7, № 8, № 10, № 12, № 14, № 16, № 18, № 20;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Каргалинская, № 1А, № 4, № 5, № 5А, № 6, № 7, № 7А, № 8, № 10, № 11, № 11Б, № 12, № 12А, № 13, № 13А, № 14, № 15, № 16, № 17, № 18, № 18А, № 18Б, № 20, № 22, № 24, № 26, № 27, № 28, № 29;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Картова, № 3, № 5, № 7, № 7А, № 7Б, № 9, № 11, № 11А, № 13, № 14, № 14Б, № 15;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Ырысты, № 1, № 3, № 3А, № 9, № 11, № 13, № 14, № 15, № 16, № 17, № 19, № 20, № 21, № 22, № 23, № 25, № 30, № 32, № 32А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переулок Жасыл, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 8А, № 9, № 11, № 13, № 15, № 17, № 19;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переулок Ясный, № 1/1, № 1/2, № 2/1, № 2/2, № 3/1, № 3/2, № 4/1, № 4/2, № 5/1, № 5/2, № 5/3, № 6/1, № 6/2, № 7/1, № 7/2, № 8/1, № 8/2, № 34, № 35;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Песочная, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 8А, № 10, № 10А, № 12, № 14, № 15, № 19, № 20, № 21, № 23А, № 25, № 27, № 29, № 29А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Қолғанат Тоқбаев, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 11, № 12, № 13, № 14, № 15, № 15А, № 16, № 16А, № 17, № 18, № 19, № 20, № 21, № 22, № 22А, № 23, № 23А, № 24, № 24А, № 25, № 27, № 29, № 29А, № 31, № 33, № 35, № 37, № 39, № 41, № 43, № 45, № 49.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 102</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, жилой массив Каргалинское, улица К.Сатпаева, № 52А, здание коммунального государственного учреждения "Детско-юношеская спортивная школа № 1 города Актобе" государственного учреждения "Управление физической культуры и спорта Актюбинской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: в границах жилого массива Каргалинское:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Пацаева, № 2, № 3/1, № 3/2, № 4/1, № 4/2, № 5/2, № 6/1, № 6/2, № 7, № 8/1, № 8/2, № 10/1, № 10/2, № 10/3, № 12/1, № 12/2, № 12/3, № 14;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Мунайтпасулы Азберген батыра, № 1, № 1А, № 2, № 2А, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 16, № 18, № 22, № 24, № 28;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Молодежная, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 20;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Студенттер, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Советская, № 1, № 1А, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переулок Абая, № 2, № 4, № 7, № 7А, № 13;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица И. Жандосова, № 2, № 4, № 6, № 7, № 9;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица И. Тайманова, № 1, № 3, № 5, № 7, № 9;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Заречная, № 1/1, № 1/2, № 1/3, № 2, № 3;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Садовая, № 1, № 1А, № 3, № 3А, № 4, № 5, № 6, № 7, № 8;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Сегіз сері, № 1, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 16;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Мұрат Мөңкеұлы , № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 17;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Ивана Мишина, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 32А, № 32Б, № 33, № 34, № 34А, № 34Б, № 34В, № 34Г, № 35, № 36, № 37, № 38, № 39, № 41, № 43, № 45, № 47, № 49;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Ақтерек, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 19;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Центральная, № 1, № 6, № 7, № 8, № 14, № 20;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Қазығұрт, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 17, № 18, № 20, № 21, № 23, № 25, № 30, № 31, № 34, № 38, № 43, № 50, № 56, № 60;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица К. Сатпаева, № 2, № 3, № 6, № 7, № 9, № 11, № 11А, № 13, № 15, № 16, № 17, № 18, № 18А, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 34, № 40, № 47, № 49, № 50, № 51, № 53;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица М. Маметовой, № 1, № 3.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 103</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, жилой массив Жарық, № 1Г, здание коммунального государственного учреждения "Актюбинская средняя школа" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: в границах жилых массивов Жарық, Новый Ясное.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жилые дома птицефабрики акционерного общества "Рамазан", № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разъезд 41, Курсантское шоссе, № 1;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      прилегающие садоводческие коллективы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 104</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, жилой массив Курашасай, № 453Б, здание коммунального государственного учреждения "Общеобразовательная средняя школа № 77" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: в границах жилых массивов Курашасай, Жіңішке, Арман, Жанаконыс-4.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 105</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, жилой массив Жанаконыс, микрорайон Жастар, 3 квартал, № 13А, здание коммунального государственного учреждения "Средняя школа-лицей имени К.Сатпаева" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: улица Қажығали Мұханбетқалиұлы, № 1Б, № 3, № 3/1, № 4, № 4/1, № 4А, № 5, № 8, № 9, № 9А, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18/1, № 18/2, № 19, № 20, № 21, № 22, № 22А, № 23, № 24, № 24А, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 46А, № 60, № 227А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Овражная, № 1, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 16, № 18;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица М. Ауезова, № 1, № 3, № 4, № 5, № 6, № 7, № 8, № 8А, № 8/1, № 8/2, № 9, № 11, № 10А, № 10/1, № 10/2, № 11, № 11А, № 12, № 12А, № 12/1, № 12/2, № 13, № 15, № 15А, № 16, № 17, № 17А, № 18, № 19, № 19А, № 20, № 20А, № 21, № 22, № 23, № 24, № 25, № 25А, № 26, № 27, № 28, № 29;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Базар жырау, № 2, № 3, № 4, № 5, № 5А, № 6, № 7, № 8, № 9, № 9А, № 10, № 11, № 12, № 12А, № 14, № 15, № 16, № 17, № 19, № 20, № 22, № 23, № 24, № 24/1, № 24/2, № 25, № 25/1, № 26, № 27, № 28, № 29, № 31;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица А. Иманова, № 1, № 2, № 2А, № 3, № 4, № 5, № 6, № 7, № 8, № 10, № 10А, № 11, № 12, № 12А, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 24Б, № 25, № 26, № 27, № 28, № 29, № 29А, № 30;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Ынтымақ, № 1, № 3, № 5, № 7, № 9, № 11, № 13, № 15, № 17, № 19, № 21, № 23, № 25, № 27, № 29, № 31, № 33, № 35, № 37, № 39, № 41;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Дәулет, № 4, № 6, № 8, № 10, № 12, № 14, № 16, № 18, № 20, № 22, № 24, № 26, № 26А, № 28, № 30, № 32, № 34, № 36, № 91, № 35, № 33, № 31, № 29, № 27, № 25, № 23, № 21, № 19, № 17, № 15, № 13, № 11, № 9, № 7, № 5, № 3, № 1;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Нұрлы, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Ер Төстік, № 1, № 2, № 4, № 6, № 5, № 8, № 10, № 12, № 14, № 16, № 18, № 20;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Сәулет, № 1, № 2, № 2А, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 13, № 13А, № 14, № 15, № 16, № 17, № 18, № 20, № 22;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Күмбезді, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 9, № 11, № 13, № 15, № 17, № 19, № 20, № 21, № 10А, № 25, № 27, № 29, № 31, № 33, № 35, № 37;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Манас, № 3, № 7, № 5, № 9, № 9А, № 11, № 4, № 6, № 8, № 10, № 12, № 14, № 16, № 18, № 15, № 13, № 20, № 22, № 24, № 26;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Үш қоңыр, № 2, № 3, № 4, № 6, № 8, № 10, № 12, № 13, № 15, № 17, № 19, № 21, № 23, № 25, № 20, № 27, № 29, № 31, № 16, № 18, № 1, № 7, № 5, № 9, № 11, № 20/1;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Табыс, № 1, № 2, № 3, № 4, № 5, № 7, № 9, № 11;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Саяхат, № 1, № 2, № 3, № 5, № 7, № 9, № 11, № 13, № 15, № 17, № 21, № 23, № 25, № 18, № 16, № 12, № 10, № 8, № 6, № 4, № 27, № 29, № 31, № 33, № 35, № 37, № 39, № 41, № 38, № 40, № 42, № 43, № 36, № 34, № 32, № 30, № 28, № 26, № 27, № 22, № 20;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      квартал Б, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 136, № 137, № 138, № 140, № 141, № 142, № 143, № 144, № 145, № 146, № 147, № 148, № 72, № 73, № 74, № 75, № 76, № 70, № 71;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      микрорайон Жастар, 1 квартал, № 1, № 2, № 3, № 4, 2 квартал, № 5, № 6, № 7, № 8, 3 квартал, № 9, № 10, № 11, № 12, № 13, № 14, № 16, № 18, № 20;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      микрорайон Жастар, № 131, № 132, № 134, № 135, № 136, № 130, № 129, № 128, № 127, № 126, № 125, № 137, № 138, № 140, № 141;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      микрорайон Жастар, 2 квартал, № 1, № 2, № 4, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19А, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27А, № 27, № 29, № 30, № 31, № 33, № 34, № 35, № 36, № 37, № 38, № 40, № 41, № 42, № 43, № 44, № 45, № 47, № 48, № 49, № 50, № 51, № 52, № 53, № 54, № 55, № 56, № 59, № 60, № 61, № 62, № 63, № 66, № 67, № 73, № 74, № 75, № 80, № 81, № 82, № 83, № 85, № 86, № 87, № 89, № 91, № 92, № 132/14, № 146, № 147, № 148, № 150;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Алма-Атинская, № 62, № 64, № 66, № 68.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 106</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, жилой массив Георгиевка, № 105, здание коммунального государственного учреждения "Средняя общеобразовательная школа № 59 города Актобе" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: улица Жеңіс, № 1/1, № 1/2, № 1/3, № 1/4, № 1/5, № 1/6, № 1/7, № 1/8, № 1/9, № 1/10, № 1/11, № 1/12, № 1/13, № 1/14, № 1/15, № 1/16, № 1/17, № 1/18, № 3/1, № 3/2, № 3/3, № 3/4, № 3/5, № 3/6, № 3/7, № 3/8, № 3/9, № 3/10, № 3/11, № 3/12, № 3/13, № 3/14, № 3/15, № 3/16, № 3/17, № 3/18, № 5/1, № 5/3, № 5/4, № 5/5, № 5/6, № 5/7, № 5/8, № 5/9, № 5/10, № 5/11, № 5/12, № 5/13, № 5/14, № 5/15, № 5/16, № 5/17, № 5/18, № 7/1, № 7/2, № 7/3, № 7/4, № 7/6, № 7/7, № 7/8, № 7/9, № 7/10, № 7/11, № 7/12, № 2, № 4, № 6, № 8, № 10, № 11, № 12, № 14, № 16А, № 16, № 18, № 20, № 17/1, № 17/2, № 19/1, № 21/1, № 21/2, № 22/2, № 23/1, № 23/2, № 24/1, № 24/2, № 25/1, № 25/2, № 26/1, № 26/2, № 26/3, № 26/4, № 26/5, № 26/6, № 26/7, № 26/8, № 27/1, № 27/2, № 28/1, № 28/2, № 30/1, № 30/2, № 32/1, № 32/2, № 34/1, № 34/2, № 36/1, № 36/2, № 38/1, № 38/2, № 38/3, № 38/4, № 40/1, № 40/2, № 40/3, № 40/4, № 44;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Елек, № 1, № 2, № 3/1, № 3/2, № 3А, № 4/1, № 4/2, № 4/3, № 4/4, № 5/1, № 5/2, № 6/1, № 6/2, № 7/1, № 7/2, № 8/1, № 8А, № 9/1, № 9/2, № 10/1, № 10/2, № 11/1, № 11/2, № 12, № 13/1, № 13/2, № 14/1, № 14/2;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Ю. Гагарина, № 1, № 2, № 3/1, № 3/2, № № 4/1, № 4/2, № 4/3, № 5/1, № 5/2, № 6/1, № 6/2, № 7А, № 7/1, № 7/2, № 8/1, № 8/2, № 96/1, № 96/2;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица И. Алтынсарина, № 1/1, № 1/2, № 2/1, № 2/2, № 3, № 4/1, № 4/2, № 5/1, № 5/2, № 6, № 7/1, № 8, № 10, № 11А, № 11/1, № 12/1;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Толкын, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14/1, № 14/2, № 14/3, № 14/4, № 15/1, № 15/2, № 15/3, № 15/4;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переулок Украинский, № 1, № 2, № 3, № 4, № 5, № 6, № 7/1, № 7/2;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Гофмана, № 1, № 2, № 3/1, № 3/2, № 4/1, № 4/2, № 5, № 6, № 7/1, № 7/2, № 8/1, № 8/2, № 9, № 10, № 11/1, № 11/2, № 12/1, № 12/2;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переулок Новый, № 1/1, № 1/2, № 1/3, № 1/4, № 2, № 3, № 4, № 5, № 6/1, № 6/2, № 7, № 8, № 9, № 10, № 11/1, № 11/2, № 12/1, № 12/2, № 13/1, № 13/2, № 14, № 15/1, № 15/2, № 16, № 17/1, № 17/2, № 18, № 19;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Целинная, № 1/1, № 1/2, № 2/1, № 2/2, № 3/1, № 3/2, № 4/1, № 4/2, № 5/1, № 5/2, № 6/1, № 7, № 8/1, № 8/2, № 9, № 10/1, № 6/2, № 11, № 10/2;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Данк, № 1, № 2, № 3/1, № 3/2, № 4/1, № 4/2, № 5, № 6/1, № 6/2, № 7/1, № 7/2, № 7/3, № 8/1, № 8/2, № 9, № 10/1, № 10/2;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переулок Парковый, № 1, № 1/1, № 1/2, № 3, № 4, № 5, № 6, № 6А, № 6Б, № 7, № 7А, № 8;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Байғазы, № 2, № 3, № 4/1, № 4/2;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Тепличная, № 4/1, № 4/2, № 5, № 6, № 7, № 8, № 9, № 14, № 22, № 32, № 157; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Абая, № 1, № 2, № 3, № 4, № 5, № 5А, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36/1, № 36/2, № 37, № 38, № 39, № 39А, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 51, № 52, № 53, № 54, № 55, № 56, № 57, № 58, № 59, № 60, № 61, № 62, № 63, № 64, № 65, № 66, № 67, № 68, № 69, № 70, № 71, № 72, № 73, № 74, № 75/1, № 75/2, № 76, № 77, № 78, № 79, № 80, № 81, № 82, № 83, № 84, № 85, № 86, № 87, № 88, № 89, № 90, № 91, № 93, № 94, № 95;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Ардагерлер, № 1, № 1А, № 1Б, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 51, № 52, № 53, № 54, № 55, № 57, № 59, № 61, № 63, № 65, № 67, № 71, № 73, № 75, № 77, № 79;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Степная, № 1/1, № 2, № 3/3, № 4;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переулок Малый, № 1, № 2, № 3, № 4;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Енбек, № 1, № 3, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 16;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Актобе, № 1/1, № 1/2, № 2/1, № 2/2, № 2/3, № 2/4, № 2/5, № 3/1, № 3/2, № 4/1, № 4/2, № 5/1, № 5/2, № 6/1, № 6/2, № 7/1, № 7/2, № 9/1, № 9/2, № 10, № 11/1, № 11/2, № 13/1, № 13/2, № 13/3, № 17;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Т. Бегельдинова, № 2/1, № 2/2, № 3, № 4/1, № 4/2, № 5, № 6, № 7, № 8;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Интернациональная, № 1, № 3, № 3А, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 17, № 19;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица А. Молдагуловой, № 1, № 3, № 4/1, № 4/2, № 5, № 6, № 8, № 9, № 10, № 11, № 12, № 14, № 15, № 17, № 20, № 21, № 24;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Мектеп, № 1, № 1А, № 1Б, № 2А, № 2/1, № 2/2, № 2/3, № 3, № 4/1, № 4/2, № 5, № 6/1, № 6/2, № 7, № 8/1, № 8/2, № 10/1, № 10/2, № 11/1, № 118/2, № 12, № 13/1, № 13/2, № 14, № 15, № 16, № 17, № 18, № 19, № 20А, № 21, № 22, № 23, № 24, № 25, № 26/1, № 26/2, № 26/3, № 27, № 28, № 29, № 31, № 33, № 35, № 37, № 39.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 107</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, жилой массив Орлеу, № 2А, здание коммунального государственного учреждения "Средняя общеобразовательная школа № 57 города Актобе" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: в границах жилого массива Орлеу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 108</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, жилой массив Юго-Запад-1, улица имени Халиды Есенгулкызы Мамановой, № 9, здание коммунального государственного учреждения "Средняя общеобразовательная школа № 10 города Актобе" государственного учреждения "Отдел образования города Актобе"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: в границах жилого массива Юго-Запад-1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 109</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, улица Әз Наурыз, № 5, здание частного учреждения "Актюбинский строительно-монтажный колледж".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: проспект 312 стрелковой дивизии, № 1, № 1А, № 1В, № 1Г, № 1М, № 1П, № 1З, № 3;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      микрорайон 11, № 19, № 21, № 23, № 25, № 27, № 28, № 31А, № 35, № 36;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Әз Наурыз, № 2 (микрорайон 11, № 24), № 6 (микрорайон 11, № 31), № 8 (микрорайон 11, № 32), № 10 (микрорайон 11, № 33), № 12 (микрорайон 11, № 34).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 110</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, микрорайон 11, № 145, здание коммунального государственного учреждения "Средняя школа № 35 имени Халела Досмухамедулы" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: микрорайон 11, № 3, № 8, № 15, № 16, № 37, № 37А, № 41В;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Н. Шайкенова, № 13 (микрорайон 11, № 3А), № 13А, № 11 (микрорайон 11, № 3ВГ), № 9, корпус 1 (микрорайон 11, № 8, корпус1);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Әз Наурыз, № 14 (микрорайон 11, № 38), № 16 (микрорайон 11, № 39), № 13 (микрорайон 11, № 39А), № 18 (микрорайон 11, № 41Г), № 20 (микрорайон 11, № 41), № 24 (микрорайон 11, № 42), № 26 (микрорайон 11, № 43).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 111</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, микрорайон 11, № 98, здание коммунального государственного учреждения "Средняя школа № 37" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: микрорайон 11, № 13, № 14, № 76, № 77, № 77А, № 79, № 80, № 81;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Н. Шайкенова, № 5 (микрорайон 11, № 10), № 1 (микрорайон 11, № 12), № 2 (микрорайон 11, № 82), № 4 (микрорайон 11, № 83).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 112</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, микрорайон 12, № 37/1, здание коммунального государственного учреждения "Гимназия № 51" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: микрорайон 12, № 16А, № 16Г, № 16Ж, № 16И, № 16Н, № 16П, № 16/1, № 16/2, № 17, № 37, № 37А, № 38А, № 38Б, № 39, № 39А, № 39Б, № 58, № 58А, № 58Б, № 58В, № 58Г, № 58Д, № 58Е, № 60, № 62, № 63, № 64, № 64А, № 64Б, № 64АБ, № 64ВГ, № 65, № 82.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 113</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, жилой массив Балауса, улица А.Попова, № 1, здание коммунального государственного учреждения "Комплекс школа-сад в жилом массиве Заречный" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: в границах жилого массива Балауса:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участки, № 619, № 619А, № 619Б, № 619В, № 620, № 621, № 622, № 623, № 625;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Мұхаммед-Салық Бабажанов, № 1, № 3, № 5, № 7, № 9, № 9А, № 11, № 13, № 15, № 17, № 19, № 21, № 23, № 25, № 27, № 29, № 31, № 33;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Восточная, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 9;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица А. Попова, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Саяжай, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      все дома улицы Кайдауыл батыра, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 51, № 52, № 53, № 54, № 55, № 56, № 57, № 58, № 59, № 60, № 61, № 62, № 63, № 64, № 65, № 66, № 67, № 68, № 69, № 70, № 71, № 72, № 73, № 74, № 75, № 76, № 77, № 78;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жилые массивы Келешек и Саяжай;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      прилегающие садоводческие коллективы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 114</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, жилой массив Каргалинское, улица К.Сатпаева, № 72Р, здание государственного коммунального казенного предприятия "Детская музыкальная школа № 3" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: в границах жилого массива Каргалинское:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица К. Cатпаева, № 2А, № 3, № 4, № 11А, № 19, № 36А, № 42, № 42А, № 43, № 44, № 45, № 46, № 52, № 54, № 56, № 58, № 60, № 62, № 64, № 64А, № 66, № 66А, № 68, № 68А, № 70, № 71, № 71А, № 72, № 72/2, № 72/3, № 72А, № 72Б, № 73, № 74, № 76, № 77, № 77А, № 78, № 79, № 81, № 82, № 83, № 87, № 89, № 91, № 91А, № 95, № 97, № 99, № 101, № 361;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Геологтар, № 1, № 3, № 4, № 5, № 7, № 8, № 9, № 10, № 11, № 13, № 14, № 15, № 15А, № 15Б, № 15В, № 17А, № 17Б, № 18, № 18А, № 19, № 20, № 21, № 22, № 24, № 26, № 28, № 29;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переулок Дальний, № 1, № 3, № 4, № 6, № 8;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица А. К. Кургулова, № 1, № 2, № 4, № 4А, № 6, № 8, № 9, № 10, № 11, № 12, № 13, № 15, № 16, № 17, № 18, № 20, № 24А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переулок Короткий, № 3, № 3А, № 3Б, № 3В, № 3Г, № 5, № 5А, № 5Б, № 5В, № 6, № 7, № 7А, № 8, № 12;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Матросова, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 11, № 12, № 13, № 14, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Рудная, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 14А, № 15В, № 16А, № 19, № 20, № 21, № 22, № 23, № 24;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переулок Рудный, № 1, № 2, № 3, № 4, № 5, № 6, № 7.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 115</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Местонахождение избирательного участка: город Актобе, район Астана, квартал Авиагородок, № 23А, здание коммунального государственного учреждения "Средняя школа № 29" государственного учреждения "Отдел образования города Актобе".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: В границах квартала Авиагородок, № 1, № 1А, № 1А корпус 1, № 1Б, № 2, № 3, № 4, № 5, № 6, № 6, корпус 1, № 6, корпус 2, № 7, № 8, № 9, № 9, корпус 1, № 9, корпус 2, № 10, № 11, № 11А, № 11Б, № 11В, № 11Г, № 11Д, № 11Е, № 12, № 13, № 15, № 15А, № 16, № 17, № 18, № 20, № 21, № 21А, № 29, № 29А, № 29Б, № 29Д, № 29Г, № 30, № 30А, № 30Г, № 31, № 32;</w:t>
-[...17 lines deleted...]
-      Дом юношества.</w:t>
+      Границы избирательного участка: в границах квартала Авиагородок, № 2В, № 3А, № 4Б, № 14А, № 19, № 22, № 22Б, № 23, № 24, № 25, № 25А, № 26, № 27, № 28, № 28А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Бокенбай батыра, № 153, корпус 1;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Сулутобе, все дома;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в границах микрорайона Самал, все жилые дома;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Мухтара Ауезова, № 3А, № 6Б, № 109, № 109А, № 117;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Бокенбай батыра, № 139, № 141, № 143, № 145, № 147, № 149, № 151;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Елек № 184А.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 20</w:t>
-[...269 lines deleted...]
-      в границах жилых массивов Думан, Парасат.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 116</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, улица 101 Стрелковой Бригады, № 10А, здание государственного коммунального казенного предприятия "Детская школа искусств имени Казангапа" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: улица Братьев Жубановых, № 271, № 273, № 275, № 277, № 279, № 281, № 283, № 283А, № 283, корпус 1, № 283, корпус 3, № 283, корпус 4, № 285, № 298, № 300;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица 101 Стрелковой Бригады, № 12.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 21</w:t>
-[...413 lines deleted...]
-      улица Уш таган, № 1, № 2, № 2А, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 10А, № 11, № 12, № 13, № 15, № 17.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 117</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, жилой массив Каргалинское, улица Родниковая, № 1, здание коммунального государственного учреждения "Областная специализированная школа-интернат-колледж олимпийского резерва имени Есет батыра" государственного учреждения "Управление физической культуры и спорта Актюбинской области"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: в границах жилого массива Каргалинское:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Байтерек, № 1, № 2, № 3, № 8, № 10, № 11, № 12, № 14, № 15, № 16, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 26, № 27, № 28, № 28А, № 28Б, № 29, № 30, № 32, № 33;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Родниковая, № 1, № 1/1, № 1/2, № 2, № 3, № 3/1, № 3/2, № 4, № 4/1, № 4/2, № 5, № 6, № 7, № 8;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в границах жилого массива Сарайшық:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жилые дома улиц Толеу Басенова, Айтека Сарсекова, Жиембет жырау, Жеңімпаз, Желкен, Танирбергена Молдабая, Жетіген;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участки, № 1, № 2, № 3, № 3А, № 4, № 8, № 9, № 10, № 10А, № 12, № 13, № 14, № 15, № 15А, № 16, № 16А, № 17, № 17А, № 18, № 19, № 19А, № 20, № 21, № 22, № 22А, № 23, № 23А, № 24, № 25, № 26, № 26А, № 27, № 27А, № 28, № 30, № 31, № 32, № 32А, № 33, № 33А, № 35, № 35А, № 36, № 37, № 44, № 45, № 46, № 47, № 49, № 50, № 52, № 53, № 54, № 55, № 57, № 58, № 59, № 60, № 60А, № 61, № 68, № 71, № 72, № 73, № 74, № 80, № 81, № 83, № 84, № 85, № 86, № 87, № 89, № 90, № 91, № 92, № 94, № 96, № 97, № 99, № 100, № 101, № 103, № 106, № 107, № 108, № 110, № 114, № 115, № 116, № 117, № 118, № 119, № 120, № 126, № 129, № 130, № 131, № 132, № 133, № 134, № 135, № 136, № 138А, № 139, № 140, № 141, № 142, № 143, № 144, № 144А, № 145, № 146, № 147, № 148, № 149, № 150, № 151, № 152, № 153, № 154, № 155, № 156, № 158, № 159, № 160, № 161, № 163, № 164, № 165, № 166, № 167, № 168, № 169, № 170, № 172, № 173, № 174, № 175, № 176, № 177, № 178, № 179, № 182, № 183, № 184, № 185, № 186, № 187, № 188Б, № 190, № 191, № 191А, № 192, № 193, № 194, № 195, № 195А, № 196, № 197, № 199, № 201, № 202, № 202А, № 203, № 204, № 205, № 206, № 210, № 211, № 212, № 212А, № 213, № 214, № 215, № 216, № 217, № 218, № 219, № 220, № 221, № 222, № 225, № 226, № 227, № 243, № 244, № 245, № 246, № 249, № 252, № 253, № 254, № 255, № 256, № 258, № 259, № 260, № 261, № 262, № 263, № 264, № 265, № 266, № 267, № 269, № 270, № 272, № 283, № 284А, № 285, № 288, № 295, № 295А, № 296, № 296А, № 297, № 299, № 300, № 301, № 302, № 307, № 308, № 309, № 311, № 313, № 494, № 495, № 495А, № 496А, № 499А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      прилегающие садоводческие коллективы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 22</w:t>
-[...305 lines deleted...]
-      переулок Средне-малый, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 12, № 14.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 118</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, жилой массив Курайли, улица Есет Батыра, № 15А, здание коммунального государственного учреждения "Илекская средняя школа" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Границы избирательного участка: в границах жилого массива Елек; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Братьев Жубановых, № 1/1, № 1/2, № 1/3, № 1/4, № 1/5, № 1/6, № 1/7, № 1/8, № 1/9, № 1/10, № 1/11, № 1/12, № 1/13, № 1/14, № 1/15, № 1/16, № 2, № 3/1, № 3/2, № 3/3, № 3/4, № 3/5, № 3/6, № 3/7, № 3/8, № 3/9, № 3/10, № 3/11, № 3/12, № 3/13, № 3/14, № 3/15, № 3/16, № 4/1, № 4/2, № 6, № 8/1, № 8/2, № 10, № 11, № 12/1, № 12/2, № 14, № 16/1, № 16/2, № 18, № 20, № 22, № 24, № 26/1, № 26/2, № 28/1, № 28/2, № 30/1, № 30/2, № 32, № 34, № 35;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Ш. Берсиева, № 1, № 1/1, № 1/2, № 2, № 3, № 4, № 5, № 6, № 7/1, № 7/2, № 8, № 9, № 9А, № 10, № 11, № 11/1, № 12, № 13, № 13/1, № 13/2;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Пацаева, № 1, № 2/1, № 2/2, № 3/1, № 3/2, № 4, № 5, № 6, № 7/1, № 7/2, № 8/1, № 8/2, № 9, № 10, № 11/1, № 11/2, № 11А, № 12, № 13, № 14/1, № 14/2, № 16;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Есет Батыра, № 1/1, № 1/2, № 2, № 3, № 4, № 4/1, № 4/2, № 5/1, № 5/2, № 6, № 7, № 8/2, № 9/1, № 9/2, № 10, № 11, № 12/1, № 12/2, № 13/1, № 13/2, № 14, № 15, № 15А, № 18, № 20, № 21;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Жамбыла, № 1/1, № 1/2, № 2, № 3, № 4, № 5, № 6, № 7/1, № 7/2, № 8/1, № 8/2, № 9/1, № 9/2, № 10, № 11, № 12/1, № 12/2, № 13, № 14, № 15/1, № 15/2, № 16/1, № 16/2, № 21, № 23А, № 29А, № 31А, № 33А, № 35А, № 37А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Д. Кунаева, № 1, № 2/1, № 2/2, № 3, № 4, № 5, № 6/1, № 6/2, № 7, № 7А, № 8/1, № 8/2, № 9/1, № 9/2, № 10, № 11, № 12/1, № 12/2, № 13, № 13/2, № 14/1, № 14/2, № 15, № 15/2, № 16, № 18/1, № 18/2;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Курылысшылар, № 1, № 2, № 2А, № 2Б, № 3/1, № 3/2, № 4, № 5, № 6/1, № 6/2, № 6А, № 7, № 8, № 9/1, № 9/2, № 9Б;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Асау-Барака, № 2, № 2А, № 3/1, № 3/2, № 4, № 5/1, № 5/2, № 6, № 6А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Коркем, № 1/1, № 1/2, № 2/1, № 2/2, № 3/1, № 4/1, № 4/2, № 5/1, № 5/2, № 5/3;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Вокзальная, № 1/1, № 1/2, № 1/3, № 1/4, № 1/5, № 1/6, № 2/1, № 2/2, № 3, № 3/1, № 3/2, № 3/3, № 7;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Мұрагер, № 2, № 10, № 13, № 15;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Сарбаздар, № 2, № 10, № 10А, № 11, № 12, № 17, № 21, № 22, № 23, № 25, № 27, № 32, № 36, № 38;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Сәттілік, № 7, № 9, № 10, № 14, № 16, № 18, № 24, № 29, № 33, № 38;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Шаттық, № 6, № 8, № 10А, № 21, № 23;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Білім, № 2, № 9, № 10, № 11;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Несібе, № 4, № 15;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      участки, № 212, № 225, № 234, № 235, № 239, № 244, № 247, № 255, № 259, № 276, № 290, № 300, № 457; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разъезд 39.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 23</w:t>
-[...287 lines deleted...]
-      железнодорожные дома, № 38, № 39, № 40, № 41, № 42, № 53.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 119</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, улица Набережная, № 78, здание государственного коммунального казенного предприятия "Детский сад № 43 "Гүлдәурен" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: улица Набережная, № 39, № 41, № 41А, № 43, № 45, № 45А, № 47, № 48, № 49, № 50, № 51, № 52, № 53, № 53А, № 53Б, № 53В, № 54, № 54А, № 55, № 55А, № 55/1,2, № 56, № 57, № 57А, № 57Б, № 58, № 58А, № 59, № 59А, № 59Б, № 60, № 61, № 62, № 63, № 64, № 64А, № 65, № 66, № 66А, № 67, № 68, № 69, № 69А, № 69Б, № 70, № 71, № 72, № 73, № 73А, № 74, № 75, № 76, № 77, № 78, № 79, № 80, № 81, № 82, № 83, № 84, № 84А, № 85, № 86, № 87;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Шернияза Жарылгас-улы, № 114, № 116, № 118, № 120, № 122, № 122А, № 124, № 126, № 126А, № 126Б, № 128, № 128А, № 128Б, № 130, № 134, № 134/1, № 136, № 136А, № 138, № 138А, № 140, № 140А, № 142, № 142А, № 144, № 146, № 148, № 148А, № 150, № 152, № 154, № 156, № 158, № 160;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Д. А. Кунаева, № 2, № 2А, № 4, № 6, № 8, № 10;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Жанибек хана, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 24</w:t>
-[...287 lines deleted...]
-      улица Красина, № 1, № 1А, № 1В, № 1Б, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 31, № 33, № 34, № 35, № 36, № 37, № 37А, № 38, № 38А, № 39, № 39А, № 40, № 41, № 41А, № 42, № 44, № 46, № 48, № 50, № 52, № 54.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 120</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, микрорайон 12, № 37В, здание коммунального государственного учреждения "Общеобразовательная средняя школа № 56" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: микрорайон 12, № 41, № 42, № 43, № 45, № 45Д, № 49, № 50, № 50А, № 50Б, № 50Г, № 51, № 51А, № 51Б, № 51В, № 51Г, № 52, № 53, № 53А, № 53/2, № 54, № 54А, № 54Б, № 54В;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Аль-Фараби, № 25 (микрорайон 12, № 43А).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 25</w:t>
-[...233 lines deleted...]
-      улица Ажибай бия, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 32, № 34.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 121</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, улица Бокенбай батыра, № 131Б, здание государственного коммунального казенного предприятия "Дом детского и юношеского творчества" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: улица Бокенбай батыра, № 129/2, № 129К, корпус 1, № 131, № 131А, № 131Б, № 131В, № 133, № 133, корпус 1, № 133А, № 133Б, № 133В, № 133Г, № 133У, № 135А.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 26</w:t>
-[...359 lines deleted...]
-      переулок Московский, № 153А, № 155А, № 157А, № 159А, № 161А, № 163А, № 165А, № 167А, № 169А, № 171А, № 171Б.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 122</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, жилой массив Көктем, улица Гуцало Александра Семеновича, № 1, здание Актюбинского нефтепроводного управления западного филиала акционерного общества "Казтрансойл".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Границы избирательного участка: в границах жилого массива Көктем: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Мұхаммед-Салық Бабажанов, № 2, № 2/1, № 2/2, № 2/3, № 2/4, № 4, № 4/1, № 4/2, № 4/3, № 4/4, № 6, № 6/1, № 6/2, № 6/3, № 8, № 8/2, № 8/3, № 10, № 10/1, № 10/2, № 10/3, № 12, № 12/1, № 12/2, № 12/3, № 12/4, № 12А/1, № 12А/2, № 14, № 14/1, № 16, № 16/1, № 18, № 20, № 20/1, № 20/2, № 22, № 24, № 24/1, № 24/2, № 24/3, № 26, № 28, № 30, № 32, № 34, № 40А, № 46А, № 62, № 70; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Телефонная, № 1, № 2, № 3, № 3А, № 3/1, № 3/2, № 4, № 4А, № 5, № 6, № 6А, № 7, № 7А, № 8, № 9, № 10, № 11, № 12, № 12А, № 12Б, № 13, № 14, № 15, № 16/1, № 16/2, № 17, № 18, № 19, № 19А, № 20, № 21, № 21А/1, № 21А/2, № 21Б, № 22, № 23, № 23А, № 23Б, № 24, № 25, № 26, № 28, № 29, № 31/1, № 32/1, № 32/2, № 32/3, № 32Б/1, № 32Б/2, № 32Б/3, № 32Б/4, № 32Б/5, № 32Б/6, № 33, № 34, № 34А, № 34/1, № 34/2, № 35, № 35А, № 36, № 36/1, № 36/2, № 37, № 38/1, № 38/2, № 40/1, № 40/2, № 40/3, № 40/4, № 41, № 42, № 42/1, № 42/2, № 44/1, № 44/2, № 46, № 46/1, № 46/2, № 46/4, № 48, № 48/2, № 50, № 50/1, № 50/2, № 52, № 54, № 56;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Воинов-интернационалистов, № 1, № 1А, № 2, № 2А, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 22А, № 23, № 24; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Федора Озмителя, № 1, № 2, № 2А, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 9Б, № 10, № 11, № 12, № 13, № 14, № 15, № 15Б, № 16, № 16А, № 17, № 18, № 19, № 20, № 22, № 23, № 23А, № 25/1, № 25/2, № 26, № 27, № 31, № 33;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Молдавская, № 1, № 1А, № 2, № 2А, № 3, № 4, № 5, № 5А, № 6, № 7, № 8, № 8А, № 9, № 10, № 11, № 11А, № 12, № 13, № 13А, № 14, № 14А, № 15, № 15А, № 16, № 17, № 18, № 18А, № 18Б, № 19, № 20, № 20А, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 39;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Папилова Николая Гавриловича, № 1, № 1/1, № 1/2, № 1/3, № 1Б, № 2, № 2/1, № 2/2, № 2/3, № 2А, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 13А, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Наркологическая, № 1, № 2, № 2А, № 2Б, № 3, № 4, № 4Б, № 5, № 7, № 9, № 10, № 11А, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 18А, № 19, № 19А, № 20, № 21, № 22, № 23, № 24, № 24А, № 25, № 27, № 30, № 31, № 35А, № 36, № 37, № 38А, № 39, № 39А, № 41, № 43, № 44, № 45, № 46, № 47; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участки, № 1, № 1А, № 2, № 4, № 5, № 7, № 9, № 11, № 11А, № 16, № 17, № 18, № 18А, № 19, № 19А, № 20В, № 20Г, № 21, № 35А, № 170А, № 292А, № 310, № 332, № 334, № 335, № 336, № 337, № 337Б, № 338, № 339, № 340, № 340Б, № 343, № 344, № 345, № 445, № 446, № 448, № 501, № 502, № 503, № 504, № 506, № 507, № 508, № 510, № 512;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      прилегающие садоводческие коллективы. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 27</w:t>
-[...125 lines deleted...]
-      улица Айголек, № 1, № 1А, № 2, № 3, № 3А, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 123</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, жилой массив Жанаконыс, улица Баубек Бұлқышев, № 25, здание государственного коммунального казенного предприятия "Дом детского творчества" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: улица Алма-Атинская, № 1, № 1А, № 2, № 2А, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16А, № 16, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 27;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Абая, № 1, № 3, № 3А, № 8, № 9, № 10, № 14, № 17, № 22;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Мира, № 1, № 1А, № 2, № 3, № 4, № 5, № 5/1, № 5/2, № 6, № 7, № 7/1, № 7/2, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 16, № 17, № 18, № 19, № 20, № 21, № 21/1, № 22, № 23, № 23/1, № 24, № 25, № 25/1, № 25/2, № 26, № 27, № 27/1, № 27/2, № 28, № 29/1, № 29/2, № 30, № 32, № 34, № 36;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица 40 лет победы, № 1, № 1А, № 2, № 3, № 3/1, № 3А, № 4, № 5, № 5А, № 6, № 7, № 7Б, № 7А, № 8, № 9, № 9А, № 9В, № 10, № 11, № 11/2, № 11А, № 13, № 13А, № 13/3, № 15, № 15А, № 15/1, № 15/2, № 16/2, № 16, № 17, № 17/1, № 18, № 19, № 19/1, № 20А, № 20, № 20/1, № 21, № 22, № 23, № 24, № 24А, № 25, № 25А, № 26, № 26А, № 27, № 27А, № 27В, № 28, № 29;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переулок Садовый, № 1, № 2, № 3, № 4, № 4А, № 5, № 6, № 6/1, № 6/2, № 7, № 7/1, № 7/2, № 8/1, № 8/2, № 9/1, № 9/2, № 10, № 10/1, № 10/2, № 12, № 12/1, № 12/2;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Баубек Бұлқышев, № 1, № 1А, № 2, № 3, № 4, № 5, № 6, № 6А, № 7, № 8, № 9, № 10, № 10/1, № 10/2, № 11, № 11/1, № 11/2, № 12, № 13, № 13А, № 15, № 17, № 17А, № 18, № 19, № 21, № 23, № 23/1, № 23А, № 23/2, № 27, № 27А, № 25;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Баян батыра, № 1, № 1/98, № 1А, № 2, № 2/1, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 15, № 18, № 18А, № 18Б, № 20, № 20А, № 22, № 24, № 26, № 26А, № 26/2, № 27, № 29, № 31, № 33, № 38, № 104;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Степная, № 1, № 2, № 3, № 4, № 5, № 6, № 6А, № 7, № 8, № 9, № 10, № 12;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Хамита Ергалиева, № 1, № 1А, № 2, № 2/1, № 2/2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 12, № 14, № 14/1, № 14/2, № 16, № 16/1, № 16/2;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Молодежная, № 1, № 1А, № 2, № 2/2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 21/1, № 22;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Новая, № 1, № 73/2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 28</w:t>
-[...89 lines deleted...]
-      улица Локомотивная, № 7 (жилой комплекс "Фаворит").</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 124</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, улица Тараса Шевченко, № 34, здание государственного коммунального казенного предприятия "Ясли-сад № 30 "Ұрпақ" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: улица Алма-Атинская, № 2, № 4, № 6, № 8, № 10, № 12, № 14, № 16;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица В. Ф. Зинченко, № 87, № 89, № 91, № 93, № 95, № 97, № 99, № 99А, № 101, № 103, № 105, № 107, № 109, № 111, № 111А, № 113, № 115, № 117, № 119, № 121, № 123, № 125, № 127, № 129, № 129А, № 129Б, № 131, № 133, № 135, № 135А, № 135Б, № 137, № 139, № 139/2, № 141, № 143, № 145, № 147, № 149, № 151, № 153/1, № 153/2, № 155/1, № 155/3, № 155/4, № 157/1, № 157/2, № 157/3, № 159, № 159/1, № 159/3, № 161, № 163, № 163/1, № 163/2, № 165/1, № 165/2, № 165/3, № 165/4, № 167, № 169/2, № 169/3, № 169/4, № 171/1, № 171/2, № 171/4, № 173/1, № 173/3, № 175/1, № 175/2, № 175/3, № 175/4, № 177, № 653, № 653А, № 653Б/1, № 653В/1, № 653В/2;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Маяковского, № 1, № 2, № 3, № 4, № 5, № 6, № 7/1, № 7/2, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Суворова, № 1, № 2, № 3, № 4/1, № 4/2, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 31, № 33, № 35;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица К. Байсеитовой, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21/1, № 21/2, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 32;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Н. В. Гоголя, № 41, № 41А, № 41Б, № 42, № 42А, № 42Б, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 50А, № 51, № 52, № 53, № 54, № 55, № 56, № 57, № 58, № 59, № 60, № 61, № 62, № 63, № 64, № 65, № 66, № 67, № 68, № 69, № 70, № 71, № 72, № 73, № 74, № 74А, № 75, № 76, № 77, № 78, № 79, № 80, № 81, № 82, № 83, № 84, № 85, № 86, № 87, № 88, № 88А, № 89, № 89, корпус 1, № 89, корпус 2, № 90, № 92, № 94, № 95, № 96, № 97, № 98, № 99, № 100, № 101, № 102, № 103, № 104, № 106, № 108, № 110, № 112, № 114, № 116, № 118, № 120, № 122, № 124, № 126, № 128, № 130, № 132, № 134, № 136, № 138, № 140, № 142, № 144;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Эмбинская, № 51, № 53, № 55, № 55А, № 57, № 59, № 61, № 63, № 65, № 67, № 68, № 69, № 70, № 71, № 72, № 73, № 73А, № 74, № 74А, № 75, № 76, № 77, № 78, № 79, № 80, № 80А, № 81, № 82, № 83, № 84, № 85, № 86, № 87, № 88, № 88А, № 89, № 90, № 91, № 92, № 93, № 94, № 95, № 95А, № 96, № 97, № 98, № 99, № 99А, № 100, № 101, № 102, № 103, № 104, № 105, № 106, № 107, № 108, № 109, № 110, № 111, № 112, № 113, № 114, № 115, № 116, № 117, № 118, № 119, № 120, № 121, № 122, № 123, № 124, № 125, № 126, № 127, № 128, № 128А, № 129, № 130, № 131, № 132, № 133, № 134, № 135, № 136, № 137, № 138, № 139, № 140, № 141, № 142, № 143, № 144, № 145, № 146, № 147, № 148, № 149, № 150, № 151, № 152, № 153, № 154, № 155, № 156, № 157, № 158, № 159, № 160, № 161, № 162, № 164, № 166, № 168, № 170;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Турксиба, № 67, № 69, № 71, № 73, № 75, № 77, № 79, № 80, № 81, № 82, № 83, № 84, № 85, № 85А, № 86, № 87, № 88, № 88А, № 89, № 90, № 90А, № 91, № 92, № 93, № 94, № 95, № 96, № 97, № 98, № 98А, № 99, № 100, № 101, № 102, № 103, № 104, № 105, № 106, № 107, № 108, № 109, № 110, № 111, № 112, № 113, № 114, № 115, № 116, № 117, № 118, № 118А, № 119, № 120, № 121, № 122, № 123, № 124, № 125, № 126, № 127, № 128, № 128А, № 129, № 130, № 131, № 132, № 133, № 134, № 135, № 136, № 137, № 138, № 139, № 140, № 141, № 142/1, № 142/2, № 142/3, № 142/4, № 143, № 144, № 144/1, № 144/2, № 144/4, № 145, № 146, № 146/1, № 146/2, № 146/4, № 147, № 148/1, № 148/2, № 148/3, № 148/4, № 149, № 150/1, № 150/2, № 150/3, № 150/4, № 151, № 152/1, № 152/2, № 152/3, № 152/4, № 153, № 154/1, № 154/2, № 155, № 156, № 157, № 158/1, № 158/2, № 158/3, № 158/4, № 159, № 160/1, № 160/2, № 160/3, № 160/4, № 161, № 162/1, № 162/3, № 162/4, № 163, № 164/1, № 164/2, № 164/3, № 164/4, № 165, № 166, № 167, № 168, № 169, № 170, № 171;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Тараса Шевченко, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 22, № 24, № 24А, № 26, № 28, № 30, № 32, № 34, № 36, № 36А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Абая, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 13; № 15, № 17, № 19, № 21, № 23, № 25, № 27, № 29, № 31, № 31/1, № 33, № 33/1, № 33/2, № 35, № 35/1, № 35/2, № 37, № 37/1, № 37/2, № 37/3, № 37/4, № 37А, № 39/1, № 39/2, № 39/3, № 39/4;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Володи Дубинина, № 1, № 2, № 3, № 4, № 4/1, № 5, № 6, № 7, № 8, № 9, № 9А, № 10, № 11, № 12, № 13, № 13А, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32/1, № 32/2, № 32/3, № 32/4, № 33, № 34/2, № 34/3, № 34/4, № 36;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Лазо С.Г., № 1, № 2, № 3, № 3А, № 3/1, № 3/2, № 4, № 5, № 5А, № 6, № 7, № 9;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Гастелло Н. Ф., № 1, № 3/1, № 3/2, № 5/1, № 5/2, № 7, № 9, № 11, № 13, № 15, № 17, № 19, № 21, № 23/1, № 23/2, № 25, № 27, № 29/1, № 29/2, № 29/3, № 29/4, № 31, № 33, № 35, № 37, № 39, № 41, № 43, № 45, № 47, № 49.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 29</w:t>
-[...35 lines deleted...]
-      Границы избирательного участка: микрорайон 11, № 103, № 105, № 106, № 110, № 111, № 112, № 112А/1, № 112Б, № 112В, № 114, № 115, № 144А, корпус 1, № 144А, корпус 2, № 144А, корпус 3, № 144Б, корпус 1, № 144Б, корпус 2.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 125</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, улица Нефтяников, № 25, здание коммунального государственного учреждения "Центр социального обслуживания № 1" государственного учреждения "Управление координации занятости и социальных программ Актюбинской области" (далее - учреждение).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: учреждение.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 30</w:t>
-[...161 lines deleted...]
-      участки жилого массива Кирпичный, № 1, № 1Б, № 1В, № 2, № 2Б, № 2В, № 3, № 3А, № 4А, № 4В, № 5, № 5Б, № 6, № 7Е, № 8, № 9Б, № 10, № 11, № 12А, № 14, № 14/1, № 15, № 15/5, № 15/8, № 16, № 17, № 18, № 20, № 20А, № 21, № 21А, № 22, № 26, № 28, № 28Б, № 29, № 29А, № 29Б, № 30, № 31, № 32, № 35, № 35А, № 35Б, № 36, № 37, № 38, № 38Б, № 39, № 39А, № Г, № 39В, № 40, № 40Б, № 41, № 41А, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 51, № 51А, № 52, № 53, № 54, № 55, № 56, № 57, № 59, № 61А, № 62, № 63, № 64, № 65, № 65А, № 65Б, № 66, № 67, № 68, № 69, № 70, № 70А, № 70Б, № 72, № 72А, № 73, № 76, № 76А, № 77, № 77, корпус 1, № 78, № 79А, № 81, № 82, № 83, № 84, № 85, № 95, № 119, № 120, № 136, № 144, № 183, № 201, № 367, № 377, № 388К, № 388М, № 388Р, № 388Т, № 388Ф, № 389, № 389П, № 389С, № 389У, № 389Ф, № 390, № 391В, № 391Г, № 391К, № 396, № 397;</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 522</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, микрорайон Есет батыр, № 11Б, здание государственного коммунального казенного предприятия "Детский сад № 50 "Алтын бесік" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: в границах микрорайона Есет батыр, № 10В, № 11В, № 12В, № 14В.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 523</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, жилой массив Ақжар-2, улица имени Каюма Мухамедханова, № 32, здание коммунального государственного учреждения "Общеобразовательная средняя школа № 49" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Границы избирательного участка: в границах жилого массива Ақжар-2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участки, № 438, № 439, № 440, № 441, № 442, № 443, № 444, № 445, № 446, № 447, № 448, № 449, № 451, № 452, № 453, № 454, № 455, № 456, № 457, № 458, № 459, № 460, № 461, № 462, № 463, № 464, № 465, № 466, № 467, № 468, № 469, № 470, № 471, № 472, № 473, № 474, № 475, № 476, № 477, № 478, № 479, № 480, № 481, № 482, № 483, № 484, № 485, № 486, № 487, № 488, № 489, № 490, № 491, № 492, № 493, № 495, № 496, № 497, № 498, № 499, № 500, № 501, № 502, № 503, № 504, № 505, № 506, № 507, № 508, № 509, № 510, № 511, № 512, № 513, № 514, № 515, № 516, № 517, № 518, № 519, № 520, № 521, № 522, № 523, № 524, № 525, № 526, № 527, № 528, № 529, № 530, № 531, № 532, № 533, № 534, № 535, № 536, № 537, № 538, № 539, № 540, № 541, № 542, № 543, № 544, № 545, № 546, № 547, № 548, № 549, № 550, № 551, № 552, № 553, № 554, № 555, № 556, № 557, № 558, № 559, № 560, № 561, № 562, № 563, № 564, № 565, № 566, № 567, № 568, № 569, № 570, № 571, № 572, № 573, № 574, № 575, № 576, № 577, № 578, № 579, № 580, № 581, № 582, № 583, № 584, № 585, № 586, № 587, № 588, № 589, № 590, № 591, № 599, № 600, № 601, № 602, № 603, № 604, № 605, № 606, № 607, № 608, № 609, № 610, № 611, № 612, № 613, № 614, № 615, № 616, № 617, № 618, № 619, № 620, № 621, № 622, № 623, № 624, № 625, № 626, № 627, № 628, № 629, № 630, № 631, № 632, № 633, № 634, № 635, № 636, № 637, № 638, № 639, № 640, № 641, № 642, № 643, № 644, № 645, № 646, № 647, № 648, № 649, № 650, № 651, № 652, № 653, № 654, № 655, № 656, № 657, № 658, № 659, № 660, № 661, № 662, № 663, № 664, № 665, № 666, № 667, № 668, № 669, № 670, № 671, № 672, № 673, № 674, № 675, № 676, № 677, № 678, № 679, № 680, № 681, № 682, № 683, № 684, № 685, № 686, № 687, № 688, № 689, № 690, № 691, № 692, № 693, № 694, № 695, № 696, № 697, № 727, № 728, № 729, № 730, № 731, № 732, № 733, № 734, № 735, № 736, № 737, № 738, № 739, № 740, № 741, № 742, № 743, № 744, № 745, № 746, № 747, № 748, № 749, № 750, № 751, № 752, № 753, № 754, № 755, № 756, № 757, № 758, № 759, № 760, № 761, № 762, № 763, № 764, № 765, № 766, № 767, № 768, № 769, № 770, № 771, № 772, № 773, № 774, № 775, № 776, № 777, № 778, № 779, № 780, № 781, № 782, № 783, № 784, № 785, № 786, № 787, № 788, № 789, № 790, № 791, № 792, № 793, № 794, № 795, № 796, № 797, № 798, № 799, № 800, № 801, № 802, № 803, № 804, № 805, № 806, № 807, № 808, № 809, № 810, № 811, № 812, № 813, № 814, № 815, № 816, № 817, № 818, № 819, № 820, № 821, № 822, № 823, № 824, № 825, № 826, № 827, № 828, № 829, № 830, № 831, № 832, № 833, № 834, № 835, № 836, № 837, № 838, № 839, № 840, № 841, № 842, № 843, № 844, № 845, № 846, № 847, № 848, № 849, № 850, № 851, № 852, № 853, № 854, № 85, № 856, № 857, № 858, № 859, № 860, № 861, № 862, № 863, № 864, № 865, № 866, № 867, № 868, № 869, № 870, № 871, № 872, № 873, № 874, № 875, № 876, № 877, № 878, № 879, № 880, № 881, № 882, № 883, № 884, № 885, № 886, № 887, № 888, № 889,№ 890, № 890, № 891, № 892, № 893, № 894, № 895, № 896, № 897, № 898, № 899, № 900, № 901, № 902, № 903, № 904, № 905, № 906, № 907, № 908, № 909, № 910, № 911, № 912, № 913, № 914, № 915, № 916, № 917, № 918, № 919, № 920, № 949, № 950, № 951, № 952, № 953, № 954, № 955, № 956, № 957, № 958, № 959, № 960, № 961, № 962, № 963, № 964, № 965, № 966, № 967, № 968, № 969, № 970, № 971, № 972, № 973, № 974, № 975, № 976, № 977, № 978, № 979, № 980, № 981, № 982, № 983, № 984, № 985, № 986, № 987, № 988, № 989, № 990, № 991, № 992, № 993, № 994, № 995, № 996, № 997, № 998, № 999, № 1000 № 1001, № 1002, № 1003, № 1004, № 1005, № 1006, № 1007, № 1008, № 1009, № 1010, № 1011, № 1012, № 1013, № 1014, № 1015, № 1016, № 1017, № 1018, № 1019, № 1020, № 1021, № 1022, № 1023, № 1024, № 1025, № 1026, № 1027, № 1028, № 1029, № 1030, № 1031, № 1032, № 1033, № 1034, № 1035, № 1036, № 1037, № 1038, № 1039, № 1040, № 1041, № 1042, № 1043, № 1044, № 1045, № 1046, № 1047, № 1048, № 1049, № 1050, № 1051, № 1052, № 1053, № 1054, № 1055, № 1056, № 1057, № 1058, № 1059, № 1060, № 1061, № 1062, № 1508, № 1509, № 1510, № 1511, № 1512, № 1513, № 1514, № 1515, № 1516, № 1517, № 1518, № 1519, № 1520, № 1521, № 1522, № 1523, № 1524, № 1525, № 1526, № 1527, № 1528, № 1529, № 1530, № 1531, № 1532, № 1533, № 1534, № 1535, № 1536, № 1537, № 1538, № 1539, № 1540, № 1541, № 1542, № 1543, № 1544, № 1545, № 1546, № 1547, № 1548, № 1549, № 1550, № 1551, № 1552, № 1553, № 1554, № 1555, № 1556, № 1557, № 1558, № 1559, № 1560, № 1561, № 1562, № 1563, № 1564, № 1565, № 1566, № 1567, № 1568, № 1569, № 1570, № 1571, № 1572, № 1573, № 1574, № 1575, № 1576 № 1577, № 1578, № 1579, № 1580, № 1581, № 1582, № 1583, № 1584, № 1585, № 1586, № 1587, № 1588, № 1589, № 1590, № 1591, № 1592, № 1593, № 1594, № 1595, № 1596, № 1597, № 1598, № 1599, № 1600, № 1601, № 1602, № 1603, № 1604, № 1605, № 1606, № 1607, № 1608, № 1609, № 1610, № 1611, № 1612, № 1613, № 1614, № 1615, № 1616, № 1617, № 1618, № 1619, № 1620, № 1621, № 1622, № 1623, № 1624, № 1625, № 1626, № 1627, № 1628, № 1629, № 1630, № 1631, № 1632, № 1633, № 1634, № 1635, № 1636, № 1637, № 1638, № 1639, № 1640, № 1641, № 1642, № 1643, № 1644, № 1645, № 1646, № 1647, № 1648, № 1649, № 1650, № 1651, № 1652, № 1653, № 1654, № 1655, № 1656, № 1657, № 1658, № 1659, № 1660, № 1661, № 1662, № 1663, № 1664, № 1665, № 1666, № 1667, № 1668, № 1669, № 1670, № 1671, № 1672, № 1673, № 1674, № 1675, № 1676, № 1677, № 1678, № 1679, № 1680, № 1681, № 1682, № 1683, № 1684, № 1685, № 1686, № 1687, № 1688, № 1689, № 1690, № 1691, № 1692, № 1693, № 1694, № 1695, № 1696, № 1697, № 1698, № 1698, № 1699, № 1700, № 1701, № 1702, № 1703, № 1704, № 1705, № 1706;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      садоводческий коллектив Акжар плюс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 524</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, жилой массив Балауса, № 421Б, здание коммунального государственного учреждения "Средняя школа № 46" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: в границах жилого массива Балауса:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Алмат-Самырат, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Нарена Имашева, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Отеу Кудайбергенова,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Камбара Медетова,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Байдалы Омирулы,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Василия Мощенского,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Ахмета Ескендирова,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Нурсулу Тапаловой,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участки, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 7А, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 18А, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 51, № 52, № 53, № 54, № 55, № 56, № 57, № 58, № 59, № 60, № 61, № 62, № 63, № 64, № 65, № 66, № 67, № 68, № 69, № 70, № 71, № 72, № 73, № 74, № 75, № 76, № 77, № 78, № 79, № 80, № 81, № 82, № 83, № 84, № 85, № 86, № 87, № 88, № 89, № 90, № 91, № 92, № 93, № 94, № 95, № 96, № 97, № 98, № 99, № 100, № 101, № 102, № 103, № 104, № 105, № 106, № 107, № 108, № 109, № 110, № 111, № 112, № 113, № 114, № 115, № 116, № 117, № 118, № 119, № 120, № 121, № 122, № 123, № 124, № 125, № 126, № 127, № 128, № 129, № 130, № 131, № 132, № 133, № 134, № 135, № 136, № 137, № 138, № 139, № 140, № 141, № 142, № 143, № 144, № 145, № 146, № 147, № 148, № 149, № 150, № 151, № 152, № 153, № 154, № 155, № 156, № 157, № 158, № 159, № 160, № 161, № 162, № 163, № 164, № 165, № 166, № 167, № 168, № 169, № 170, № 171, № 172, № 173, № 174, № 175, № 176, № 177, № 178, № 179, № 180, № 181, № 182, № 183, № 184, № 185, № 186, № 187, № 188, № 189, № 189А, № 190, № 191, № 192, № 193, № 194, № 195, № 196, № 197, № 198, № 199, № 200, № 201, № 202, № 203, № 204, № 205, № 206, № 207, № 208, № 209, № 210, № 211, № 212, № 213, № 214, № 215, № 216, № 217, № 218, № 219, № 220, № 221, № 222, № 223, № 224, № 225, № 226, № 227, № 228, № 229, № 230, № 231, № 232, № 233, № 234, № 235, № 236, № 237, № 238, № 239, № 240, № 241, № 242, № 243, № 244, № 245, № 246, № 247, № 248, № 249, № 250, № 251, № 252, № 253, № 254, № 255, № 255А, № 256, № 257, № 258, № 259, № 260, № 261, № 262, № 263, № 264, № 265, № 266, № 267, № 268, № 269, № 270, № 271, № 272, № 273, № 274, № 275, № 276, № 277, № 278, № 279, № 280, № 281, № 282, № 283, № 284, № 285, № 286, № 287, № 288, № 289, № 290, № 291, № 292, № 293, № 294, № 295, № 296, № 297, № 298, № 299, № 299А, № 300, № 301, № 302, № 303, № 304, № 305, № 306, № 307, № 308, № 309, № 310, № 311, № 312, № 313, № 314, № 315, № 316, № 317, № 318, № 319, № 320, № 321, № 322, № 323, № 324, № 325, № 326, № 327, № 328, № 329, № 330, № 331, № 332, № 333, № 334, № 335, № 336, № 337, № 338, № 339, № 340, № 341, № 342, № 343, № 344, № 345, № 346, № 347, № 348, № 349, № 350, № 351, № 352, № 353, № 354, № 355, № 355А, № 356, № 357, № 358, № 359, № 360, № 361, № 362, № 363, № 364, № 365, № 366, № 367, № 368, № 369, № 370, № 371, № 372, № 373, № 374, № 375, № 376, № 376А, № 377, № 377А, № 378, № 379, № 380, № 381, № 382, № 385, № 386, № 387, № 388, № 389, № 390, № 391, № 392, № 393, № 394, № 395, № 396, № 397, № 398, № 399, № 400, № 401, № 402, № 403, № 404, № 405, № 406, № 407, № 408, № 408А, № 409, № 409А, № 410, № 410А, № 411, № 411А, № 412, № 412А, № 413, № 414, № 414А, № 415, № 415А, № 416, № 416А, № 417, № 418, № 419, № 420, № 421, № 422, № 423, № 424, № 425, № 426, № 427, № 428, № 429, № 430, № 431, № 432, № 433, № 434, № 435, № 436, № 437, № 438, № 439, № 440, № 441, № 442, № 443, № 444, № 444А, № 445, № 446, № 447, № 448, № 449, № 450, № 451, № 452, № 453, № 454, № 455, № 456, № 457, № 458, № 459, № 460, № 461, № 462, № 463, № 464, № 465, № 466, № 466А, № 467, № 468, № 469, № 470, № 471, № 472, № 473, № 474, № 475, № 476, № 477, № 478, № 479, № 480, № 481, № 482, № 483, № 484, № 485, № 486, № 487, № 488, № 489, № 490, № 491, № 492, № 493, № 494, № 495, № 496, № 497, № 498, № 499, № 500, № 501, № 502, № 503, № 504, № 505, № 506, № 507, № 508, № 509, № 510, № 511, № 512, № 513, № 514, № 515, № 516, № 517, № 518, № 519, № 520, № 521, № 522, № 523, № 524, № 525, № 526, № 527, № 528, № 529, № 530, № 531, № 532, № 533, № 534, № 535, № 536, № 537, № 538, № 539, № 540, № 541, № 542, № 543, № 544, № 545, № 546, № 547, № 548, № 549, № 550, № 551, № 552, № 553, № 554, № 555, № 556, № 557, № 558, № 559, № 560, № 561, № 562, № 563, № 564, № 565, № 566, № 567, № 574, № 590, № 594, № 595, № 596, № 602, № 608, № 608Г, № 614, № 615, № 617, № 618, № 629, № 630, № 631, № 633, № 634, № 636, № 637, № 638, № 640, № 641, № 641Б, № 642, № 643, № 644, № 645, № 646, № 647, № 648, № 649, № 650, № 651, № 652, № 653, № 654, № 655, № 658, № 659, № 662, № 663, № 676, № 678, № 681, № 684, № 685, № 686, № 687, № 688, № 689, № 690, № 692, № 693, № 695, № 697, № 699, № 700, № 702, № 703, № 705, № 706, № 713, № 717, № 718, № 719, № 720, № 721, № 722, № 723, № 724, № 725, № 726, № 727, № 730, № 732, № 733, № 734, № 736, № 737, № 738, № 739, № 740, № 741, № 743, № 744, № 745, № 746, № 747, № 748, № 749, № 750, № 751, № 755, № 756, № 757, № 760, № 761, № 768, № 769, № 771, № 762, № 765, № 766, № 767, № 770, № 772, № 782, № 785, № 788, № 789, № 851, № 865, № 904, № 923.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 525</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, улица Д. А. Кунаева, № 3Д, здание коммунального государственного учреждения "Средняя школа № 8" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: улица Д. А. Кунаева, № 1, № 1А, № 1Б, № 1/1, № 1/2, № 1/3, № 1/4, № 1/5, № 1/6, № 1/7, № 3В;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      квартал Горпитомник, № 1, № 2, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 48А, № 49, № 50, № 50А, № 51, № 52, № 53, № 54, № 55, № 56, № 58;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Набережная, № 2, № 4, № 6, № 8, № 10, № 10А, № 12, № 14, № 16, № 18, № 20, № 22, № 24, № 26, № 30, № 32, № 34, № 36, № 36А, № 38, № 40, № 42;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Асау Барака, № 2, № 2А, № 4, № 4А, № 6, № 8, № 10, № 12, № 14, № 16, № 18, № 20, № 22, № 24, № 24А, № 26, № 28, № 30, № 32, № 34, № 36, № 38, № 40, № 42, № 44, № 44А, № 44Б, № 46, № 46А, № 48;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       прилегающие садоводческие коллективы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 31</w:t>
-[...53 lines deleted...]
-      улица Т.Рыскулова, № 10, № 12, № 12, корпус 1, № 14, № 14, корпус1(А), № 16, № 16, корпус 1, № 16, корпус 2, № 18, № 18А, № 18, корпус 1, № 18, корпус 2.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 526</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, микрорайон 12, № 37В, здание коммунального государственного учреждения "Общеобразовательная средняя школа № 56" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: жилые дома микрорайона 12 ВГ, микрорайона 12 Б;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Бөкенбай батыра, № 22, № 22, корпус 1, № 23, № 23А, № 25, № 31, № 32, № 32, корпус 1, № 32, корпус 3, № 33, № 51, № 55, № 57, № 59/1, № 59/2, № 61/1, № 61/4, № 63/3, № 65/5, № 65/6, № 65/7, № 65/8, № 67/2, № 67/4, № 69/1, № 71, № 73, № 79, № 89, № 101, № 103, № 109, № 113, № 117, № 119, № 121, № 127, № 127Б, № 127Р, № 127Т, № 127У;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Мукагали Макатаева, № 4Б, № 6Б, № 10А, № 26, № 28А, № 28Б, № 30, № 32, № 34, № 36, № 115;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      квартал мехколонна-168, № 1, № 1/1, № 1А, № 2, № 2А, № 3, № 3А, № 4, № 4А, № 5, № 5А, № 5Б, № 6, № 6А, № 7, № 7А, № 7Б, № 8, № 8А, № 9, № 9А, № 10, № 10А, № 11, № 11/1, № 11А, № 12, № 13, № 14, № 15, № 16, № 16/1, № 17, № 18, № 19, № 20, № 20/4, № 21, № 21/4, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 37, № 51/2, № 52/1, № 52/2, № 53, № 53/1, № 53/3, № 53/4;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Аль-Фараби, все дома по четной стороне;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Алмас кылыш, все дома;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Аксуат, все дома;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Актан Керейулы, все дома;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Алаш, все дома;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Биржан сала, все дома;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Отырар, все дома;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Алпамыс батыра, все дома;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Болтирик шешен, все дома;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Магжана Жумабаева, все дома;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Сынтас, все дома;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Жас қыран, все дома;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Миржакыпа Дулатова, все дома;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Жусипбека Аймауытова, все дома;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Шакарима Кудайбердыулы, все дома;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Ахмета Байтурсынулы, все дома.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 32</w:t>
-[...89 lines deleted...]
-      улица Олега Кошевого, № 105, корпус 1, № 105, корпус 2, № 105, корпус 3, № 109, № 113, № 113, корпус 1, № 113, корпус 2, № 115.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 527</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, улица Мәңгілік Ел, № 6, здание коммунального государственного учреждения "Областная детско-юношеская спортивная школа по водным видам спорта "Достық" государственного учреждения "Управление физической культуры и спорта Актюбинской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: в границах микрорайона Алтын Орда, № 8, корпус 1, № 8, корпус 2, № 8, корпус 4, № 13Б, корпус 1, № 21В, № 21М, № 49Л, корпус 4, № 49Л, корпус 5, № 49Л, корпус 6, № 49Л, корпус 7, № 49Л, корпус 8, № 49Л, корпус 9, № 49Р, № 49Р, корпус 1, № 49Р, корпус 2;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Мәңгілік Ел, № 5 (Алтын Орда, № 8), № 5, корпус 2, № 5, корпус 3, № 5, корпус 4, № 7 (Алтын Орда, № 8, корпус 3), № 10 (Алтын Орда, № 17Б), № 10, корпус 1 (Алтын Орда, № 16), № 12, № 14 (Алтын Орда, № 15Б);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Ораза Татеулы, № 4 (Алтын Орда, № 9), № 4, корпус 1 (Алтын Орда, № 9, корпус 1), № 6 (Алтын Орда, № 14Б), № 8 (Алтын Орда, № 12Б);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проспект Алии Молдагуловой, № 63А.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 33</w:t>
-[...179 lines deleted...]
-      улица П.И.Чайковского, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 51, № 52, № 53, № 54.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 528</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, жилой массив Юго-Запад-1, улица имени Халиды Есенгулкызы Мамановой, № 9, здание коммунального государственного учреждения "Средняя общеобразовательная школа № 10 города Актобе" государственного учреждения "Отдел образования города Актобе"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Границы избирательного участка: в границах жилого массива Юго-Запад-2. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 34</w:t>
-[...215 lines deleted...]
-      улица Т.Рыскулова, № 3, № 4, № 4/1, № 7, № 9, № 11, № 13, № 15, № 17, № 19, № 21, № 23, № 25, № 27, № 29, № 31, № 33, № 35, № 37, № 37А, № 39, № 41, № 43, № 45, № 49, № 51, № 53, № 55, № 57, № 57А.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 529</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, жилой массив Каргалинское, улица А. К. Кургулова, № 19Б, здание государственного коммунального предприятия "Каргалинская городская больница" на праве хозяйственного государственного учреждения "Управление здравоохранения Актюбинской области" (далее - учреждение).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: учреждение.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 35</w:t>
-[...197 lines deleted...]
-      улица Белинского, № 1, № 3, № 4, № 5, № 6, № 7, № 9, № 11, № 13, № 15, № 17, № 19;</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 530</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, жилой массив Кызылжар, № 730А, здание коммунального государственного учреждения "Общеобразовательная средняя школа № 73 имени Мукагали Макатаева" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: в границах жилого массива Кызылжар-2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 531</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, микрорайон Есет батыр, № 12А, здание коммунального государственного учреждения "Общеобразовательная средняя школа-гимназия имени Динмухамеда Конаева" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: в границах микрорайона Есет батыр, № 10/41, № 18В, № 19В, № 36В, № 38В, № 39В;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Трасса Актобе-Орск, № 43/1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 532</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, микрорайон Есет батыр, № 12А, здание коммунального государственного учреждения "Общеобразовательная средняя школа-гимназия имени Динмухамеда Конаева" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: в границах микрорайона Есет батыр, № 4В, № 5В, № 23В, № 24В, № 25Б, № 26В, № 28В.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 533</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, жилой массив Ақжар-2, улица имени Каюма Мухамедханова, № 20, здание коммунального государственного учреждения "Общеобразовательная средняя школа № 45" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: в границах жилого массива Ақжар-2:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участки, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 51, № 52, № 53, № 54, № 55, № 56, № 57, № 58, № 59, № 60, № 61, № 62, № 63, № 64, № 65, № 66, № 67, № 68, № 69, № 70, № 71, № 72, № 73, № 74, № 75, № 76, № 77, № 78, № 79, № 80, № 81, № 82, № 83, № 84, № 85, № 86, № 87, № 88, № 89, № 90, № 91, № 92, № 93, № 94, № 95, № 96, № 97, № 98, № 99, № 100, № 101, № 102, № 103, № 104, № 105, № 106, № 107, № 108, № 109, № 110, № 111, № 112, № 113, № 114, № 115, № 116, № 117, № 118, № 119, № 120, № 121, № 122, № 123, № 124, № 125, № 126, № 127, № 128, № 129, № 130, № 131, № 132, № 133, № 134, № 135, № 136, № 137, № 138, № 139, № 140, № 141, № 142, № 143, № 144, № 145, № 146, № 147, № 148, № 149, № 150, № 151, № 151А, № 152, № 153, № 154, № 155, № 156, № 157, № 158, № 159, № 160, № 161, № 162, № 163, № 164, № 165, № 166, № 167, № 168, № 169, № 170, № 171, № 172, № 173, № 174, № 175, № 176, № 177, № 178, № 179, № 180, № 181, № 182, № 183, № 184, № 185, № 186, № 187, № 188, № 189, № 190, № 200, № 201, № 202, № 203, № 204, № 205, № 206, № 207, № 208, № 209, № 210, № 211, № 212, № 213, № 214, № 215, № 216, № 217, № 218, № 219, № 220, № 221, № 222, № 223, № 224, № 225, № 226, № 227, № 228, № 229, № 230, № 231, № 241, № 243, № 244, № 245, № 246, № 247, № 248, № 249, № 250, № 251, № 252, № 253, № 254, № 255, № 256, № 257, № 258, № 282, № 283, № 284, № 285, № 286, № 287, № 288, № 289, № 290, № 291, № 292, № 293, № 294, № 295, № 296, № 297, № 298, № 299, № 309, № 310, № 311, № 324, № 325, № 326, № 327, № 328, № 329, № 330, № 331, № 332, № 333, № 334, № 335, № 336, № 337, № 338, № 339, № 340, № 1068, № 1069, № 1070, № 1071, № 1072, № 1073, № 1074, № 1075, № 1076, № 1076А, № 1077, № 1078, № 1079, № 1080, № 1081, № 1082, № 1083, № 1084, № 1085, № 1086, № 1087, № 1088, № 1089, № 1090, № 1091, № 1092, № 1093, № 1094, № 1095, № 1096, № 1097, № 1098, № 1099, № 1100, № 1101, № 1102, № 1103, № 1104, № 1105, № 1106, № 1107, № 1108, № 1109, № 1110, № 1111, № 1112, № 1113, № 1114, № 1115, № 1116, № 1117, № 1118, № 1119, № 1120, № 1121, № 1122, № 1123, № 1124, № 1125, № 1126, № 1127, № 1128, № 1129, № 1130, № 1131, № 1132, № 1133, № 1134, № 1135, № 1136, № 1137, № 1138, № 1139, № 1140, № 1141, № 1142, № 1143, № 1144, № 1145, № 1146, № 1147, № 1148, № 1149, № 1150, № 1151, № 1152, № 1153, № 1154, № 1155, № 1156, № 1157, № 1158, № 1159, № 1160, № 1161, № 1162, № 1163, № 1164, № 1165, № 1166, № 1167, № 1168, № 1169, № 1170, № 1171, № 1172, № 1173, № 1174, № 1175, № 1176, № 1178, № 1179, № 1180, № 1181, № 1182, № 1183, № 1184, № 1185, № 1186, № 1187, № 1188, № 1189, № 1190, № 1191, № 1192, № 1193, № 1194, № 1195, № 1196, № 1197, № 1198, № 1199, № 1200, № 1201, № 1202, № 1203, № 1204, № 1205, № 1206, № 1207, № 1208, № 1209, № 1210, № 1211, № 1212, № 1213, № 1214, № 1215, № 1216, № 1217, № 1218, № 1219, № 1220, № 1221, № 1222, № 1223, № 1224, № 1225, № 1226, № 1227, № 1228, № 1229, № 1230, № 1231, № 1232, № 1233, № 1234, № 1235, № 1236, № 1237, № 1238, № 1239, № 1240, № 1241, № 1242, № 1243, № 1244, № 1245, № 1246, № 1247, № 1248, № 1249, № 1250, № 1251, № 1252, № 1253, № 1254, № 1255, № 1256, № 1257, № 1258, № 1259, № 1260, № 1261, № 1262, № 1263, № 1264, № 1265, № 1266, № 1267, № 1268, № 1269, № 1270, № 1271, № 1272, № 1273, № 1274, № 1275, № 1276, № 1277, № 1278, № 1279, № 1280, № 1281, № 1282, № 1283, № 1284, № 1285, № 1286, № 1287, № 1288, № 1289, № 1290, № 1291, № 1292, № 1293, № 1294, № 1295, № 1296, № 1297, № 1298, № 1299, № 1300, № 1301, № 1302, № 1303, № 1304, № 1305, № 1306, № 1307, № 1308, № 1309, № 1310, № 1311, № 1312, № 1314, № 1315, № 1316, № 1317, № 1318, № 1319, № 1320, № 1321, № 1322, № 1323, № 1324, № 1325, № 1326, № 1327, № 1328, № 1329, № 1330, № 1331, № 1332, № 1333, № 1334, № 1335, № 1336, № 1337, № 1338, № 1339, № 1340, № 1341, № 1342, № 1343, № 1344, № 1345, № 1346, № 1347, № 1348, № 1349, № 1350, № 1351, № 1352, № 1353, № 1354, № 1355, № 1356, № 1357, № 1358, № 1359, № 1360, № 1361, № 1362, № 1363, № 1364, № 1365, № 1366, № 1367, № 1368, № 1369, № 1370, № 1371, № 1372, № 1373, № 1374, № 1375, № 1376, № 1377, № 1378, № 1379, № 1380, № 1381, № 1382, № 1383, № 1384, № 1385, № 1386, № 1387, № 1388, № 1389, № 1390, № 1391, № 1392, № 1393, № 1394, № 1395, № 1396, № 1397, № 1398, № 1399, № 1400, № 1401, № 1402, № 1403, № 1404, № 1405, № 1406, № 1407, № 1408, № 1409, № 1410, № 1411, № 1412, № 1413, № 1414, № 1415, № 1416, № 1417, № 1418, № 1419, № 1420, № 1421, № 1422, № 1423, № 1424, № 1425, № 1426, № 1427, № 1428, № 1429, № 1430, № 1431, № 1432, № 1433, № 1434, № 1435, № 1436, № 1437, № 1438, № 1439, № 1440, № 1441, № 1442, № 1443, № 1444, № 1445, № 1446, № 1447, № 1448, № 1449, № 1450, № 1451, № 1452, № 1453, № 1454, № 1455, № 1456, № 1457, № 1458, № 1459, № 1460, № 1461, № 1462, № 1463, № 1464, № 1465, № 1466, № 1467, № 1468, № 1469, № 1470, № 1471, № 1472, № 1473, № 1474, № 1475, № 1476, № 1477, № 1478, № 1479, № 1480, № 1481, № 1482, № 1483, № 1484, № 1485, № 1486, № 1487, № 1488, № 1489, № 1490, № 1491, № 1492, № 1493, № 1494, № 1495, № 1496, № 1497, № 1498, № 1499, № 1500, № 1501, № 1502, № 1503, № 1504, № 1505, № 1506, № 1507;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       прилегающие садоводческие коллективы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 36</w:t>
-[...179 lines deleted...]
-      переулок Шыгыс, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 7А, № 8, № 9, № 10, № 11, № 12, № 14, № 16, № 18, № 20.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 534</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, жилой массив Кирпичный, улица Роза Бағланова, № 5, здание коммунального государственного учреждения "Средняя школа № 18" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: в границах жилого массива Кирпичный:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жилые дома жилого массива Новый кирпичный, № 1, № 1А, № 2, № 2А, № 3, № 3А, № 4, № 4А, № 5, № 6, № 7, № 8, № 9, № 9А, № 10, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 26, № 27, № 29, № 30, № 31, № 32, № 33, № 34 № 35, № 35Б, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 49, № 50, № 51, № 51А, № 51Б, № 53, № 53А, № 55, № 57, № 58, № 59, № 60, № 61, № 62, № 63, № 66, № 67, № 69, № 70, № 72, № 74, № 75, № 77, № 79, № 80, № 81, № 82, № 83, № 84, № 85, № 86, № 87, № 89, № 90, № 92, № 121, № 391Г;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах улиц Акберен, Атамекен, Аламан, Маралды, Булакты, Айбын, Жусанды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      прилегающие садоводческие коллективы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 37</w:t>
-[...179 lines deleted...]
-      проспект Мира, № 7, № 9.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 535</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, жилой массив Жібек жолы, улица Абидуллы Биекенова, № 29, здание коммунального государственного учреждения "Общеобразовательная средняя школа № 61" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Границы избирательного участка: в границах жилого массива Жібек жолы: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участки, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 51, № 52, № 53, № 54, № 55, № 56, № 57, № 58, № 58, № 59, № 60, № 61, № 61А, № 62, № 63, № 64, № 65, № 66, № 67, № 68, № 69, № 70, № 71, № 72, № 73, № 74, № 75, № 76, № 77, № 78, № 79, № 80, № 81, № 82, № 83, № 84, № 85, № 86, № 87, № 88, № 89, № 90, № 91, № 92, № 93, № 94, № 95, № 96, № 97, № 98, № 99, № 100, № 101, № 102, № 103, № 104, № 105, № 106, № 107, № 108, № 109, № 110, № 111, № 112, № 113, № 114, № 115, № 116, № 117, № 118, № 119, № 120, № 121, № 122, № 123, № 124, № 125, № 126, № 127, № 128, № 129, № 130, № 131, № 132, № 133, № 134, № 135, № 136, № 137, № 138, № 139, № 140, № 141, № 142, № 143, № 144, № 145, № 146, № 147, № 148, № 149, № 150, № 151, № 152, № 153, № 154, № 155, № 156, № 157, № 158, № 159, № 160, № 161, № 162, № 163, № 164, № 165, № 166, № 167, № 168, № 169, № 170, № 171, № 172, № 173 ,№ 174, № 175, № 176, № 177, № 178, № 179, № 180, № 181, № 182, № 183, № 184, № 185, № 186, № 187, № 188, № 189, № 190, № 191, № 192, № 193, № 194, № 195, № 196, № 197, № 198, № 199, № 200, № 201, № 202, № 203, № 204, № 205, № 206, № 207, № 208, № 209, № 210, № 211, № 212, № 213, № 214, № 215, № 216, № 217, № 218, № 219, № 220, № 221, № 222, № 223, № 224, № 225, № 226, № 227, № 228, № 229, № 230, № 231, № 232, № 233, № 234, № 235, № 236, № 237, № 238, № 239, № 240, № 241, № 242, № 243, № 244, № 245, № 246, № 247, № 248, № 249, № 250, № 251, № 252, № 253, № 254, № 255, № 256, № 257, № 258, № 259, № 260, № 261, № 262, № 263, № 264, № 265, № 266, № 267, № 268, № 269, № 270, № 271, № 272, № 273, № 274, № 275, № 276, № 277, № 278, № 279, № 280, № 281, № 282, № 283, № 284, № 285, № 286, № 287, № 288, № 289, № 290, № 291, № 292, № 293, № 294, № 295, № 296, № 297, № 298, № 299, № 300, № 301, № 302, № 303, № 304, № 305, № 306, № 307, № 308, № 309, № 310, № 311, № 312, № 313, № 314, № 315, № 316, № 317, № 318, № 319, № 320, № 321, № 322, № 323, № 324, № 325, № 326, № 327, № 328, № 329, № 330, № 331, № 332, № 333, № 334, № 335, № 336, № 337, № 338, № 339, № 340, № 341, № 342, № 343, № 344, № 345, № 346, № 347, № 348, № 349, № 350, № 351, № 352, № 353, № 354, № 355, № 356, № 357, № 358, № 359, № 360, № 361, № 362, № 363, № 364, № 365, № 366, № 367, № 368, № 369, № 370, № 371, № 372, № 373, № 374, № 375, № 376, № 377, № 378, № 379, № 380, № 381, № 382, № 383, № 384, № 385, № 386, № 387, № 388, № 389, № 390, № 391, № 392, № 393, № 394, № 395, № 396, № 397, № 398, № 399, № 400, № 401, № 402, № 403, № 404, № 405, № 406, № 407, № 408, № 409, № 410, № 411, № 412, № 413, № 414, № 415, № 416, № 417, № 418, № 419, № 420, № 421, № 422, № 423, № 424, № 425, № 426, № 427, № 428, № 429, № 430, № 431, № 432, № 433, № 434, № 435, № 436, № 437, № 438, № 439, № 440, № 441, № 442, № 443, № 444, № 445, № 446, № 447, № 448, № 449, № 450, № 451, № 452, № 453, № 454, № 455, № 456, № 457, № 458, № 459, № 460, № 461, № 462, № 463, № 464, № 465, № 466, № 467, № 468, № 469, № 470, № 471, № 472, № 473, № 474;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Абидуллы Биекенова, № 55, № 74, № 90, № 96, № 100, № 102, № 104, № 106, № 108, № 110;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Ильяса Жансугурова, № 1, № 2, № 3, № 4, № 6, № 10, № 12, № 13, № 15, № 18, № 19, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 32, № 33, № 35, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 47, № 49, № 51, № 53, № 55, № 57, № 59.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 38</w:t>
-[...161 lines deleted...]
-      переулок Касиподак, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 14А, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 536</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, жилой массив Жібек жолы, улица Абидуллы Биекенова, № 29, здание коммунального государственного учреждения "Общеобразовательная средняя школа № 61" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Границы избирательного участка: в границах жилого массива Жібек жолы: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участки, № 476, № 477, № 478, № 479, № 480, № 481, № 482, № 483, № 484, № 485, № 486, № 487, № 488, № 489, № 490, № 491, № 492, № 493, № 494, № 495, № 496, № 497, № 498, № 499, № 500, № 501, № 502, № 503, № 504, № 505, № 506, № 507, № 508, № 509, № 510, № 511, № 512, № 513, № 514, № 515, № 516, № 517, № 518, № 519, № 520, № 521, № 522, № 523, № 524, № 525, № 526, № 527, № 528, № 529, № 530, № 531, № 532, № 533, № 534, № 535, № 536, № 537, № 538, № 539, № 540, № 541, № 542, № 543, № 544, № 545, № 546, № 547, № 548, № 549, № 550, № 551, № 552, № 553, № 554, № 555, № 556, № 557, № 558, № 559, № 560, № 561, № 562, № 563, № 564, № 565, № 566, № 567, № 568, № 569, № 570, № 571, № 572, № 573, № 574, № 575, № 576, № 577, № 578, № 579, № 580, № 581, № 582, № 583, № 584, № 585, № 586, № 587, № 588, № 589, № 590, № 591, № 592, № 593, № 594, № 595, № 596, № 597, № 598, № 599, № 600, № 601, № 602, № 603, № 604, № 605, № 606, № 607, № 608, № 609, № 610, № 611, № 612, № 613, № 614, № 615, № 616, № 617, № 618, № 619, № 620, № 621, № 622, № 623, № 624, № 625, № 626, № 627, № 628, № 629, № 630, № 631, № 632, № 633, № 634, № 635, № 636, № 637, № 638, № 639, № 640, № 641, № 642, № 643, № 644, № 645, № 646, № 647, № 648, № 649, № 650, № 651, № 652, № 653, № 654, № 655, № 656, № 657, № 658, № 659, № 660, № 661, № 662, № 663, № 664, № 665, № 666, № 667, № 668, № 669, № 670, № 671, № 672, № 673, № 674, № 675, № 676, № 677, № 678, № 679, № 680, № 681, № 682, № 683, № 684, № 685, № 686, № 687, № 688, № 689, № 690, № 691, № 692, № 693, № 694, № 695, № 696, № 697, № 698, № 699, № 700, № 701, № 702, № 703, № 704, № 705, № 706, № 707, № 708, № 709, № 710, № 711, № 712, № 713, № 714, № 715, № 716, № 717, № 718, № 719, № 720, № 721, № 722, № 723, № 724, № 725, № 726, № 727, № 728, № 729, № 730, № 731, № 732, № 733, № 734, № 735, № 736, № 737, № 738, № 739, № 740, № 741, № 742, № 743, № 744, № 745, № 746, № 747, № 748, № 749, № 750, № 751, № 752, № 753, № 754, № 755, № 756, № 757, № 758, № 759, № 760, № 761, № 762, № 763, № 764, № 765, № 766, № 767, № 768, № 769, № 770, № 771, № 772, № 773, № 774, № 775, № 776, № 777, № 778, № 779, № 780, № 781, № 782, № 783, № 784, № 785, № 786, № 787, № 788, № 789, № 790, № 791, № 792, № 793, № 794, № 795, № 796, № 797, № 798, № 799, № 800, № 801, № 802, № 803, № 804, № 805, № 806, № 807, № 808, № 809, № 810, № 811, № 812, № 813, № 814, № 815, № 816, № 817, № 818, № 819, № 820, № 821, № 822, № 823, № 824, № 825, № 826, № 827, № 828, № 829, № 830, № 831, № 832, № 833, № 834, № 835, № 836, № 837, № 838, № 839, № 840, № 841, № 842, № 843, № 844, № 845, № 846, № 847, № 848, № 849, № 850, № 851, № 852, № 853, № 854, № 855, № 856, № 857, № 858, № 859, № 860, № 861, № 862, № 863, № 864, № 865, № 866, № 867, № 868, № 869, № 870, № 871, № 872, № 873, № 874, № 875, № 876, № 877, № 878, № 879, № 880, № 881, № 882, № 883, № 884, № 885, № 886, № 887, № 888, № 889, № 890, № 891, № 892, № 893, № 894, № 895, № 896, № 897, № 898, № 899, № 900, № 901, № 902, № 903, № 904, № 905, № 906, № 907, № 908, № 909, № 910, № 911, № 912, № 913, № 914, № 915, № 916, № 917, № 918, № 919, № 920, № 921, № 922, № 923, № 924, № 925, № 926, № 927, № 928, № 929, № 930, № 931, № 932, № 933, № 934, № 935, № 936, № 937, № 938, № 939, № 940, № 941, № 942, № 943, № 944, № 945, № 946, № 947, № 948, № 949, № 950, № 951, № 952, № 953, № 954, № 955, № 956, № 957, № 958, № 959, № 960, № 961, № 962, № 963, № 964, № 965, № 966, № 967, № 968, № 969, № 970, № 971, № 972, № 973, № 974, № 975, № 976, № 977, № 978, № 979, № 980, № 981, № 982, № 983, № 984, № 985, № 986, № 987, № 988, № 989, № 990, № 991, № 992, № 993, № 994, № 995, № 996, № 997, № 998, № 999, № 1000, № 1001, № 1002, № 1003, № 1004, № 1005, № 1006, № 1007, № 1008, № 1009, № 1010, № 1011, № 1012, № 1013, № 1014, № 1015, № 1016, № 1017, № 1018, № 1019, № 1020, № 1021, № 1022, № 1023, № 1024, № 1025, № 1029, № 1056А, № 1056Б, № 1056Г, № 1057, № 1058А, № 1058В, № 1058Г, № 1058Е, № 1058Ж, № 1080А, № 1086, № 1088, № 1089, № 1090, № 1091, № 1092, № 1093, № 1094, № 1095, № 1096, № 1097, № 1098, № 1099, № 1100, № 1101, № 1102, № 1103, № 1104, № 1105, № 1106, № 1107, № 1108, № 1109, № 1110, № 1111, № 1112, № 1113, № 1114, № 1115, № 1116, № 1117, № 1118, № 1119, № 1120, № 1121, № 1122, № 1123, № 1124, № 1125, № 1126, № 1127, № 1128, № 1129, № 1130, № 1131, № 1132, № 1133, № 1134, № 1135, № 1136, № 1137, № 1138, № 1139, № 1140, № 1141, № 1142, № 1143, № 1144, № 1145, № 1146, № 1147, № 1148, № 1149, № 1150, № 1151, № 1152, № 1153, № 1154, № 1155, № 1156, № 1157, № 1158, № 1159, № 1160, № 1161, № 1162, № 1163, № 1164, № 1165, № 1166, № 1167, № 1168, № 1169, № 1170, № 1171, № 1172, № 1173, № 1174, № 1175, № 1176, № 1177, № 1178, № 1179, № 1180, № 1181, № 1182, № 1183, № 1184, № 1185, № 1186, № 1187, № 1188, № 1189, № 1190, № 1191, № 1192, № 1193, № 1194, № 1195, № 1196, № 1197, № 1198, № 1199, № 1200, № 1201, № 1202, № 1203, № 1204, № 1205, № 1206, № 1207, № 1208, № 1209, № 1210, № 1211, № 1212, № 1213, № 1214, № 1215, № 1216, № 1217, № 1218, № 1219, № 1220, № 1221, № 1222, № 1223, № 1224, № 1225, № 1226, № 1227, № 1228, № 1229, № 1230, № 1231, № 1232, № 1233, № 1234, № 1235, № 1236, № 1237, № 1238, № 1239, № 1240;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Жумабека Ташенова, № 1, № 2, № 3, № 5, № 7, № 7А, № 7Б, № 9, № 11, № 13, № 15, № 17, № 19, № 21, № 23, № 25, № 27, № 29, № 31, № 31А, № 33, № 35, № 37, № 39, № 41, № 43, № 45, № 47, № 49, № 51, № 53, № 55;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Есета Котибарулы, № 1, № 2, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 21, № 23, № 24, № 25, № 26, № 27, № 28, № 30, № 32, № 34, № 36, № 36А, № 38, № 40;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Таразы Каленкызы, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Абидуллы Биекенова, № 18, № 20, № 22, № 24, № 26, № 27, № 28, № 31А, № 32, № 34, № 35, № 36, № 37, № 38, № 39, № 39А, № 40, № 41, № 41А, № 42, № 43, № 44, № 46, № 48, № 48А, № 50, № 52, № 54, № 56, № 58, № 60, № 66, № 68.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 39</w:t>
-[...197 lines deleted...]
-      улица Минина, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 12А, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 48А, № 49, № 50, № 51, № 52, № 53, № 54, № 55, № 56, № 57, № 59, № 61, № 63, № 64, № 65, № 66, № 67, № 68, № 69, № 70, № 70А, № 70Б, № 71, № 72, № 73, № 74, № 75, № 76, № 77, № 78, № 79, № 80, № 81, № 82, № 83, № 84, № 85, № 86, № 87, № 88, № 89, № 90, № 91, № 92, № 93, № 94, № 95, № 96, № 97, № 98, № 100.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 537</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, улица имени А.Смагулова, № 11А, здание государственного учреждения "Актюбинская областная территориальная инспекция Комитета государственной инспекции в агропромышленном комплексе Министерства сельского хозяйства Республики Казахстан".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: улица имени А.Смагулова, № 7Б, № 7В, № 70, № 72, № 74, № 76, № 78, № 80, № 82, № 84, № 86, № 86А, № 88, № 88А, № 90, № 92;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Д. А. Кунаева, № 202;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени А. Акимжанова, № 85, № 87, № 89, № 89А, № 91, № 93, № 95, № 97, № 99, № 101, № 103, № 105, № 107, № 109;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Керей хана, № 170, № 172, № 172А, № 174, № 176, № 178, № 178А, № 180, № 180А, № 182, № 184, № 186, № 188, № 190;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица М. Т. Ряхова, № 150, № 152, № 154, № 156, № 157, № 158, № 159, № 160, № 161, № 162, № 163, № 163А, № 164, № 165, № 166, № 167, № 168, № 169, № 171, № 173;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Бурабай, № 117, № 119, № 121, № 123, № 125, № 127, № 129, № 131, № 133;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переулок Полярный, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 11;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      прилегающие садоводческие коллективы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 40</w:t>
-[...53 lines deleted...]
-      улица Бокенбай батыра, № 2, № 2А.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 538</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, улица Саги Жиенбаева, № 129, здание коммунального государственного учреждения "Общеобразовательная средняя школа № 71 имени Алкея Маргулана" государственного учреждения "Отдел образования города Актобе"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: улица Рентгензаводская, № 2, № 4, № 6, № 8, № 10, № 12, № 14, № 16, № 18, № 20, № 22, № 24, № 26, № 28, № 30, № 32, № 34, № 36, № 38, № 40, № 42, № 44, № 44А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Коктем, № 1, № 2, № 3, № 5, № 7, № 9, № 11, № 13, № 15, № 17, № 19, № 21, № 22, № 23, № 25, № 26, № 27, № 29, № 31, № 33, № 35, № 37, № 39, № 41, № 43, № 45, № 47, № 47А; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      прилегающие садоводческие коллективы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 41</w:t>
-[...197 lines deleted...]
-      переулок Стадионный, № 1, № 2, № 3, № 5, № 6, № 7, № 8, № 8А, № 9, № 10, № 11.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 539</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, улица Темирказык, № 79, здание коммунального государственного учреждения "Общеобразовательная средняя школа № 68 имени Жумабека Ташенова" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: улица Бокенбай батыра, № 129/1, № 129В, № 129Г, № 129Д, № 129Е, № 129Е, корпус 1, № 131Г, № 133Н, № 133Н, корпус 1;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Шалгынды, № 46, № 48, № 50, № 50А, № 55, № 57, № 59, № 61, № 63, № 64, № 65, № 66, № 67, № 68, № 69, № 70, № 71, № 72, № 73, № 74, № 75, № 76, № 77, № 78, № 79, № 80, № 81, № 82, № 83, № 84, № 85, № 86, № 86А, № 87, № 88, № 88В, № 88Б, № 89, № 90, № 90А, № 91, № 92, № 93, № 95, № 95А, № 97, № 99, № 101;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Островского, № 20, № 21, № 22, № 23, № 24, № 24А, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Темирказык, № 21, № 23, № 25, № 27, № 29, № 31, № 33, № 35, № 37, № 39, № 41, № 43, № 45, № 45А, № 47, № 47А, № 49, № 51, № 53, № 55, № 57, № 59, № 61, № 63, № 65, № 65А, № 67, № 67А, № 69, № 71, № 71А, № 71Б, № 71В, № 71Г, № 71Д, № 73, № 73А, № 73Б, № 73В, № 73Г, № 75, № 77, № 77А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Мухтара Ауезова, № 50, № 50А, № 52, № 54, № 54А, № 54Б, № 56, № 58, № 60, № 62, № 64, № 66, № 68, № 70, № 72, № 76, № 78, № 80, № 82, № 84, № 84А, № 86, № 88, № 90, № 92, № 94, № 94А, № 96, № 96А, № 98, № 100, № 102, № 104, № 106, № 108;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Л.Н.Толстого, № 43, № 43А, № 45, № 56, № 58, № 58А, № 60, № 60А, № 60Б, № 68А, № 69А, № 70А, № 72А, № 73А, № 74Д, № 75А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Дины Нурпеисовой, № 50, № 52, № 53, № 54, № 55, № 56, № 57, № 58, № 59, № 60, № 60А, № 61, № 62, № 62А, № 63, № 64, № 65, № 66, № 67, № 68, № 69, № 70, № 71, № 72, № 73, № 74, № 75, № 76, № 76А, № 77, № 77А, № 78, № 79, № 80, № 81, № 81А, № 82, № 83, № 84, № 85, № 86, № 87, № 88, № 89, № 90, № 91, № 92, № 93, № 94, № 94А, № 94Б, № 94В, № 95, № 96, № 97, № 98, № 99, № 99А, № 100, № 101, № 102, № 103, № 105, № 107.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 42</w:t>
-[...161 lines deleted...]
-      проспект Жеңіс, № 29, № 31, № 33.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 540</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, проспект Санкибай батыра, № 249, здание "Народной канцелярии".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: проспект Санкибай батыра, № 72Л, № 76/22, № 76/34, № 76/52, № 76/58, № 76/65, № 76/70, № 253, корпус 1, № 253, корпус 2, № 253, корпус 3, № 253, корпус 4, № 253, корпус 5, № 253, корпус 6;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Г. Жубановой, № 37;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      прилегающие садоводческие коллективы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 43</w:t>
-[...197 lines deleted...]
-      улица Юрия Алексеевича Гагарина, № 15А, № 57, № 59, № 61, № 63.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 541</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, проспект Тауелсиздик, № 4А, здание коммунального государственного учреждения "Общеобразовательная средняя школа № 64 имени Узакбая Кулымбетова" государственного учреждания "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: в границах микрорайона Алтын Орда, № 14В, корпус 1;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проспект Алии Молдагуловой, № 57Г, № 57Д;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проспект Тауелсиздик, № 1 (проспект Алии Молдагуловой, № 57В), № 1, корпус 1 (проспект Алии Молдагуловой, № 57В, корпус 1), № 3 (проспект Алии Молдагуловой, № 57В, корпус 2), № 4, № 5 (проспект Санкибай батыра, № 36Б, корпус 3), № 5, корпус 1, № 5, корпус 2 (проспект Санкибай батыра, № 36Б, корпус 2), № 5, корпус 3 (проспект Санкибай батыра, № 36Б, корпус 1), № 8 (Алтын Орда, № 14В), № 9, корпус 1, № 9, корпус 2;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проспект Санкибай батыра, № 38В, № 38Д, № 40Б, № 40В, № 40Е;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Ораза Татеулы, № 2, № 2, корпус 1, № 2А (проспект Алии Молдагуловой, № 61А), № 6, корпус 1 (Алтын Орда, № 14Б, корпус 1).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 44</w:t>
-[...71 lines deleted...]
-      проспект 312 стрелковой дивизии, № 8, № 8Л, № 12, № 18А, № 20А, № 23А, № 25, № 25А, № 27, № 28, № 29, № 30, № 31, № 64, № 114.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 542</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, улица Ораза Татеулы, № 3Б, здание коммунального государственного учреждения "Общеобразовательная средняя школа-лицей № 63 имени Миржакыпа Дулатулы" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: в границах микрорайона Алтын Орда, № 19Д, № 19М, № 47Г, № 47Г, корпус 1, № 47Г, корпус 2, № 48Г, корпус 1, № 48Г, корпус 2, № 49Д, корпус 1, № 49Д, корпус 2, № 49Г, № 50Б, № 50Е, № 51Б;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Мәңгілік Ел, № 21, № 21, корпус 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 45</w:t>
-[...71 lines deleted...]
-      улица Шамши Калдаякова, № 7, № 9, № 11, № 13, № 15, № 17А.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 543</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, улица Ораза Татеулы, № 3Б, здание коммунального государственного учреждения "Общеобразовательная средняя школа-лицей № 63 имени Миржакыпа Дулатулы" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: в границах микрорайона Алтын Орда, № 30В, № 38В, № 45В, № 338, № 338, корпус 1, № 338А, № 338А, корпус 1, № 338Б, № 364, № 364, корпус 1, № 364В;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Ораза Татеулы, № 5А, № 15, № 15, корпус 1;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Мәңгілік Ел, № 7, корпус 1 (Алтын Орда, 32В, корпус 1), № 7, корпус 2 (Алтын Орда, 32В, корпус 2), № 7, корпус 3 (Алтын Орда, 32В, корпус 3), № 7, корпус 4 (Алтын Орда, 32В, корпус 4), № 11, № 16, № 20, № 20, корпус 1, № 20, корпус 2, № 22.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 46</w:t>
-[...89 lines deleted...]
-      улица Тургенева, № 82, № 88, № 90, № 92, № 92А.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 544</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, проспект Жеңіс, № 5, здание коммунального государственного учреждения "Общеобразовательная средняя школа № 47 города Актобе" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: проспект Жеңіс, № 1, № 1А, № 3, № 7, № 9;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проспект Бейбітшілік, № 22, № 24, № 26, № 30, № 32;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Есет-батыра, № 1, № 2, № 2А, № 2Б, № 2В, № 3, № 4, № 5, № 6, № 7, № 8, № 10, № 10А, № 12, № 14, № 16, № 18;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Алтынемел, № 1, № 3, № 5, № 6, № 7, № 8, № 9, № 11, № 13, № 15, № 17, № 19, № 21, № 23, № 25, № 27, № 29, № 31, № 33;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Мухамеджана Тынышбаева, № 2, № 4, № 6, № 6А, № 8, № 10, № 12, № 14, № 16, № 18, № 20, № 22, № 24, № 26, № 28, № 30, № 32, № 34, № 36, № 38, № 40, № 42, № 44;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Чернышевского, № 15, № 17, № 19, № 19А, № 21, № 21А, № 23, № 23А, № 25, № 25А, № 27, № 29, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 37А, № 38, № 39, № 39А, № 40, № 40А, № 42, № 42А, № 44, № 46, № 48, № 50, № 52, № 54, № 54А, № 56, № 58, № 60, № 62, № 64, № 66, № 68, № 70;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Олега Кошевого, № 6, № 6А, № 8, № 9, № 10, № 10А, № 10Б, № 11, № 12, № 13, № 14, № 15, № 16, № 16А, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 26А, № 27, № 28, № 28А, № 29, № 29А, № 30, № 30А, № 31, № 31А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Ватутина, № 5, № 5В, № 7, № 7А, № 9, № 9Б, № 10, № 11, № 12, № 13, № 14, № 14А, № 15, № 15Б, № 16, № 17, № 18;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Парковая, № 2, № 4, № 6, № 8;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      прилегающие садоводческие коллективы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 47</w:t>
-[...71 lines deleted...]
-      проспект Абилкайыр хана, № 27, № 27А, № 27, корпус 1, № 31.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 545</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, жилой массив Жанаконыс, квартал Бирлик, № 397Б, здание коммунального государственного учреждения "Общеобразовательная средняя школа № 69" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Границы избирательного участка: в границах жилого массива Жанаконыс: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Квартал В;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Толагай, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 8А, № 11, № 13, № 15, № 17, № 19, № 21, № 23, № 25;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Дәстур, № 1, № 2А, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 15, № 17, № 18, № 19, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 35;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Ынтымақ, № 45, № 47, № 49, № 51, № 55, № 57, № 59, № 63, № 65, № 73, № 75, № 77, № 79, № 81, № 83, № 85, № 87, № 89;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Таңшолпан, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 15, № 16;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Құрылысшы, № 1, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 13, № 14, № 16, № 18;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Татулық, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 16, № 18;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Салауат, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 27,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Қамқоршы, № 1, № 2, № 4, № 6, № 7, № 10, № 12, № 11, № 13, № 14, № 15, № 16, № 17, № 19, № 20, № 21, № 22, № 23, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 33, № 34, № 36. № 37, № 38, № 39, № 40, № 41, № 43;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      квартал "Животноводческий комплекс", № 1, № 2/1, № 2, № 3, № 4/3;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Инабат, № 1, № 2, № 4, № 6, № 7, № 8, № 9, № 12, № 13, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 25, № 27;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Егінді, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 22, № 24, № 26, № 28, № 32, № 34, № 23, № 25, № 27, № 29, № 31, № 33, № 38, № 40, № 42, № 44, № 46, № 48;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Абая, № 23, № 24, № 25, № 26, № 29, № 31, № 33, № 32, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 51, № 52, № 53, № 54, № 55, № 56, № 57, № 58, № 59, № 60, № 61, № 62, № 63, № 64, № 65, № 66, № 67, № 68, № 69, № 70, № 71, № 72, № 74, № 75, № 76, № 78, № 80, № 82, № 84, № 86, № 88;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Ардагер, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 51, № 52, № 53, № 54, № 55, № 56, № 57, № 59;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Өркен, № 2, № 4, № 6, № 8, № 10, № 12, № 5, № 7, № 9, № 11, № 13, № 17, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28 № 29, № 31, № 33, № 35, № 37, № 39, № 41, № 43, № 45, № 47, № 49, № 51, № 53;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жилой масиив Жанаконыс, № 3В, № 5Д, № 6, № 7, № 8Б, № 28, № 29, № 30, № 31А, № 32Г, № 33, № 34Б, № 36Б, № 37Б, № 38, № 39А, № 15, № 17, № 18А, № 19, № 21, № 22, № 23, № 24Б, № 25, № 26, № 26А, № 42А, № 43А, № 45А, № 45Б, № 46А, № 47А, № 47Б, № 47, № 48, № 51, № 51А, № 52, № 53, № 54, № 55, № 56, № 57, № 58, № 59, № 60, № 61, № 64, № 65Б, № 66, № 67Б, № 68Б, № 69А, № 70А, № 71А, № 72, № 74, № 75, № 76/1, № 77А, № 79Б, № 80, № 81А, № 82, № 83, № 85, № 86/1, № 87/1, № 88А, № 96, № 95, № 93А, № 92Г, № 91А, № 89А, № 97А, № 98А, № 99А, № 100А, № 101А, № 102, № 105, № 106, № 108, № 109, № 111, № 112, № 101В, № 110/72, № 110/73, № 126, № 127, № 128, № 129, № 131, № 132А, № 133, № 134, № 135А, № 150А, № 153А, № 155, № 157А, № 158А, № 159А, № 162А, № 163А, № 164А, № 165А, № 166А, № 167А, № 168А, № 169А, № 172А, № 173А, № 174А, № 175А, № 176А, № 110/76, № 395А, № 358/1, № 360/1, № 363/1, № 363, № 364, № 366, № 367, № 369, № 203, № 474, № 475, № 476, № 477Д, № 478, № 479, № 481, № 482, № 483, № 485, № 484, № 488, № 490, № 491, № 492, № 33/1, № 34, № 38А, № 40, № 42, № 44, № 45, № 54А, № 56/1, № 58/1, № 59/1, № 60/1, № 61/1, № 62/1, № 63/1, № 67В, № 69А/1, № 70, № 71, № 73, № 74/1, № 77Б, № 78Б, № 80А, № 81, № 82/1, № 84А, № 90Г, № 24В, № 108/1, № 110/16, № 110/17, № 110/18, № 110/26, № 110/30, № 110/35, № 110/36, № 110/37, № 110/38, № 110/39, № 110/44, № 110/50, № 110/65, № 110А, № 110/9, № 110/6, № 111А, № 118, № 121, № 122, № 109А, № 392, № 504;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жилой массив Шестихатка, № 1, № 2, № 3, № 4, № 5, № 6;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      квартал А, № 14А, № 35А, № 37А, № 43А, № 45А, № 31А, № 22А, № 29А, № 20, № 23А, № 27А, № 18Б, № 16А, № 15А, № 17А, № 19А, № 21А, № 4А, № 3А, № 2, № 5А, № 13А, № 12А, № 11А, № 10А, № 9А, № 8А, № 7А, № 8А/2, № 8А/1, № 49А, № 50А, № 51А, № 53А, № 28А, № 30А, № 26А, № 32А, № 136;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      квартал Бирлик, № 32Б, № 468, № 467, № 473, № 186/8, № 186/10, № 186/12, № 132/2, № 132/4, № 132/5, № 132/6, № 132/8, № 132/9, № 132/10, № 132/11, № 132А/12, № 132/13, № 126Б, № 386/1, № 386/2, № 386/3, № 386/5, № 86, № 88, № 85, № 87, № 100, № 100А, № 129, № 130, № 131, № 132, № 168, № 169, № 170, № 171, № 172, № 173, № 174, № 175, № 229, № 230, № 231, № 232, № 234, № 235, № 236, № 271, № 273, № 274, № 275, № 276, № 277, № 278, № 279, № 280, № 406, № 407, № 408, № 409, № 410, № 411, № 413, № 415, № 416, № 417, № 418, № 419, № 420, № 423, № 424, № 425, № 426, № 427, № 429, № 431, № 433, № 435, № 436, № 437, № 438, № 441, № 444, № 445, № 449, № 450, № 451, № 455, № 456, № 457, № 458, № 460, № 461, № 462, № 463, № 466, № 467, № 468, № 469, № 470, № 471, № 48, № 49, № 50, № 70, № 71, № 72, № 97, № 185, № 292, № 301, № 302, № 304, № 305, № 306, № 307, № 308, № 309, № 310, № 311, № 312, № 313, № 314, № 316, № 318, № 319, № 320, № 321, № 322, № 323, № 325, № 327, № 328, № 329, № 330, № 331, № 332, № 334, № 336, № 337, № 338, № 340, № 341, № 342, № 345, № 346, № 348, № 349, № 351, № 352А, № 354, № 354В, № 354/1, № 355, № 356, № 357, № 358, № 373, № 375, № 396, № 394Б, № 394В.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 48</w:t>
-[...71 lines deleted...]
-      улица Есет-батыра, № 102, № 102А, № 104, № 104А, № 106, № 106А, № 108, № 108А, № 108Б, № 110, № 112, № 114, № 114А.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 546</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, жилой массив Бауырластар-2, № 170А, здание коммунального государственного учреждения "Общеобразовательная средняя школа № 66 имени Шакарима Кудайбердиулы" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: в границах жилого массива Бауырластар-1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 49</w:t>
-[...53 lines deleted...]
-      улица Маресьева, № 67, № 69, № 71, № 73, № 75.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 548</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, микрорайон Есет батыр (4 микрорайон), здание коммунального государственного учреждения "Кызылжарская средняя школа" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: в границах микрорайона Есет батыр: 4 микрорайон, № 13Г, № 14Г, № 15Г, № 16Г, № 17Г, вновь построенные дома.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 50</w:t>
-[...71 lines deleted...]
-      улица Маресьева, № 77, № 79, № 81, № 83, № 85.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 549</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, жилой массив Каргалинское, улица Сарыжайлау, № 70Б, здание "ЭКСПО".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: в границах микрорайона Есет батыр: 3 микрорайон, № 10/3, № 10/3, корпус 1, № 10/7, № 10/10, № 10/18, № 10/19, № 10Н, № 11Н, № 12Н, № 13Н, № 35Н.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 51</w:t>
-[...215 lines deleted...]
-      переулок Тобылгы, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 12А, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 26, № 28, № 28А, № 30, № 32, № 33, № 34, № 36.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 550</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Местонахождение избирательного участка: город Актобе, район Алматы, микрорайон Есет батыр, № 67К, здание коммунального государственного учреждения "Средняя общеобразовательная школа-гимназия № 78" государственного учреждения "Отдел образования города Актобе". </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: в границах микрорайона Есет батыр, № 1К, № 2К, № 3К, № 5К, № 6К, № 7К, № 8К, № 9К, № 10К, № 11К, № 12К, № 14К, № 15К, № 16К, № 17К, № 18К, № 19К, № 20К, № 21К, № 23К, № 24К, № 27К, № 28К, № 29К, № 30К, № 31К, № 32К, № 33К, № 34К, № 35К, № 36К, № 37К, № 38К, № 39К, № 40К, № 41К, № 42К, № 43, № 44К, № 49К.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 52</w:t>
-[...71 lines deleted...]
-      улица Сактагана Баишева, № 4Б.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 551</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, улица Д.А.Кунаева, № 3Д, здание коммунального государственного учреждения "Средняя школа № 8" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: улица Жазгы, № 1, № 1Б, № 1В, № 1/1, № 1/2, № 2, № 3, № 4, № 5, № 7, № 9, № 10, № 11, № 12, № 14;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Некрасова, № 1, № 3, № 5, № 7, № 10, № 10А, № 11, № 11А, № 12, № 12А, № 12Б, № 13, № 14, № 14А, № 14Б, № 14В, № 15, № 15А, № 16, № 16А, № 16Б, № 17, № 18, № 18А, № 18Б, № 19, № 20, № 20А, № 20Б, № 21, № 21А, № 21Б, № 21В, № 21Г, № 22, № 22А, № 22Б, № 23, № 23А, № 24А, № 24Б, № 24В, № 24Г, № 25, № 26, № 27, № 28, № 28А, № 28Б, № 28В, № 29, № 30, № 31, № 31А, № 32, № 32А, № 33, № 34, № 34А, № 35, № 35А, № 36, № 36А, № 37, № 37А, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 46А, № 46Б, № 48, № 48А, № 48Б, № 50, № 52, № 52А, № 52Б, № 52В, № 54, № 56, № 58, № 58А, № 58В;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Саралжын, № 2, № 4, № 4А, № 4Д, № 6, № 8, № 10, № 12, № 12А, № 14, № 16, № 18, № 20, № 20А, № 20Б, № 22, № 22А, № 24, № 24А, № 26, № 28, № 28А, № 30, № 30А, № 30Б, № 32, № 32А, № 34, № 36, № 38, № 40, № 40А, № 42, № 44;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переулок Баспахана, № 1, № 1А, № 1Б, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 11А, № 11Б, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 34, № 36, № 38, № 40, № 42, № 42А, № 42Б, № 48, № 50, № 52, № 54, № 56;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Жанши Досмухамедулы, № 1, № 1А, № 3, № 5, № 7, № 9, № 9А, № 11, № 13, № 15, № 17, № 19, № 21;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Ерназарова, № 1, № 1А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Ш. Берсиева, № 5, № 5А, № 5Б, № 7, № 8, № 8А, № 9, № 10, № 10А, № 12, № 14, № 16, № 20, № 22, № 28;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица 30 лет Казахстана, № 2, № 2А, № 4, № 6, № 8, № 10, № 12, № 14, № 16, № 18, № 20, № 22, № 24, № 24А, № 26, № 28, № 30, № 32, № 32А, № 34, № 36А, № 38, № 40, № 40А, № 42, № 42А, № 42Б, № 46, № 48, № 50, № 50А, № 52, № 52А, № 52Б, № 54, № 56, № 56А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      прилегающие садоводческие коллективы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 53</w:t>
-[...89 lines deleted...]
-      улица Каныша Сатпаева, № 15.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 552</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, улица Саги Жиенбаева, № 129, здание коммунального государственного учреждения "Общеобразовательная средняя школа № 71 имени Алкея Маргулана" государственного учреждения "Отдел образования города Актобе"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: улица Саги Жиенбаева, № 95, № 97, № 99, № 101, № 103, № 105, № 107, № 109, № 111, № 113, № 115, № 117, № 119, № 121, № 123;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Тулегена Айбергенова, № 59, № 61, № 63, № 65, № 67, № 69, № 73, № 75, № 77, № 79, № 94, № 96, № 98, № 98А, № 100, № 106, № 110, № 112, № 114;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Тимирязева, № 19, № 21, № 23, № 25, № 27, № 29, № 31, № 33, № 35, № 37, № 39, № 41, № 43, № 43А, № 45, № 47, № 51, № 53;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Кандагачская, № 1, № 1А, № 3, № 3А, № 5, № 5А, № 7, № 7А, № 9, № 11, № 11А, № 15, № 17, № 19, № 21, № 21А, № 21Б, № 23, № 25, № 27, № 27А, № 29, № 31, № 33, № 35, № 37, № 39, № 39А, № 41, № 43, № 45, № 47, № 49, № 51, № 53, № 55, № 55А, № 57, № 57А, № 59, № 59А, № 61, № 61А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Сыганак, № 1, № 2, № 2А, № 3, № 4, № 5, № 5А, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 34, № 36;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Кожабая Жазыкова, № 56, № 58, № 60, № 66, № 68, № 79, № 81, № 81А, № 83;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Мичурина, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 18, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Рентгензаводская, № 3, № 5, № 7, № 9, № 11, № 13, № 15, № 17, № 19, № 21, № 23, № 25, № 27, № 29, № 31, № 33, № 35, № 37, № 39, № 41;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      прилегающие садоводческие коллективы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 54</w:t>
-[...89 lines deleted...]
-      улица Т.Рыскулова, № 192, № 192, корпус 1, № 192, корпус 2, № 192, корпус 3, № 192, корпус 4, № 194, корпус 1.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 553</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, улица Бокенбай батыра, № 46, здание коммунального государственного учреждения "Средняя общеобразовательная IT школа-лицей № 72 имени Абиша Кекилбайулы" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: улица Бокенбай батыра, № 48А, № 48Б, № 48В, № 50Г, № 50Д, № 52Б, № 153, корпус 1, № 153, корпус 2, № 153, корпус 3, № 153, корпус 4, № 153, корпус 5, № 153, корпус 6, № 155, корпус 1, № 155, корпус 2, № 155, корпус 3, № 155, корпус 4, № 155, корпус 5, № 155, корпус 6, № 155, корпус 7, № 171;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в границах квартала Авиагородок: № 1К, № 1К, корпус 1, № 14, № 28А, № 33А, № 41, № 47, № 124Б, № 275А, № 275Б, № 276, № 276А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      квартал Аэропорт, все дома;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в границах квартала Авиатор-1:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Гульдер, все дома;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Бакыт, все дома;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Рахат, все дома;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Байтерек, все дома;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в границах квартала Авиатор-2:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Султана Амангосова, все дома;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Гарышкер, все дома;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Ұшқыштар, все дома.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 55</w:t>
-[...89 lines deleted...]
-      улица Каныша Сатпаева, № 11.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 554</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, микрорайон Алтын Орда, № 43Б, здание государственного коммунального казенного предприятия "Детский сад 52 "Құлагер" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: в границах микрорайона Алтын Орда, № 9/1, № 9/3, № 9/3, корпус 1, № 9/4, № 9/4, корпус 1, № 9/6, № 9/6, корпус 1, № 10Г, № 10Г, корпус 1, № 10Г, корпус 2, № 10Г, корпус 3, № 11Г, № 48В, корпус 1, № 48В, корпус 2, № 48В, корпус 3, № 48В, корпус 4;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проспект Тауелсиздик, № 16 (Алтын Орда, № 9/1), № 18А, № 22, № 22, корпус 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 56</w:t>
-[...71 lines deleted...]
-      улица Братьев Жубановых, № 253Б, № 253/1, № 253/3, № 253/4, № 253/5, № 263, № 263, корпус 1.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 555</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, улица Ораза Татеулы, № 5, здание коммунального государственного учреждения "Школа высшего спортивного мастерства" государственного учреждения "Управление физической культуры и спорта Актюбинской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: в границах микрорайона Алтын Орда, № 1Г, корпус 1, № 1Г, корпус 2, № 1Г, корпус 3, № 1Д, № 4Д, № 10, № 10/1, № 42В, № 44В;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проспект Санкибай батыра, № 38А, № 40, корпус 1, № 40, корпус 2, № 40, корпус 3, № 48А, № 72К, корпус 1, № 72К, корпус 2, № 72К, корпус 3, № 72, корпус 4;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Мустафы Шокая, № 2А, № 12 (Алтын Орда, № 4Г);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проспект Тауелсиздик, № 12А, № 12 (Алтын Орда, № 38), № 12, корпус 1, № 12, корпус 2, № 14, № 14, корпус 1, № 14, корпус 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 57</w:t>
-[...53 lines deleted...]
-      улица Есет-батыра, № 126, № 128, № 128Б, корпус 1, № 128В, № 130, № 132, № 134, № 136, № 138, № 140, № 142.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 556</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, проспект Тауелсиздик, № 4А, здание коммунального государственного учреждения "Общеобразовательная средняя школа № 64 имени Узакбая Кулымбетова" государственного учреждания "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: в границах микрорайона Алтын Орда, № 17В, № 20В, № 20Д, № 21В, корпус 1, № 21В, корпус 2, № 21В, корпус 3;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проспект Алии Молдагуловой, № 56Д, корпус 1, № 56Д, корпус 2, № 56Е, № 60, корпус 1;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Мәңгілік Ел, № 1 (Алтын Орда, № 21А);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проспект Тауелсиздик, № 2 (Алтын Орда, № 19В);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Сактагана Баишева, № 7, корпус 1, № 7А, корпус 1, № 7А, корпус 2, № 7А, корпус 3, № 7А, корпус 4.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 58</w:t>
-[...53 lines deleted...]
-      улица Есет-батыра, № 144, № 146, № 148, № 150, № 152, № 154, № 156, № 158, № 158Б.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 557</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, микрорайон Алтын Орда, № 24Г, здание государственного коммунального казенного предприятия "Академия творчества" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: в границах микрорайона Алтын Орда, № 2А, № 9Б, № 10Б, № 12А, № 15А, № 16А, № 16А, корпус 1, № 17А, № 17А, корпус 1, № 18А, № 18А, корпус 1, № 19А, № 19А, корпус 1;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проспект Алии Молдагуловой, № 64, № 64, корпус 1, № 64, корпус 2, № 66, корпус 1, № 66, корпус 2;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      вновь построенные дома.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 59</w:t>
-[...71 lines deleted...]
-      проспект Алии Молдагуловой, № 18, № 20, № 22, № 24, № 24, корпус 1, № 24Б.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 558</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, улица Братьев Жубановых, № 261А, здание коммунального государственного учреждения "Казахская средняя школа № 38" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: проспект Санкибай батыра, № 143, № 145, № 145А, № 147А, № 147Б, № 147В, № 149, № 151, № 153, № 155;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Братьев Жубановых, № 248, № 250, № 252, № 254, № 256, № 258, № 260, № 262, № 264, № 266, № 268, № 270, № 272, № 272А, № 272Б, № 274, № 276; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Т.Рыскулова, № 166, № 168, № 170, № 172, № 174, № 176, № 178, № 180, № 182, № 184, № 186, № 247, № 249, № 251, № 253, № 255, № 257, № 259, № 261, № 263, № 265А, № 267, № 271, № 271Д, № 271К, № 271Л, № 271М, № 273, № 273В, № 275, № 277;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Каныша Сатпаева, № 16, корпус 1;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Пацаева В.И., № 1, № 3, № 5, № 7, № 9, № 11, № 13, № 15, № 17, № 19, № 21, № 23, № 25, № 27, № 29, № 31, № 33, № 35, № 37, № 39, № 41, № 43, № 45;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Макаренко, № 1, № 2, № 3, № 4, № 6, № 8, № 8А, № 10, № 12, № 14, № 16, № 18, № 20, № 22, № 24, № 26, № 28, № 30, № 32, № 34;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Глинки Михаила Ивановича, № 1, № 2, № 3, № 4, № 5, № 6, № 6А, № 7, № 8, № 8А, № 9, № 10;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переулок Айвазовского Ивана Константиновича, № 1, № 3, № 5, № 7, № 9, № 11, № 13, № 15, № 17, № 19, № 21;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Самурык, № 2, № 4, № 6, № 8, № 10, № 12, № 14, № 16, № 18, № 20, № 22;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переулок Литейный, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переулок Химиков, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      переулок Арматурный, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переулок Ярославский, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 60</w:t>
-[...53 lines deleted...]
-      проспект Алии Молдагуловой, № 8, № 10, № 10, корпус 1, № 12, № 12, корпус 1.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 559</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, проспект Санкибай батыра, № 14/8, здание коммунального государственного учреждения "Средняя общеобразовательная школа № 48 города Актобе" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: проспект Санкибай батыра, № 4А, № 45, № 47, № 49, № 51, № 53, № 55, № 57, № 59, № 61, № 63, № 65, № 67, № 69, № 71, № 73, № 75, № 77, № 79, № 81, № 83, № 83А, № 85, № 87, № 89, № 91, № 93, № 95, № 97, № 99, № 101, № 103, № 105, № 107, № 109, № 111, № 113;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Т.Рыскулова, № 22, № 24, № 26, № 28, № 30, № 32, № 34, № 36, № 38, № 40, № 42, № 44, № 46, № 48, № 50, № 52, № 54, № 56, № 58, № 60, № 62, № 64, № 66, № 68, № 70, № 72, № 74, № 76, № 78, № 80, № 82, № 84, № 86, № 88, № 90, № 92, № 94, № 96, № 98, № 100, № 102, № 104, № 106, № 108, № 110, № 112, № 114, № 116, № 118, № 120, № 122, № 126, № 128, № 130, № 132, № 134, № 136;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица имени Курмангали Оспановича Оспанова, № 1, № 2, № 3, № 4, № 5, № 6, № 6А, № 6Б, № 7, № 9, № 10, № 11, № 12, № 12А, № 13, № 14, № 15, № 16, № 17, № 18, № 18А, № 18Б, № 19, № 20, № 20А, № 21, № 22, № 23, № 24, № 25, № 27, № 29, № 31, № 33, № 35, № 37, № 39, № 41, № 43, № 45, № 47, № 49, № 51, № 53, № 55, № 57, № 59, № 61, № 63, № 65, № 67, № 69, № 71, № 73, № 75, № 77, № 79, № 81, № 83, № 85, № 87;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Металлургическая, № 1, № 2, № 3, № 4, № 5, № 5А, № 5Б, № 6, № 7, № 7А, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 17Б, № 17В, № 17Г, № 17Д, № 17Е, № 17К, № 17Л, № 17М, № 17Н, № 18, № 19, № 20, № 21, № 22, № 23, № 23А, № 24, № 26, № 28, № 30, № 32, № 34, № 36, № 38, № 40, № 42, № 44, № 46, № 48, № 50, № 52, № 54, № 56, № 58, № 60, № 62, № 64, № 66, № 68, № 70, № 70А, № 72, № 74, № 76, № 78, № 80, № 82, № 84, № 86;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Вавилова Сергея Васильевича, № 40, № 42, № 44, № 46, № 47, № 48, № 49, № 50, № 51, № 52, № 53, № 54, № 55, № 56, № 57, № 58, № 59, № 60, № 61, № 63, № 65, № 65А, № 67;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Сертай Кенжалин, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 51, № 52, № 53, № 54, № 55, № 56, № 57, № 58, № 59, № 60, № 61, № 62, № 63, № 64, № 65;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Отегена Турмагамбетова, № 32, № 34, № 35, № 36, № 37, № 39, № 41, № 45, № 47, № 49, № 49А, № 51;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Жастар, № 42, № 44, № 46, № 48, № 50, № 52, № 54, № 56, № 58, № 60, № 62, № 64;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Зангар, № 1, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 19А, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 34, № 36, № 38, № 40, № 42, № 44, № 46, № 48, № 50, № 52, № 52А, № 52/2, № 53, № 54, № 56, № 58, № 59, корпус 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 61</w:t>
-[...53 lines deleted...]
-      улица Есет-батыра, № 83, № 89, № 89, корпус 1, № 91, № 91, корпус 1, № 91, корпус 2, № 93, № 93, корпус 1, № 95, № 95, корпус 1, № 95, корпус 3, № 97, № 97, корпус 1, № 97, корпус 2, № 97, корпус 3, № 97, корпус 4, № 97А, № 101, № 103.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 561</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, жилой массив Украинка, № 147А, здание коммунального государственного учреждения "Общеобразовательная средняя школа № 75" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: в границах жилого массива Украинка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      прилегающие садоводческие коллективы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 62</w:t>
-[...35 lines deleted...]
-      Границы избирательного участка: улица Тургенева, № 94/1, № 94/2, № 96/1, № 96/2, № 98, № 98, корпус 1, № 98, корпус 2, № 98, корпус 3, № 98, корпус 4, № 98, корпус 5, № 98, корпус 6, № 100, № 100/3, № 100/4, № 100/5, № 100В, № 102, № 102А, № 102В.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 562</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, микрорайон Есет батыр (4 микрорайон), здание коммунального государственного учреждения "Кызылжарская средняя школа" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: в границах микрорайона Есет батыр: 4 микрорайон, № 9Г, № 10Г, № 19Г, № 20Г, № 20Г, корпус 1, № 22Г, № 23Г, вновь построенные дома.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 63</w:t>
-[...53 lines deleted...]
-      проспект Алии Молдагуловой, № 2, № 2, корпус 1, № 2, корпус 2, № 4, № 6, № 6, корпус 1, № 8, корпус 1.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 563</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Местонахождение избирательного участка: город Актобе, район Алматы, микрорайон Есет батыр, № 67К, здание коммунального государственного учреждения "Средняя общеобразовательная школа-гимназия № 78" государственного учреждения "Отдел образования города Актобе". </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: в границах микрорайона Есет батыр: 1 микрорайон, № 53К, № 54К, № 55К, № 56К, № 57К, № 59К, № 60К, № 61К, № 62К, № 63К, № 64К, № 65К, № 66К, № 200, № 200, корпус 1, № 200, корпус 2;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1А микрорайон, № 4Л, № 5Л, № 6Л, № 8Л, № 10Л, № 11Л, № 12Л, № 14Л, № 16Л, № 18Л, № 20Л, № 22Л, № 23Л, № 24Л, № 26Л, № 28Л, № 30Л, № 32Л, № 34Л, № 35Л, № 36Л, № 38Л, № 40Л, № 42Л, № 44Л, № 46Л, № 48Л, № 50Л, № 51Л, № 52Л, № 54, № 56Л, № 58Л, № 60Л, № 62Л, № 64Л, № 66Л, № 68Л, № 70Л, № 72Л, № 74Л, № 76Л, № 80Л, № 82Л, № 84Л, № 86Л, № 87Л, № 88Л, № 90Л, № 92Л, № 94Л, № 96Л, № 98Л, № 100Л, № 102Л, № 104Л, № 105Л, № 106Л, № 108Л, № 110Л, № 112Л, № 114Л, № 116Л, № 120Л, № 122Л, № 124Л, № 126Л, № 128Л, № 130Л, № 132Л, № 134Л, № 136Л, № 138Л, № 140Л, № 141Л, № 142Л, № 144Л, № 146Л, № 148Л, № 149Л, № 150Л, № 151Л, № 152Л, № 154Л, № 156Л, № 157, № 158Л, № 159Л, № 160Л, № 162Л, № 164Л, № 165Л, № 166Л, № 168Л, № 170Л, № 171Л, № 174Л, № 176Л, № 177Л, № 178Л, № 180Л, № 182Л, № 183Л, № 184Л, № 185Л, № 186Л, № 188Л, № 190Л, № 192Л, № 193Л, № 194Л, № 195Л, № 196Л.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 64</w:t>
-[...485 lines deleted...]
-      переулок Таулы, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 564</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, жилой массив Рауан, № 10А, здание коммунального государственного учреждения "Общеобразовательная средняя школа № 74" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: в границах жилых массивов Рауан, Аймекен, Шығыс.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 65</w:t>
-[...665 lines deleted...]
-      переулок Автотранспортный, все дома.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 565</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, улица Александра Алексеевича Гришина, № 7, здание государственного казҰнного коммунального предприятия "Актюбинский автомобильно-дорожный колледж" государственного учреждения "Управление образования Актюбинской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: улица имени Г. Жубановой, № 146, корпус 1, № 146, корпус 2, № 146, корпус 3;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      прилегающие садоводческие коллективы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 66</w:t>
-[...53 lines deleted...]
-      улица имени Гиззата Ибатовича Ибатова, № 43, № 49, № 51, № 55, № 57, № 59, № 61.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 566</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, улица Халела Досмухамедулы, № 6В, здание товарищества с ограниченной ответственностью "Средняя общеобразовательная школа-гимназия "Білім".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: в границах микрорайона Алтын Орда, № 3Г, № 5В, № 5Д, № 5К, № 5К, корпус 1, № 7Д, № 8Г, корпус 1, № 8Г, корпус 2, № 8Г, корпус 3, № 8Г, корпус 4, № 13Г, № 18/1, № 18/1, корпус 1, № 18Г, корпус 1, № 18Г, корпус 2;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проспект Тауелсиздик, № 13, корпус 1 (Алтын Орда, № 6Г, корпус 1), № 13, корпус 2 (Алтын Орда, № 6Г, корпус 2), № 13, корпус 3 (Алтын Орда, № 6Г, корпус 3), № 13, корпус 4 (Алтын Орда, № 6Г, корпус 4).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 67</w:t>
-[...197 lines deleted...]
-      улица Братьев Жубановых, № 299, № 301, № 301, корпус 1, № 303, № 305, № 307, № 309, № 311, № 313, № 315, № 317, № 319, № 321, № 323, № 325, № 327, № 329, № 331.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 567</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, улица Халела Досмухамедулы, № 6В, здание товарищества с ограниченной ответственностью "Средняя общеобразовательная школа-гимназия "Білім".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: в границах микрорайона Алтын Орда, № 7Г, № 7Г, корпус 1, № 11А, № 11А, корпус 2, № 11Д, корпус 3, № 11Л, № 13Д, № 13Е, № 19Б, № 20Б, № 23Д, № 23Д, корпус 1, № 24А, № 24Е;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проспект Тауелсиздик, № 21, № 24, № 24, корпус 1, № 24, корпус 2, № 24, корпус 3.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 68</w:t>
-[...71 lines deleted...]
-      проспект Абилкайыр хана, № 70, корпус 1, № 72, № 76, № 78.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 575</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, микрорайон Алтын Орда, № 50Н, здание товарищества с ограниченной ответственностью "Школа-гимназия "Smart bilim".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: в границах жилого массива Береке;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      микрорайон Алтын Орда, № 17Г, № 17Г, корпус 1, № 20, корпус 1, № 20, корпус 2, № 20Б, № 29, № 29, корпус 1, № 29А, № 29А, корпус1, № 40В, № 40В, корпус 1, № 40В, корпус 2, № 40В, корпус 3, № 41Г, № 41В, № 41В, корпус 1, № 41В, корпус 2, № 41В, корпус 3, № 42, № 47, № 48Е, № 48Е, копус 1, № 54, № 54Б, № 54В, № 54Г, № 101Б, № 369;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Ораза Татеулы, № 15А, № 19Б, № 19Б, корпус 1, 100В;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Мустафы Шокая, № 28, № 28, корпус 1;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Халел Досмухамедулы, № 23.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 69</w:t>
-[...71 lines deleted...]
-      улица 101 Стрелковой Бригады, № 7, № 14.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 576</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, микрорайон Алтын Орда, № 50Н, здание товарищества с ограниченной ответственностью "Школа-гимназия "Smart bilim".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: в границах микрорайона Алтын Орда, № 11Е, № 11Е, корпус 1, № 16Л, № 16Г, № 20, корпус 1, № 20, корпус 2, № 20Б, № 45А, № 46, № 48Е, № 48Е, копус 1, № 52Г, № 52Г, корпус 1, № 52Г, корпус 2, № 52Г, корпус 3, № 53Г, № 53Г, корпус 1, № 53Г, корпус 2, № 53Г, корпус 3, № 201, № 201, корпус 1, № 201А, № 201В, № 201Г, № 201Е, № 201К, № 340, № 340, корпус 1, № 340Б, № 340Б, корпус 1, № 340Г, № 353, № 353, корпус 1, № 353, корпус 2, № 353, корпус 3, № 353, корпус 4, № 355, № 358А, № 358А, корпус 1;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Халел Досмухамедулы, № 32, № 32, корпус 1, № 32, корпус 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 70</w:t>
-[...89 lines deleted...]
-      проспект Алии Молдагуловой, № 39.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 577</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, жилой массив Бауырластар-2, № 170А, здание коммунального государственного учреждения "Общеобразовательная средняя школа № 66 имени Шакарима Кудайбердиулы" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: в границах жилых массивов Бауырластар-2, Сазды-2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 71</w:t>
-[...53 lines deleted...]
-      улица Братьев Жубановых, № 269, № 269, корпус 1, № 269, корпус 2, № 271, корпус 1, № 271, корпус 2, № 273, корпус 1, № 284, № 288, № 288, корпус 1, № 290.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 578</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, жилой массив Ақжар-2, № 2, здание коммунального государственного учреждения "Общеобразовательная средняя школа № 70 имени Малика Габдуллина" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: в границах жилого массива Ақжар-2, № 191, № 192, № 193, № 193А, № 194, № 195, № 196, № 197, № 198, № 199, № 232, № 233, № 234, № 235, № 236, № 237, № 238, № 239, № 240, № 259, № 260, № 261, № 262, № 263, № 264, № 265, № 266, № 267, № 268, № 269, № 270, № 271, № 272, № 273, № 274, № 275, № 276, № 277, № 278, № 279, № 280, № 281, № 300, № 301, № 302, № 303, № 304, № 305, № 306, № 307, № 308, № 312, №313, № 314, № 315, № 316, № 317, № 318, № 319, № 320, № 321, № 322, № 341, № 342, № 341, № 344, №345, № 346, № 347, № 348, № 349, №350, № 351, № 352, № 353, № 354, № 355, № 356, № 357, № 358, № 359, № 360, № 361, № 362, № 363, №364, № 365, № 366, № 367, № 368, № 369, № 370, № 371, № 372, № 373, № 374, № 375, № 376, № 377, № 378, № 379, № 380, № 381, № 382, № 383, № 384, № 385, № 386, № 387, № 388, № 389, № 390, № 391, № 392, № 393, № 394, № 395, № 396, № 397, № 398, № 399, № 400, № 401, № 402, № 403, № 404, № 405, № 406, № 407, № 408, № 409, № 410, № 411, № 412, № 413, № 414, № 415, № 416, № 417, № 418, № 419, № 419/1, № 420, № 421, № 422, № 423, № 424, № 425, № 426, № 427, № 428, № 429, № 430, № 431, № 432, № 433, № 434, № 435, № 436, № 437, № 450, № 592, № 593, № 594, № 595, № 596, № 597, № 598, № 614, № 615, № 616, № 617, № 618, № 619, № 620, № 621, № 622, № 623, № 624, № 625, № 626, № 627, № 628, № 629, № 630, № 631, № 632, № 633, № 634, № 635, № 636, № 637, № 638, № 638А, № 639, № 640, № 641, № 642, № 642А, № 643, № 644, № 645, № 646, № 647, № 648, № 649, № 650, № 651, № 652, № 653, № 654, № 655, № 656, № 657, № 658, № 659, № 660, № 661, № 662, № 663, № 664, № 665, № 666, № 667, № 668, № 669, № 670, № 671, № 672, № 673, № 674, № 675, № 676, № 677, № 678, № 679, № 680, № 681, № 682, № 683, № 684, № 685, № 686, № 687, № 688, № 689, № 690, № 691, № 692, № 693, № 694, № 695, № 696, № 697, № 698, № 699, № 700, № 701, № 702, № 703, № 704, № 705, № 706, № 707, № 708, № 709, № 710, № 711, № 712, № 713, № 714, № 715, № 716, № 717, № 718, № 719, № 720, № 721, № 722, № 723, № 724, № 725, № 726, № 921, № 921А, № 922, № 923, № 924, № 925, № 926, № 927, № 928, № 929, № 930, № 931, № 932, № 933, № 934, № 935, № 936, № 937, № 938, № 939, № 940, № 941, № 942, № 943, № 943А, № 944, № 945, № 946, № 947, № 948, № 1063, № 1064, № 1065, № 1066, № 1067;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      прилегающие садоводческие коллективы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 72</w:t>
-[...71 lines deleted...]
-      проспект Алии Молдагуловой, № 39А.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 579</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, жилой массив Жанаконыс, микрорайон Жастар, 3 квартал, № 13А, здание коммунального государственного учреждения "Средняя школа-лицей имени К.Сатпаева" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: в границах жилых массивов Жанаконыс-2, Сулутор.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 73</w:t>
-[...107 lines deleted...]
-      проспект Санкибай батыра, № 183, № 187, № 191, № 193, № 195, № 197.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 580</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Алматы, микрорайон Есет батыр, улица Бопай ханым, 26П, здание коммунального государственного учреждения "Областная детско-юношеская спортивная школа № 3" государственного учреждения "Управление физической культуры и спорта Актюбинской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: в границах микрорайона Есет Батыра (микрорайон № 2), № 15В, № 16В, № 20А, № 21В, № 22В.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 74</w:t>
-[...35 lines deleted...]
-      Границы избирательного участка: учреждение.</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 581</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, микрорайон Алтын Орда, № 6В, здание коммунального государственного учреждения "Средняя общеобразовательная школа № 80" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: в границах микрорайона Алтын Орда, № 7Е, № 9/5, № 9/5, корпус 1, № 9/5, корпус 2, № 10Е, № 10Е, корпус 1, № 10Л, № 10Л, корпус 1, № 11Д, № 11Д, корпус 1, № 11Д, корпус 2, №11Т, №11Т, корпус 1, № 22Г, № 22Г, корпус 1, № 22Е, № 22Е, корпус 1, № 25, № 25А, № 25А, корпус 1, № 25А, корпус 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 75</w:t>
-[...11885 lines deleted...]
-      Границы избирательного участка: в границах микрорайона Алтын Орда, № 11Е, № 11Е, корпус 1, № 16Л, № 16Г, № 25Г, № 201, № 201, корпус 1, № 201А, № 201В, № 201Г, № 201Е, № 201К, № 339, № 339, корпус 1, № 339, корпус 2, № 340, № 340, корпус 1, № 340Б, № 340Б, корпус 1, № 340Г, № 348, № 348, корпус 1, № 349, № 350, № 350, корпус 1, № 350, корпус 2, № 351, № 351А, № 351Б, № 353, № 353, корпус 1, № 353, корпус 2, № 353, корпус 3, № 353, корпус 4, № 355, № 356, № 356А, № 356Б, № 357, № 360А;</w:t>
+        <w:t xml:space="preserve"> Избирательный участок № 582</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: город Актобе, район Астана, микрорайон Алтын Орда, № 6В, здание коммунального государственного учреждения "Средняя общеобразовательная школа № 80" государственного учреждения "Отдел образования города Актобе".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: в границах микрорайона Алтын Орда, № 25Г, № 339, № 339, корпус 1, № 339, корпус 2, № 348, № 348, корпус 1, № 349, № 349, корпус 1, № 350, № 350, корпус 1, № 350, корпус 2, № 351, № 351А, № 351Б, № 351В, № 351Г, № 352, № 356, № 356А, № 356Б, № 357, № 357, корпус 1, № 360А, № 360, корус 1, № 360, корпус 2;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Мангилик Ел, № 16Д (Алтын Орда, 16Л).</w:t>
-      </w:r>
-[...224 lines deleted...]
-      Границы избирательного участка: в границах микрорайона Есет Батыра (микрорайон № 2), № 15В, № 16В, № 20А, № 21В, № 22В.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -26571,55 +26697,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -26945,31 +27071,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>