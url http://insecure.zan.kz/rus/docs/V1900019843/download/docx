--- v0 (2025-12-28)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0b6711e" w14:textId="0b6711e">
+    <w:p w14:paraId="ab9c01c" w14:textId="ab9c01c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -133,53 +133,57 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Примечание ИЗПИ!</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Настоящее постановление вводится в действие с 1 апреля 2020 года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z5" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -481,137 +485,156 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Председатель</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Национального Банка </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -945,98 +968,99 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> название группы счетов 2200 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6704"/>
-        <w:gridCol w:w="5596"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6704" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "2200</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5596" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1141,98 +1165,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       название счета 1054 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4560"/>
-        <w:gridCol w:w="7740"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4560" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "1054</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7740" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1257,98 +1282,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       после счета 1257 дополнить счетом 1258 следующего содержания:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4883"/>
-        <w:gridCol w:w="7417"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4883" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "1258</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7417" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1373,175 +1399,176 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       после счета 1267 дополнить счетами 1268 и 1269 следующего содержания:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5063"/>
-        <w:gridCol w:w="7237"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5063" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "1268</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7237" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сберегательные вклады, размещенные в других банках (не более одного года)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5063" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1269</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7237" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1566,98 +1593,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       название счета 1463 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4675"/>
-        <w:gridCol w:w="7625"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4675" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "1463</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7625" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1682,98 +1710,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       название счета 1477 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5690"/>
-        <w:gridCol w:w="6610"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "1477</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1798,98 +1827,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       название счета 1486 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5063"/>
-        <w:gridCol w:w="7237"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5063" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "1486</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7237" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1914,98 +1944,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       название счета 1495 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4883"/>
-        <w:gridCol w:w="7417"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4883" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "1495</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7417" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2030,98 +2061,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       название счета 1655 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7047"/>
-        <w:gridCol w:w="5253"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7047" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "1655</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5253" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2146,98 +2178,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       название счета 1657 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6109"/>
-        <w:gridCol w:w="6191"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6109" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "1657</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6191" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2262,98 +2295,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       после счета 1662 дополнить счетом 1691 следующего содержания:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7047"/>
-        <w:gridCol w:w="5253"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7047" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "1691</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5253" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2378,98 +2412,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       название счета 1695 изложить в следующей редакции: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6109"/>
-        <w:gridCol w:w="6191"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6109" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "1695</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6191" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2494,98 +2529,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       название счета 1697 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5391"/>
-        <w:gridCol w:w="6909"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5391" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "1697</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6909" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2610,98 +2646,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       название счета 1757 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5391"/>
-        <w:gridCol w:w="6909"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5391" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "1757</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6909" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2726,98 +2763,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       название счета 1845 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5465"/>
-        <w:gridCol w:w="6835"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5465" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "1845</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6835" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2842,252 +2880,253 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       названия счетов 1876, 1877 и 1878 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5063"/>
-        <w:gridCol w:w="7237"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5063" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "1876</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7237" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Резервы (провизии) по прочей банковской деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5063" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1877</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7237" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Резервы (провизии) по дебиторской задолженности, связанной с банковской деятельностью</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5063" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1878</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7237" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3152,175 +3191,176 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       названия счетов 2034 и 2035 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3874"/>
-        <w:gridCol w:w="8426"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3874" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "2034</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8426" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Краткосрочные займы, полученные от Правительства Республики Казахстан, местных исполнительных органов Республики Казахстан и национального управляющего холдинга</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3874" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2035</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8426" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3345,175 +3385,176 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       названия счетов 2037 и 2038 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3986"/>
-        <w:gridCol w:w="8314"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3986" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "2037</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8314" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Счет отрицательной корректировки стоимости займа, полученного от Правительства Республики Казахстан, местных исполнительных органов Республики Казахстан и национального управляющего холдинга</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3986" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2038</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8314" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3538,175 +3579,176 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       названия счетов 2067 и 2068 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6392"/>
-        <w:gridCol w:w="5908"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6392" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "2067</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5908" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Полученный финансовый лизинг</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6392" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2068</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5908" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3731,98 +3773,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       после счета 2131 дополнить счетом 2132 следующего содержания:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5465"/>
-        <w:gridCol w:w="6835"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5465" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "2132</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6835" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3847,98 +3890,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       после счета 2133 дополнить счетом 2134 следующего содержания:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5465"/>
-        <w:gridCol w:w="6835"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5465" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "2134</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6835" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3963,175 +4007,176 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       после счета 2140 дополнить счетами 2141 и 2143 следующего содержания:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6392"/>
-        <w:gridCol w:w="5908"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6392" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "2141</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5908" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Сберегательные вклады других банков (более одного года) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6392" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2143</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5908" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4156,98 +4201,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       название счета 2200 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6704"/>
-        <w:gridCol w:w="5596"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6704" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "2200</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5596" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4272,98 +4318,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       после счета 2213 дополнить счетом 2214 следующего содержания:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5465"/>
-        <w:gridCol w:w="6835"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5465" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "2214</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6835" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4388,98 +4435,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       после счета 2217 дополнить счетом 2218 следующего содержания:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5690"/>
-        <w:gridCol w:w="6610"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "2218</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4504,98 +4552,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       после счета 2219 дополнить счетом 2220 следующего содержания:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5465"/>
-        <w:gridCol w:w="6835"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5465" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "2220</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6835" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4620,98 +4669,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       название счета 2227 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7851"/>
-        <w:gridCol w:w="4449"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7851" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "2227</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4449" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4736,98 +4786,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       после счета 2228 дополнить счетом 2229 следующего содержания:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5690"/>
-        <w:gridCol w:w="6610"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "2229</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4852,98 +4903,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       название счета 2230 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6704"/>
-        <w:gridCol w:w="5596"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6704" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "2230</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5596" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4968,98 +5020,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       после счета 2240 дополнить счетом 2243 следующего содержания:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6704"/>
-        <w:gridCol w:w="5596"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6704" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "2243</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5596" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5084,98 +5137,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       название счета 2706 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6392"/>
-        <w:gridCol w:w="5908"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6392" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "2706</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5908" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5200,98 +5254,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       после счета 2708 дополнить счетом 2709 следующего содержания:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6392"/>
-        <w:gridCol w:w="5908"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6392" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "2709</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5908" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5316,98 +5371,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       после счета 2723 дополнить счетом 2724 следующего содержания:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6704"/>
-        <w:gridCol w:w="5596"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6704" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "2724</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5596" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5432,98 +5488,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       название счета 2745 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6392"/>
-        <w:gridCol w:w="5908"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6392" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "2745</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5908" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5588,98 +5645,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       название счета 3540 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5611"/>
-        <w:gridCol w:w="6689"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5611" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "3540</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6689" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5704,98 +5762,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       название счета 3562 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3912"/>
-        <w:gridCol w:w="8388"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3912" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "3562</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8388" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5820,98 +5879,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       название счета 3564 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4026"/>
-        <w:gridCol w:w="8274"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4026" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "3564</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8274" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5976,175 +6036,176 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       после счета 4257 дополнить счетами 4258 и 4259 следующего содержания:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3912"/>
-        <w:gridCol w:w="8388"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3912" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "4258</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8388" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы, связанные с получением вознаграждения по сберегательным вкладам, размещенным в других банках (не более одного месяца)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3912" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4259</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8388" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6169,175 +6230,176 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       после счета 4312 дополнить счетами 4313 и 4314 следующего содержания:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3342"/>
-        <w:gridCol w:w="8958"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3342" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "4313</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8958" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы, возникающие при корректировке валовой балансовой стоимости предоставленных займов в связи с их модификацией</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3342" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4314</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8958" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6362,98 +6424,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       название счета 4431 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3314"/>
-        <w:gridCol w:w="8986"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3314" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "4431</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8986" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6478,98 +6541,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       название счета 4435 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5188"/>
-        <w:gridCol w:w="7112"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5188" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "4435</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7112" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6594,637 +6658,638 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       названия счетов 4540, 4560, 4570, 4580, 4590, 4591, 4593 и 4594 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5849"/>
-        <w:gridCol w:w="6451"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5849" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "4540</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6451" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от продажи аффинированных драгоценных металлов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5849" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4560</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6451" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от переоценки форвардных операций по ценным бумагам</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5849" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4570</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6451" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от переоценки форвардных операций по иностранной валюте</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5849" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4580</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6451" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от переоценки форвардных операций по аффинированным драгоценным металлам</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5849" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4590</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6451" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от переоценки финансовых фьючерсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5849" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4591</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6451" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от переоценки операций опцион</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5849" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4593</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6451" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от переоценки операций своп</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5849" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4594</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6451" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7249,98 +7314,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       название счета 4704 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6704"/>
-        <w:gridCol w:w="5596"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6704" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "4704</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5596" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7365,98 +7431,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       название счета 4709 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4661"/>
-        <w:gridCol w:w="7639"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4661" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "4709</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7639" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7501,98 +7568,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       название счета 4711 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4824"/>
-        <w:gridCol w:w="7476"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4824" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "4711</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7476" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7617,98 +7685,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       название счета 4730 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7851"/>
-        <w:gridCol w:w="4449"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7851" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "4730</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4449" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7753,175 +7822,176 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       названия счетов 4733 и 4734 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5139"/>
-        <w:gridCol w:w="7161"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5139" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "4733</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7161" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от изменения стоимости ценных бумаг, учитываемых по справедливой стоимости через прочий совокупный доход</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5139" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4734</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7161" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7946,98 +8016,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       после счета 4955 дополнить счетом 4956 следующего содержания:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4147"/>
-        <w:gridCol w:w="8153"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4147" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "4956</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8153" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8062,252 +8133,253 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       после счета 4960 дополнить счетами 4961, 4962 и 4963 следующего содержания:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4413"/>
-        <w:gridCol w:w="7887"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4413" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "4961</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7887" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от восстановления резервов (провизий) по прочей банковской деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4413" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4962</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7887" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от восстановления резервов (провизий) по инвестициям в субординированный долг</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4413" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4963</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7887" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8372,98 +8444,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       название счета 5063 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5849"/>
-        <w:gridCol w:w="6451"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5849" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "5063</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6451" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8488,175 +8561,176 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       после счета 5070 дополнить счетами 5071 и 5072 следующего содержания:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3490"/>
-        <w:gridCol w:w="8810"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3490" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "5071</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8810" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расходы, возникающие при корректировке валовой балансовой стоимости предоставленных займов в связи с их модификацией и (или) корректировке займов, предоставленных по нерыночной ставке процента</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3490" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5072</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8810" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8681,175 +8755,176 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       после счета 5130 дополнить счетами 5131 и 5132 следующего содержания:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4276"/>
-        <w:gridCol w:w="8024"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4276" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "5131</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8024" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расходы, связанные с выплатой вознаграждения по сберегательным вкладам других банков (не более одного месяца)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4276" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5132</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8024" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8874,98 +8949,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       после счета 5138 дополнить счетом 5139 следующего содержания:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4413"/>
-        <w:gridCol w:w="7887"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4413" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "5139</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7887" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8990,98 +9066,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       после счета 5217 дополнить счетом 5218 следующего содержания:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4413"/>
-        <w:gridCol w:w="7887"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4413" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "5218</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7887" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9106,98 +9183,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       после счета 5219 дополнить счетом 5220 следующего содержания:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4560"/>
-        <w:gridCol w:w="7740"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4560" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "5220</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7740" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9222,98 +9300,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       название счета 5227 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6704"/>
-        <w:gridCol w:w="5596"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6704" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "5227</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5596" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9338,98 +9417,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       название счета 5237 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5188"/>
-        <w:gridCol w:w="7112"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5188" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "5237</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7112" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9454,406 +9534,407 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       названия счетов 5450, 5451, 5452, 5453 и 5455 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4560"/>
-        <w:gridCol w:w="7740"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4560" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "5450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7740" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расходы на формирование резервов (провизий)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4560" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5451</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7740" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расходы на формирование резервов (провизий) по вкладам, размещенным в других банках</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4560" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5452</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7740" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расходы на формирование резервов (провизий) по займам и финансовому лизингу, предоставленным другим банкам</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4560" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5453</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7740" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расходы на формирование резервов (провизий) по дебиторской задолженности, связанной с банковской деятельностью</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4560" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5455</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7740" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9878,98 +9959,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       после счета 5455 дополнить счетом 5456 следующего содержания:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4147"/>
-        <w:gridCol w:w="8153"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4147" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "5456</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8153" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9994,98 +10076,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       название счета 5457 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4883"/>
-        <w:gridCol w:w="7417"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4883" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "5457</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7417" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10110,98 +10193,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       после счета 5457 дополнить счетом 5458 следующего содержания:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5256"/>
-        <w:gridCol w:w="7044"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5256" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "5458</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7044" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10226,98 +10310,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       название счета 5459 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4560"/>
-        <w:gridCol w:w="7740"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4560" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "5459</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7740" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10342,175 +10427,176 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       после счета 5459 дополнить счетами 5461 и 5462 следующего содержания: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4839"/>
-        <w:gridCol w:w="7461"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4839" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "5461</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7461" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расходы на формирование резервов (провизий) по прочим финансовым активам, учитываемым по амортизированной стоимости</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4839" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5462</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7461" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10535,329 +10621,330 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       названия счетов 5464, 5465, 5468 и 5469 изложить в следующей редакции: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4243"/>
-        <w:gridCol w:w="8057"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "5464</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8057" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расходы на формирование резервов (провизий) по ценным бумагам</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5465</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8057" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расходы на формирование резервов (провизий) по условным обязательствам</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5468</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8057" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расходы на формирование оценочных обязательств</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5469</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8057" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10882,98 +10969,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       название счета 5540 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6109"/>
-        <w:gridCol w:w="6191"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6109" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "5540</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6191" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10998,560 +11086,561 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       названия счетов 5560, 5570, 5580, 5590, 5591, 5593 и 5594 изложить в следующей редакции: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5849"/>
-        <w:gridCol w:w="6451"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5849" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "5560</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6451" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расходы от переоценки форвардных операций по ценным бумагам</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5849" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5570</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6451" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расходы от переоценки форвардных операций по иностранной валюте</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5849" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5580</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6451" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расходы от переоценки форвардных операций по аффинированным драгоценным металлам</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5849" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5590</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6451" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расходы от переоценки финансовых фьючерсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5849" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5591</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6451" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расходы от переоценки операций опцион</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5849" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5593</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6451" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расходы от переоценки операций своп</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5849" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5594</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6451" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11576,98 +11665,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       название счета 5704 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6704"/>
-        <w:gridCol w:w="5596"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6704" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "5704</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5596" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11692,98 +11782,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       название счета 5709 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4661"/>
-        <w:gridCol w:w="7639"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4661" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "5709</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7639" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11828,98 +11919,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       название счета 5711 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5391"/>
-        <w:gridCol w:w="6909"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5391" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "5711</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6909" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11944,98 +12036,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       название счета 5730 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7427"/>
-        <w:gridCol w:w="4873"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7427" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "5730</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4873" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12080,175 +12173,176 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       названия счетов 5733 и 5734 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5139"/>
-        <w:gridCol w:w="7161"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5139" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "5733</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7161" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расходы от изменения стоимости ценных бумаг, учитываемых по справедливой стоимости через прочий совокупный доход</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5139" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5734</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7161" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12273,714 +12367,715 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       названия счетов 5780, 5781, 5782, 5783, 5784, 5785, 5786, 5787 и 5788 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="94"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6041"/>
-        <w:gridCol w:w="6259"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6041" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "5780</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6259" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расходы по амортизации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6041" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5781</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6259" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расходы по амортизации зданий и сооружений</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6041" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5782</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6259" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расходы по амортизации компьютерного оборудования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6041" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5783</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6259" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расходы по амортизации прочих основных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6041" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5784</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6259" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расходы по амортизации активов в форме права пользования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6041" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5785</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6259" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расходы по амортизации основных средств, предназначенных для сдачи в аренду</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6041" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5786</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6259" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расходы по амортизации капитальных затрат по активам в форме права пользования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6041" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5787</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6259" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расходы по амортизации транспортных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6041" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5788</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6259" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13005,98 +13100,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       название счета 5853 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="95"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5391"/>
-        <w:gridCol w:w="6909"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5391" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "5853</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6909" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13161,98 +13257,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       название счета 7220 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="97"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8325"/>
-        <w:gridCol w:w="3975"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8325" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "7220</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3975" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13277,175 +13374,176 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       название счетов 7664 и 7665 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7327"/>
-        <w:gridCol w:w="4973"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7327" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "7664</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4973" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от переоценки активов по справедливой стоимости</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7327" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7665</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4973" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13490,175 +13588,176 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       названия счетов 7684 и 7685 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7327"/>
-        <w:gridCol w:w="4973"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7327" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "7684</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4973" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расходы от переоценки активов по справедливой стоимости</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7327" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7685</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4973" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13703,98 +13802,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       название счета 7888 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7047"/>
-        <w:gridCol w:w="5253"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7047" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "7888</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5253" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28806,20649 +28906,4613 @@
         <w:t>
       По дебету счета проводятся суммы начисленных расходов по амортизации основных средств, приобретенных за счет денег, принятых по договору об инвестиционном депозите.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="850"/>
     <w:bookmarkStart w:name="z858" w:id="851"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По кредиту счета проводится списание сумм понесенных расходов на балансовый счет № 7851.".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="851"/>
-    <w:bookmarkStart w:name="z859" w:id="852"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Утратил силу постановлением Правления Национального Банка РК от 24.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 105</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).  </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z897" w:id="852"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Внести в </w:t>
+      3. Внести в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 27 марта 2017 года № 46 "О внесении изменений и дополнений в постановление Правления Национального Банка Республики Казахстан  от 31 января 2011 года № 3 "Об утверждении Типового плана счетов бухгалтерского учета в банках второго уровня, ипотечных организациях и акционерном обществе "Банк Развития Казахстана" и утверждении Инструкции по ведению бухгалтерского учета исламскими банками" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под  № 15117, опубликовано в газете "Казахстанская правда" от 15 февраля 2018 года № 32 (28661)) следующие изменения:</w:t>
+        <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 30 ноября 2007 года № 134 "Об утверждении Инструкции по ведению бухгалтерского учета доверительных операций и кастодиальной деятельности банками второго уровня" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 5089) следующие изменения:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="852"/>
-    <w:bookmarkStart w:name="z860" w:id="853"/>
+    <w:bookmarkStart w:name="z898" w:id="853"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Инструкции</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> по ведению бухгалтерского учета исламскими банками, утвержденной указанным постановлением:</w:t>
+        <w:t xml:space="preserve"> по ведению бухгалтерского учета доверительных операций и кастодиальной деятельности банками второго уровня, утвержденной указанным постановлением:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="853"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункт 36</w:t>
+        <w:t>пункт 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z862" w:id="854"/>
-[...15 lines deleted...]
-      "36. При классификации заключенного договора лизинга (аренды) в целях бухгалтерского учета в качестве операционной аренды приобретенное имущество амортизируется с периодичностью, предусмотренной учетной политикой, следующей бухгалтерской записью:</w:t>
+    <w:bookmarkStart w:name="z900" w:id="854"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "10. При проведении переоценки по справедливой стоимости аффинированных драгоценных металлов осуществляются следующие бухгалтерские записи:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="854"/>
-    <w:tbl>
-[...306 lines deleted...]
-      "46. При выдаче банковского займа осуществляются следующие бухгалтерские записи:</w:t>
+    <w:bookmarkStart w:name="z901" w:id="855"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) при превышении справедливой стоимости аффинированных драгоценных металлов над их учетной стоимостью:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="855"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="892"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6063"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="892" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5345" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1301</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="6063" w:type="dxa"/>
+7602</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Займы овердрафт по корреспондентским счетам других банков"</w:t>
+"Аффинированные драгоценные металлы"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="892" w:type="dxa"/>
-[...695 lines deleted...]
-            <w:tcW w:w="892" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5345" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1001</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="6063" w:type="dxa"/>
+7664</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Наличность в кассе"</w:t>
-[...231 lines deleted...]
-"Корреспондентские счета в других банках";</w:t>
+"Доходы от переоценки активов по справедливой стоимости";</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z865" w:id="856"/>
-[...15 lines deleted...]
-      на сумму дисконта, возникающего в связи с признанием займа по справедливой стоимости:</w:t>
+    <w:bookmarkStart w:name="z902" w:id="856"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) при превышении учетной стоимости аффинированных драгоценных металлов над их справедливой стоимостью:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="856"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="793"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6752"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="793" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4755" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1301</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="6752" w:type="dxa"/>
+7684</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Займы овердрафт по корреспондентским счетам других банков"</w:t>
+"Расходы от переоценки активов по справедливой стоимости"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="793" w:type="dxa"/>
-[...695 lines deleted...]
-            <w:tcW w:w="793" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4755" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1312</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="6752" w:type="dxa"/>
+7602</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Дисконт по займам, предоставленным другим банкам"</w:t>
-[...115 lines deleted...]
-"Дисконт по займам, предоставленным клиентам".";</w:t>
+"Аффинированные драгоценные металлы".";</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z903" w:id="857"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      подпункты 4) и 5) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исключить;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="857"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункты 50</w:t>
-[...19 lines deleted...]
-        <w:t>51</w:t>
+        <w:t>пункт 18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z867" w:id="857"/>
-[...513 lines deleted...]
-      51. При поступлении денег в счет погашения банковского займа осуществляется следующая бухгалтерская запись:</w:t>
+    <w:bookmarkStart w:name="z905" w:id="858"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "18. В случае если вклад размещен в иностранной валюте осуществляются следующие бухгалтерские записи:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="858"/>
-    <w:tbl>
-[...1234 lines deleted...]
-      "53. Если при наступлении срока заемщик не погасил долг по банковскому займу, осуществляется следующая бухгалтерская запись:</w:t>
+    <w:bookmarkStart w:name="z906" w:id="859"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) при повышении рыночного курса обмена валют:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="859"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="827"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6518"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="827" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1306</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="6518" w:type="dxa"/>
+7604</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Просроченная задолженность других банков по займам"</w:t>
+"Вклады размещенные"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="827" w:type="dxa"/>
-[...115 lines deleted...]
-            <w:tcW w:w="827" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4955" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1301</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="6518" w:type="dxa"/>
+7665</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Займы овердрафт по корреспондентским счетам других банков"</w:t>
-[...695 lines deleted...]
-"Прочие займы, предоставленные клиентам".";</w:t>
+"Доходы по курсовой разнице";</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...140 lines deleted...]
-      "56. При поступлении денег в счет погашения просроченного долга по банковскому займу осуществляется следующая бухгалтерская запись:</w:t>
+    <w:bookmarkStart w:name="z907" w:id="860"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) при понижении рыночного курса обмена валют:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="860"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="892"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6063"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="892" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5345" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1001</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="6063" w:type="dxa"/>
+7685</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Наличность в кассе"</w:t>
+"Расходы по курсовой разнице"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="892" w:type="dxa"/>
-[...231 lines deleted...]
-            <w:tcW w:w="892" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5345" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1306</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="6063" w:type="dxa"/>
+7604</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Просроченная задолженность других банков по займам"</w:t>
-[...115 lines deleted...]
-"Просроченная задолженность клиентов по займам".</w:t>
+"Вклады размещенные".";</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z873" w:id="861"/>
-[...15 lines deleted...]
-      57. При создании резервов (провизий) на покрытие убытков от обесценения банковских займов осуществляется следующая бухгалтерская запись:</w:t>
+    <w:bookmarkStart w:name="z908" w:id="861"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      подпункты 2) и 3) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исключить;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="861"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 29</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z910" w:id="862"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "29. При определении результата доверительного управления активами за отчетный период осуществляются следующие бухгалтерские записи:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="862"/>
+    <w:bookmarkStart w:name="z911" w:id="863"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) на сумму доходов, начисленных по операциям с активами клиента:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="863"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="620"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7965"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="620" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3715" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5452</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="7965" w:type="dxa"/>
+7661</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Расходы на формирование резервов (провизий) по займам и финансовому лизингу, предоставленным другим банкам"</w:t>
+"Поступление активов от клиента"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="620" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3715" w:type="dxa"/>
+7662</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5455</w:t>
-[...35 lines deleted...]
-"Расходы на формирование резервов (провизий) по займам и финансовому лизингу, предоставленным клиентам"</w:t>
+"Доходы в виде вознаграждения"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="620" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кт</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3715" w:type="dxa"/>
+7663</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1319</w:t>
-[...35 lines deleted...]
-"Резервы (провизии) по займам и финансовому лизингу, предоставленным другим банкам"</w:t>
+"Доходы от купли-продажи активов"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="620" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3715" w:type="dxa"/>
+7664</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1428</w:t>
-[...188 lines deleted...]
-"Резервы (провизии) по займам и финансовому лизингу, предоставленным другим банкам"</w:t>
+"Доходы от переоценки активов по справедливой стоимости"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="583" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3494" w:type="dxa"/>
+7665</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1428</w:t>
-[...35 lines deleted...]
-"Резервы (провизии) по займам и финансовому лизингу, предоставленным клиентам"</w:t>
+"Доходы по курсовой разнице"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="583" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кт</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3494" w:type="dxa"/>
+7668</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4952</w:t>
-[...35 lines deleted...]
-"Доходы от восстановления резервов (провизий), созданных по займам и финансовому лизингу, предоставленным другим банкам"</w:t>
+"Прочие доходы"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="583" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3494" w:type="dxa"/>
+Кт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4955</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="8223" w:type="dxa"/>
+7651</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Доходы от восстановления резервов (провизий), созданных по займам и финансовому лизингу, предоставленным клиентам".</w:t>
+"Капитал";</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z875" w:id="863"/>
-[...35 lines deleted...]
-      1) на основную сумму банковского займа в тенге:</w:t>
+    <w:bookmarkStart w:name="z912" w:id="864"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) на сумму расходов, начисленных по операциям с активами клиента:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="864"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="685"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7511"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="685" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4104" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1319</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="7511" w:type="dxa"/>
+7651</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Резервы (провизии) по займам и финансовому лизингу, предоставленным другим банкам"</w:t>
+"Капитал"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="685" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="4104" w:type="dxa"/>
+Кт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1428</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="7511" w:type="dxa"/>
+7681</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Резервы (провизии) по займам и финансовому лизингу, предоставленным клиентам"</w:t>
+"Изъятие активов клиента"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="685" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кт</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="4104" w:type="dxa"/>
+7682</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1306</w:t>
-[...35 lines deleted...]
-"Просроченная задолженность других банков по займам"</w:t>
+"Расходы по выплате комиссионных вознаграждений"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="685" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="4104" w:type="dxa"/>
+7683</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1424</w:t>
-[...188 lines deleted...]
-"Дисконт по займам, предоставленным другим банкам"</w:t>
+"Расходы от купли-продажи активов"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="785" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="4704" w:type="dxa"/>
+7684</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1434</w:t>
-[...35 lines deleted...]
-"Дисконт по займам, предоставленным клиентам"</w:t>
+"Расходы от переоценки активов по справедливой стоимости"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="785" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кт</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="4704" w:type="dxa"/>
+7685</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4312</w:t>
-[...35 lines deleted...]
-"Доходы по амортизации дисконта по займам, предоставленным другим банкам"</w:t>
+"Расходы по курсовой разнице"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="785" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="4704" w:type="dxa"/>
+7688</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4434</w:t>
-[...35 lines deleted...]
-"Доходы по амортизации дисконта по займам, предоставленным клиентам".</w:t>
+"Прочие расходы".";</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z878" w:id="866"/>
-[...15 lines deleted...]
-      60. При погашении заемщиком задолженности по банковскому займу, списанной с баланса, осуществляется следующая бухгалтерская запись:</w:t>
+    <w:bookmarkStart w:name="z913" w:id="865"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      подпункты 1) и 2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 30</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="865"/>
+    <w:bookmarkStart w:name="z914" w:id="866"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "1) на сумму доходов по имеющимся в наличии активам:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="866"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="539"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="8529"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="539" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3232" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1001</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="8529" w:type="dxa"/>
+7661</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Наличность в кассе"</w:t>
+"Поступление активов от клиента"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="539" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3232" w:type="dxa"/>
+7662</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1051</w:t>
-[...35 lines deleted...]
-"Корреспондентский счет в Национальном Банке Республики Казахстан"</w:t>
+"Доходы в виде вознаграждения"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="539" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3232" w:type="dxa"/>
+7663</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1052</w:t>
-[...35 lines deleted...]
-"Корреспондентские счета в других банках"</w:t>
+"Доходы от купли-продажи активов"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="539" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кт</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3232" w:type="dxa"/>
+7664</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4952</w:t>
-[...35 lines deleted...]
-"Доходы от восстановления резервов (провизий), созданных по займам и финансовому лизингу, предоставленным другим банкам"</w:t>
+"Доходы от переоценки активов по справедливой стоимости"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="539" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3232" w:type="dxa"/>
+7665</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4955</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="8529" w:type="dxa"/>
+"Доходы по курсовой разнице"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Доходы от восстановления резервов (провизий), созданных по займам и финансовому лизингу, предоставленным клиентам".";</w:t>
+7668</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Прочие доходы"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7651</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Капитал";</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...60 lines deleted...]
-      "3) при завершении производства (изготовления) товара:</w:t>
+    <w:bookmarkStart w:name="z915" w:id="867"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) на сумму расходов, начисленных по операциям с активами клиента:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="867"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="773"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6895"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4632" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1602</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="6895" w:type="dxa"/>
+7651</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Прочие запасы"</w:t>
+"Капитал"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="773" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="4632" w:type="dxa"/>
+Кт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1610</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="6895" w:type="dxa"/>
+7683</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Долгосрочные активы, предназначенные для продажи"</w:t>
+"Расходы от купли-продажи активов"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кт</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="4632" w:type="dxa"/>
+7684</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1651</w:t>
-[...253 lines deleted...]
-"Прочие запасы"</w:t>
+"Расходы от переоценки активов по справедливой стоимости"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="892" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="5345" w:type="dxa"/>
+7685</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1610</w:t>
-[...35 lines deleted...]
-"Долгосрочные активы, предназначенные для продажи"</w:t>
+"Расходы по курсовой разнице"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="892" w:type="dxa"/>
-[...9331 lines deleted...]
-            <w:tcW w:w="5345" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7688</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6063" w:type="dxa"/>
-[...1499 lines deleted...]
-            <w:tcW w:w="6063" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -49510,55 +33574,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>