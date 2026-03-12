--- v0 (2025-10-04)
+++ v1 (2026-03-12)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1b38711" w14:textId="1b38711">
+    <w:p w14:paraId="b9b4207" w14:textId="b9b4207">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -108,62 +108,148 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Первого заместителя Премьер-Министра Республики Казахстан – Министра финансов Республики Казахстан от 27 декабря 2019 года № 1429. Зарегистрирован в Министерстве юстиции Республики Казахстан 30 декабря 2019 года № 19803.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сноска. Заголовок - в редакции приказа Министра финансов РК от 15.04.2021 </w:t>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приказ утрачивает силу приказом Министра финансов РК от 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 699</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Заголовок - в редакции приказа Министра финансов РК от 15.04.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 344</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z4" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -2012,826 +2098,810 @@
         <w:t>
       3) в строке 3 указывается отчетный период (день, месяц, год), за который представляются сведения (указывается арабскими цифрами).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
     <w:bookmarkStart w:name="z60" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. В разделе "Информация о финансовой организации" формы 026.00 указываются следующие данные:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z61" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) в строке 4 указывается бизнес идентификационный номер подотчетной финансовой организации, представляющей сведения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z62" w:id="55"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z62" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в строке 5 указывается наименование подотчетной финансовой организации, в соответствии с учредительными и иными документами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z63" w:id="56"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z63" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в строке 6 указывается адрес места нахождения (почтовый адрес).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z64" w:id="57"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z64" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если почтовая служба подотчетной финансовой организации не доставляет почту по адресу улицы и подотчетная финансовая организация имеет почтовый индекс, то указывается номер почтового индекса вместо адреса улицы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z65" w:id="58"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z65" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В поле "Ф.И.О. лица, представившего сведения" указываются фамилия, имя, отчество (при его наличии) уполномоченного лица подотчетной финансовой организации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z66" w:id="59"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z66" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В поле "Дата подачи" указывается дата представления сведений в уполномоченный орган.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z67" w:id="60"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z67" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Раздел "Сведения о владельце счета" формы 026.01 заполняется для отражения представляемых в орган государственных доходов сведений о владельце счета:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z68" w:id="61"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z68" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) в графе А указывается порядковый номер строки в формате 0001;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z69" w:id="62"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z69" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в графе В указывается код категории владельца счета:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z70" w:id="63"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z70" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       для юридических лиц – 1;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z71" w:id="64"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z71" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       для физических лиц – 2;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z72" w:id="65"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z72" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в графе С указываются имя, фамилия, отчество (при его наличии) физического лица или наименование юридического лица-владельца счета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z73" w:id="66"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z73" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) в графе D указывается дата рождения физического лица в формате день-месяц-год, если в графе В указано физическое лицо;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z74" w:id="67"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z74" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) в графе E указывается ИН владельца счета. Если отсутствует ИН, то графа не заполняется;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z75" w:id="68"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z75" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) в графе F указывается код страны, выдавшей ИН;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z76" w:id="69"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z76" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) в графе G указывается код страны налогового резидентства владельца счета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z77" w:id="70"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z77" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) в графе H указывается тип юридического лица – владельца счета; Указанная графа заполняется если в графе В указано юридическое лицо, при этом в зависимости от типа юридического лица заполняются следующие значения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z78" w:id="71"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z78" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       CRS 101 – Пассивная нефинансовая организация с одним или несколькими контролирующими лицами являющимися лицами подотчетной юрисдикции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z79" w:id="72"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z79" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       CRS 102 – Подотчетное лицо в целях Соглашения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z80" w:id="73"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z80" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       CRS 103 – Пассивная нефинансовая организация которая является подотчетным лицом в целях Соглашения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z81" w:id="74"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z81" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) в строке I указываются код страны, наименование места (области, региона, города республиканского значения), района/города; наименование улицы, номер дома/здания, номер этажа, офиса, почтовый индекс. Под адресом понимается постоянное место жительство владельца счета. В случае отсутствия у подотчетной финансовой организации такого адреса, указывается почтовый адрес, используемый подотчетной финансовой организацией для связи с владельцем счета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z82" w:id="75"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z82" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Раздел "Сведения о бенефициарном собственнике или контролирующем лице" формы 026.01 заполняется для представления сведений о бенефициарном собственнике или контролирующем лице пассивной нефинансовой организации, указанных в графе С Раздела "Сведения о владельце счета":</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z83" w:id="76"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z83" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) в графе J указывается наименование юридического лица и имя, фамилия, отчество бенефициарного собственника или контролирующего лица;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z84" w:id="77"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z84" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в графе К указывается дата рождения физического лица в формате день-месяц-год если в графе J указано физическое лицо;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z85" w:id="78"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z85" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в графе L указывается ИН владельца счета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z86" w:id="79"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z86" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) в графе M указывается код страны, выдавшей ИН;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z87" w:id="80"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z87" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) в графе N указывается код страны резидентства владельца счета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z88" w:id="81"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z88" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) в строке О указывается адрес (области, региона, города республиканского значения), района/города; наименование улицы, номер дома/здания, номер этажа, офиса, почтовый индекс. Под адресом понимается постоянное место жительство бенефициарного собственника или контролирующего лица. В случае отсутствия у подотчетной финансовой организации такого адреса, указывается почтовый адрес, используемый подотчетной финансовой организацией для связи с бенефициарным собственником или контролирующим лицом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z89" w:id="82"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z89" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Раздел "Финансовые сведения" формы 026.01 заполняется для указания финансовой информации, относящейся к подотчетному счету:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z90" w:id="83"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z90" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) в графе Р указывается номер счета. Номером счета является идентифицирующий номер, присвоенный подотчетной финансовой организацией. Если финансовая организация не имеет систему нумерации, то указывается NANUM;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z91" w:id="84"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z91" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в графе Q указывается код валюты, указанный в графах S, T, U, V, W;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z92" w:id="85"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z92" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в графе R проставляется отметка, если счет, указанный в разделе "Финансовые сведения", был закрыт в течение календарного года;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z93" w:id="86"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z93" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) в графе S указывается остаток денег или стоимость на счете по состоянию на конец календарного года или если счет был закрыт в таком периоде, на момент закрытия. При заполнении организацией по страхованию жизни, указывается сформированный резерв не произошедших убытков по договору накопительного страхования на конец календарного года или если договор был расторгнут, размер выкупной суммы на дату расторжения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z94" w:id="87"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z94" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) в графе T указывается общая валовая сумма выплаченных дивидендов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z95" w:id="88"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z95" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) в графе U указывается общая валовая сумма выплаченных вознаграждений подотчетной финансовой организацией вознаграждений (процентов) по соответствующему счету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z96" w:id="89"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z96" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) в графе V указывается общая валовая выручка от продажи или выкупа актива;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z97" w:id="90"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z97" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) в графе W указывается общая валовая сумма прочего дохода;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z98" w:id="91"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z98" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) при заполнении граф S, T, U, V возможно указание более одного вида дохода.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkEnd w:id="92"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2949,70 +3019,70 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 27 декабря 2019 года № 1420</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z100" w:id="92"/>
+    <w:bookmarkStart w:name="z100" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkEnd w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7810500" cy="8864600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
@@ -3048,70 +3118,70 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z101" w:id="93"/>
+    <w:bookmarkStart w:name="z101" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7810500" cy="5270500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:stretch>
@@ -3147,70 +3217,70 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z102" w:id="94"/>
+    <w:bookmarkStart w:name="z102" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkEnd w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7810500" cy="5156200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
                     <a:stretch>
@@ -3246,70 +3316,70 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z103" w:id="95"/>
+    <w:bookmarkStart w:name="z103" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkEnd w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7810500" cy="5448300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
                     <a:stretch>
@@ -3345,70 +3415,70 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z104" w:id="96"/>
+    <w:bookmarkStart w:name="z104" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkEnd w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7810500" cy="5372100"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8"/>
                     <a:stretch>
@@ -3444,70 +3514,70 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z105" w:id="97"/>
+    <w:bookmarkStart w:name="z105" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7810500" cy="5359400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9"/>
                     <a:stretch>
@@ -3543,70 +3613,70 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z106" w:id="98"/>
+    <w:bookmarkStart w:name="z106" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkEnd w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7810500" cy="5308600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10"/>
                     <a:stretch>
@@ -3642,70 +3712,70 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z107" w:id="99"/>
+    <w:bookmarkStart w:name="z107" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7810500" cy="5245100"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11"/>
                     <a:stretch>
@@ -3741,70 +3811,70 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z108" w:id="100"/>
+    <w:bookmarkStart w:name="z108" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkEnd w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7810500" cy="5207000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12"/>
                     <a:stretch>
@@ -3987,100 +4057,100 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 27 декабря 2019 года № 1420</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z110" w:id="101"/>
+    <w:bookmarkStart w:name="z110" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                    Подтверждение о принятии или непринятии</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                   Формы 026.00 уполномоченным органом</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z111" w:id="102"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z111" w:id="103"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Индивидуальный идентификационный номер/бизнес идентификационный  номер </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkEnd w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(ИИН/БИН)  Наименование финансовой, спонсирующей, посреднической организации,/</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4528,124 +4598,124 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z112" w:id="103"/>
+    <w:bookmarkStart w:name="z112" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ошибки при приеме Формы 026.00: Подпись прикладного сервера</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkEnd w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -4971,31 +5041,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/><Relationship Target="media/document_image_rId11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId11"/><Relationship Target="media/document_image_rId12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId12"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>