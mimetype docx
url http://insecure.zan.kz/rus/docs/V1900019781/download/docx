--- v0 (2025-11-14)
+++ v1 (2026-03-11)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e5c9141" w14:textId="e5c9141">
+    <w:p w14:paraId="f06066d" w14:textId="f06066d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,93 +85,183 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменений и дополнения в постановление Правления Национального Банка Республики Казахстан от 28 декабря 2018 года № 313 "Об утверждении перечня, форм и сроков представления банками второго уровня, акционерным обществом "Банк Развития Казахстана" и организациями, осуществляющими отдельные виды банковских операций, отчетности по займам и условным обязательствам и Правил их представления"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...9 lines deleted...]
-        <w:t>Постановление Правления Национального Банка Республики Казахстан от 13 декабря 2019 года № 236. Зарегистрировано в Министерстве юстиции Республики Казахстан 27 декабря 2019 года № 19781.</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Утративший силу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Постановление Правления Национального Банка Республики Казахстан от 13 декабря 2019 года № 236. Зарегистрировано в Министерстве юстиции Республики Казахстан 27 декабря 2019 года № 19781. Утратило силу постановлением Правления Национального Банка Республики Казахстан от 24 декабря 2025 года № 103.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Утратило силу постановлением Правления Национального Банка РК от 24.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 103</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>      Примечание ИЗПИ!</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Порядок введения в действие настоящего постановления см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>п. 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -989,260 +1081,295 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Абзацы четвертый, пятый, шестой и седьмой пункта 1 настоящего постановления действуют до 1 апреля 2020 года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Председатель</w:t>
             </w:r>
-            <w:r>
-[...36 lines deleted...]
-          </w:tcPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Национального Банка </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Е. Досаев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z30" w:id="25"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z30" w:id="25"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАНО"</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Комитет по статистике</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министерства национальной экономики</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "___" _____________ 2019 года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1781,4487 +1908,4251 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Таблица 1. Перечень показателей отчета о субъекте кредитной истории по юридическим лицам и индивидуальным предпринимателям, осуществляющим деятельность в виде совместного предпринимательства</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3405"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1861"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3405" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7034" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование показателей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1861" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Значение</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3405" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7034" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1861" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3405" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7034" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование юридического лица или индивидуального предпринимателя, осуществляющего деятельность в виде совместного предпринимательства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1861" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3405" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7034" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Признак индивидуального предпринимателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1861" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3405" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7034" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Организационно-правовая форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1861" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3405" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7034" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Форма собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1861" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3405" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7034" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Документы субъекта кредитной истории:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1861" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3405" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7034" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 вид идентификационных документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1861" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3405" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7034" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 номер документа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1861" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3405" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7034" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Адрес субъекта кредитной истории:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1861" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3405" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7034" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тип адреса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1861" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3405" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7034" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 страна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1861" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3405" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7034" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 область</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1861" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3405" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7034" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Признак резидентства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1861" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3405" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7034" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Офшорная зона</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1861" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3405" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7034" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория субъекта предпринимательства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1861" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3405" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7034" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вид экономической деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1861" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3405" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7034" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Признаки связанности с кредитором особыми отношениями</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1861" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3405" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7034" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Принадлежность к группе компаний</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1861" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3405" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7034" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Учетная дата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1861" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z46" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Таблица 2. Перечень показателей отчета о субъекте кредитной истории по физическим лицам, включая индивидуальных предпринимателей, осуществляющих деятельность в виде личного предпринимательства</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3777"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2065"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3777" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6458" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование показателей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Значение</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3777" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6458" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3777" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6458" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Фамилия, имя, отчество (при его наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3777" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6458" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата рождения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3777" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6458" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пол</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3777" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6458" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Документы субъекта кредитной истории:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3777" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6458" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 вид идентификационных документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3777" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6458" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 номер документа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3777" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6458" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Адрес субъекта кредитной истории:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3777" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6458" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тип адреса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3777" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6458" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 страна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3777" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6458" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 область</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3777" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6458" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Признак резидентства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3777" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6458" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Офшорная зона</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3777" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6458" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория субъекта предпринимательства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3777" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6458" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вид экономической деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3777" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6458" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Признаки связанности с кредитором особыми отношениями</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3777" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6458" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Учетная дата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2065" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z47" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наименование ______________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:bookmarkStart w:name="z48" w:id="40"/>
@@ -8463,8283 +8354,7801 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Таблица. Перечень показателей отчета о договоре займа (условного обязательства)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="127"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5459"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1121"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование показателей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Значение</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сведения о субъекте кредитной истории и договорных отношениях кредитора с ним:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вид (роль) субъекта кредитной истории</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Документы субъекта кредитной истории:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.2.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 вид идентификационных документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.2.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 номер документа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Признак индивидуального предпринимателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вид займа (условного обязательства)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер договора</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата договора</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Принадлежность к кредитной линии:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.7.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 номер договора кредитной линии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.7.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дата договора кредитной линии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер выпуска банковской гарантии (поручительства)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата выпуска банковской гарантии (поручительства)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Филиал кредитора, обслуживающий заем (условное обязательство)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата окончания срока займа (условного обязательства) по условиям договора</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вид валюты по договору</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма займа (условного обязательства) в валюте договора</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Годовая ставка вознаграждения по договору:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.14.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 вид ставки (фиксированная, плавающая)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.14.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 наименование плавающего индекса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.14.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 размер ставки вознаграждения в годовых процентах:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.​14.​3.​1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 фиксированная ставка (фиксированный спрэд плавающей ставки)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.​14.​3.​2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 плавающий индекс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Годовая эффективная ставка вознаграждения по договору:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.15.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 размер первоначальной ставки по требованиям международных стандартов финансовой отчетности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.15.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 размер ставки вознаграждения в достоверном годовом эффективном сопоставимом исчислении</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 График погашения:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.16.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дата составления графика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.16.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 вид валюты погашения:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.​16.​2.​1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 основного долга</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.​16.​2.​2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 вознаграждения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.16.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 платежи:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.​16.​3.​1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дата погашения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.​16.​3.​2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 размер очередного платежа:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.​16.​3.​2.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 по основному долгу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.​16.​3.​2.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 по вознаграждению</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.​16.​3.​3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 остаток задолженности по основному долгу на дату следующего погашения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Целевое назначение займа (условного обязательства):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.17.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 цель кредитования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.17.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 объект кредитования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.17.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 доля от суммы займа (условного обязательства)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Источник финансирования займа:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.18.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 источник финансирования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.18.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 доля от суммы займа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наличие у заемщика валютной выручки и (или) инструментов хеджирования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Передача (продажа), принятие (покупка) права требования по займу:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.20.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 признак передачи (продажи), принятия (покупки)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.20.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тип организации, которой переданы либо проданы (от которой приняты либо куплены) права требования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.20.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 наименование организации, которой переданы либо проданы (от которой приняты либо куплены) права требования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.20.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 документы организации, которой переданы либо проданы (от которой приняты либо куплены) права требования:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.​20.​4.​1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 вид идентификационных документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.​20.​4.​2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 номер документа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.20.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дата передачи (продажи), принятия (покупки)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.20.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сумма продажи (покупки)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Идентификационные сведения по рефинансированному займу:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.21.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 документы предыдущего кредитора:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.​21.​1.​1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 вид идентификационных документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.​21.​1.​2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 номер документа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.21.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 документы предыдущего заемщика:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.​21.​2.​1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 вид идентификационных документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.​21.​2.​2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 номер документа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.21.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 номер договора</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.21.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дата договора</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прекращение обязательства:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.22.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 основания прекращения обязательства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.22.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 уполномоченный орган кредитора, принявший решение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.22.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 фактическая дата прекращения обязательства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5459" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Учетная дата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1121" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z140" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наименование ______________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="128"/>
     <w:bookmarkStart w:name="z141" w:id="129"/>
@@ -19341,3643 +18750,3441 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Таблица. Перечень показателей отчета об обеспечении</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="236"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4578"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1424"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4578" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6298" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование показателей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1424" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Значение</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4578" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6298" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1424" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4578" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6298" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер договора о залоге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1424" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4578" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6298" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата договора о залоге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1424" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4578" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6298" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прекращение договора о залоге:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1424" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4578" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6298" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 фактическая дата прекращения договора о залоге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1424" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4578" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6298" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 основание прекращения договора о залоге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1424" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4578" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6298" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Залогодатель (гарант, поручитель, страховщик):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1424" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4578" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6298" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тип субъекта (юридическое или физическое лицо)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1424" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4578" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6298" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 наименование (фамилия, имя, отчество (при его наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1424" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4578" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6298" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 документы залогодателя (гаранта, поручителя, страховщика):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1424" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4578" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.3.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6298" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 вид идентификационных документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1424" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4578" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.3.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6298" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 номер документа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1424" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4578" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6298" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вид обеспечения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1424" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4578" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6298" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вид валюты по договору</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1424" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4578" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6298" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Залоговая стоимость (в тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1424" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4578" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6298" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Рыночная стоимость (в валюте договора)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1424" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4578" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6298" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер счета по учету принятого обеспечения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1424" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4578" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6298" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стоимость обеспечения, включаемая при расчете резервов (провизий) (в тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1424" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4578" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6298" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Местонахождение (регистрации) залогового имущества</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1424" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4578" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6298" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный номер объекта залогового имущества</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1424" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4578" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6298" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата последней оценки (переоценки) обеспечения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1424" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4578" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6298" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сведения об оценщике либо лице, определившем стоимость обеспечения:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1424" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4578" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6298" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 наименование (фамилия, имя, отчество (при его наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1424" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4578" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6298" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 документы оценщика либо лица, определившего стоимость обеспечения:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1424" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4578" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14.2.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6298" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 вид идентификационных документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1424" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4578" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14.2.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6298" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 номер документа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1424" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4578" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6298" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Идентификационные сведения по договору займа (условного обязательства):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1424" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4578" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6298" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 номер договора</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1424" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4578" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6298" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дата договора</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1424" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4578" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6298" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Учетная дата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1424" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z253" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Наименование ______________________ </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="237"/>
     <w:bookmarkStart w:name="z254" w:id="238"/>
@@ -24879,7703 +24086,7256 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Таблица. Перечень показателей отчета об обслуживании займа (условного обязательства)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="310"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4119"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1282"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование показателей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Значение</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Идентификационные сведения по договору займа (условного обязательства):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 номер договора</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дата договора</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Информация о текущих требованиях и движении средств за отчетный период:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Начислено за отчетный период (в тенге, в валюте договора):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 вознаграждения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.1.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штрафов и пени</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Выдано за отчетный период (в тенге, в валюте договора)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Фактическая дата выдачи в отчетном периоде</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма фактически поступивших платежей в отчетном периоде (в тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остаток основного долга (в тенге, в валюте договора):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.5.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 непросроченная задолженность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.5.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 просроченная задолженность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.5.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 списанная с баланса задолженность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.5.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 прощенная задолженность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер счета по основному долгу:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.6.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 непросроченная задолженность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.6.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 просроченная задолженность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остаток начисленного вознаграждения (в тенге, в валюте договора):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.7.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 непогашенного</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.7.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 просроченного</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.7.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 списанного с баланса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.7.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 прощенного</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер счета по вознаграждению:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.8.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 непросроченная задолженность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.8.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 просроченная задолженность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остаток условного обязательства (в тенге, в валюте договора)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер счета условного обязательства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остаток начисленной неустойки (штрафа, пени):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.11.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 непогашенной</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.11.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 списанной с баланса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.11.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 прощенной</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Положительная (отрицательная) корректировка (в тенге, в валюте договора)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер счета по положительной (отрицательной) корректировке</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дисконт (премия) (в тенге, в валюте договора)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер счета по дисконту (премии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата вынесения на счет просроченной задолженности:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.16.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 по основному долгу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.16.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 по вознаграждению</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата погашения просроченной задолженности:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.17.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 по основному долгу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.17.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 по вознаграждению</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата списания с баланса:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.18.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 по основному долгу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.18.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 по вознаграждению</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Фактически сформированная сумма резервов (провизий) по неоднородным кредитам:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.19.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 по требованиям международных стандартов финансовой отчетности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.19.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 по требованиям уполномоченного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер счета по резервам (провизиям), сформированным по требованиям международных стандартов финансовой отчетности по неоднородным кредитам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ставка резервирования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дисконтированная стоимость будущих денежных потоков (стоимость, ожидаемая к получению) по неоднородным кредитам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Реструктуризация:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.23.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 признак реструктуризации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.23.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дата проведения реструктуризации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Признаки обесценения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Информация о резервах (провизиях), сформированных по требованиям международных стандартов финансовой отчетности на портфельной основе:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование портфеля по требованиям международных стандартов финансовой отчетности:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 однородных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.1.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 индивидуальных активов без признаков обесценения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дисконт (премия) (в тенге, в валюте договора)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер счета по дисконту (премии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Фактически сформированная сумма резервов (провизий) по требованиям международных стандартов финансовой отчетности, сформированных на портфельной основе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер счета по резервам (провизиям), сформированным по требованиям международных стандартов финансовой отчетности на портфельной основе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4119" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6899" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Учетная дата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1282" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z331" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наименование ______________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="311"/>
     <w:bookmarkStart w:name="z332" w:id="312"/>
@@ -34349,63 +33109,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -34727,35 +33509,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>