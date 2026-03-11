--- v0 (2025-11-07)
+++ v1 (2026-03-11)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e00abd1" w14:textId="e00abd1">
+    <w:p w14:paraId="bd95ec9" w14:textId="bd95ec9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -3045,51 +3045,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       За счет указанных краткосрочных/среднесрочных облигаций допускается:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      замещение ранее выданных кредитных средств на финансирование проектов агропромышленного комплекса по договорам займа, заключенным с 1 июля 2025 года;</w:t>
+      замещение ранее выданных кредитных средств на финансирование проектов агропромышленного комплекса по договорам займа, заключенным с 1 июля 2025 года. При этом не допускается замещение бюджетных кредитов;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       замещение ранее выданных кредитных средств на проведение весенне-полевых и уборочных работ по договорам займа, заключенным с 1 ноября 2023 года;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3127,71 +3127,71 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 23 - в редакции приказа Министра сельского хозяйства РК от 29.08.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 23 - в редакции приказ и.о. Министра сельского хозяйства РК от 15.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 270</w:t>
+        <w:t>№ 468</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z101" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3455,51 +3455,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) субсидирование составляет полный размер купонного вознаграждения облигационного займа;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) предельный размер субсидирования не превышает суммарного значения базовой ставки Национального банка Республики Казахстан на момент привлечения облигационного займа плюс 1,5 % (одна целая пять десятых). При этом датой привлечения облигационного займа считается дата проведения торгов/подписки, которая публикуется на официальном интернет-ресурсе акционерного общества "Казахстанская фондовая биржа" www.kase.kz;</w:t>
+      2) предельный размер субсидирования не превышает суммарного значения базовой ставки Национального банка Республики Казахстан на момент привлечения облигационного займа плюс 2,5 % (две целых пять десятых). При этом датой привлечения облигационного займа считается дата проведения торгов/подписки, которая публикуется на официальном интернет-ресурсе акционерного общества "Казахстанская фондовая биржа" www.kase.kz;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) срок погашения облигационного займа – согласно условиям Проспекта.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3519,71 +3519,91 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 29 - в редакции приказа и.о. Министра сельского хозяйства РК от 22.05.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 29 - в редакции приказ и.о. Министра сельского хозяйства РК от 15.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 169</w:t>
+        <w:t>№ 468</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п. 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z114" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -15568,50 +15588,63 @@
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>предназначенная для сбора</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>административных данных</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на безвозмездной основе</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z134" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Представляется: в Министерство сельского хозяйства Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
     <w:p>
@@ -15641,61 +15674,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Наименование административной формы: Отчет о фактическом использовании субсидий по купонному вознаграждению по облигациям</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 2 - в редакции приказа и.о. Министра сельского хозяйства РК от 22.05.2025 </w:t>
+      Сноска. Приложение 2 - в редакции приказ и.о. Министра сельского хозяйства РК от 15.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 169</w:t>
+        <w:t>№ 468</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z153" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -15760,103 +15793,114 @@
       Круг лиц, представляющих форму, предназначенную для сбора административных данных на безвозмездной основе: эмитент </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Срок представления формы, предназначенной для сбора административных данных на безвозмездной основе: до 25 января года, следующего за отчетным</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="none"/>
-[...2 lines deleted...]
-          <w:right w:val="none"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бизнес-идентификационный номер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
@@ -16208,86 +16252,88 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отклонение (+, -) (+) переплата, (-) недостаток, тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1119" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Возврат неиспользованных субсидий (факт), тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1119" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16493,111 +16539,73 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 За отчетный период</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1119" w:type="dxa"/>
-[...59 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -16954,50 +16962,407 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -18048,170 +18413,170 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Наименование ___________________________________________________</w:t>
+      Наименование _______________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Адрес __________________________________________________________</w:t>
+        <w:t>Адрес ______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Телефон ________________________________________________________</w:t>
+        <w:t>Телефон ____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Адрес электронной почты _________________________________________</w:t>
+        <w:t>Адрес электронной почты _____________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Исполнитель ____________________________________________________</w:t>
+        <w:t>Исполнитель ________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>фамилия, имя и отчество (при его наличии)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Руководитель или лицо, исполняющее его обязанности</w:t>
+        <w:t>Руководитель или уполномоченное лицо</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>________________________________________________________________</w:t>
+        <w:t>____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>фамилия, имя и отчество (при его наличии)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -18443,75 +18808,63 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>по облигациям"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Пояснение по заполнению формы, предназначенной для сбора административных</w:t>
+        <w:t xml:space="preserve"> Пояснение по заполнению формы, предназначенной для сбора административных данных на безвозмездной основе</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>данных на безвозмездной основе "Отчет о фактическом использовании субсидий</w:t>
-[...11 lines deleted...]
-        <w:t>по купонному вознаграждению по облигациям"</w:t>
+        <w:t>"Отчет о фактическом использовании субсидий по купонному вознаграждению по облигациям"</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(индекс: форма КВО-1, периодичность: ежегодная) Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -18533,51 +18886,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Форма заполняется эмитентом.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Форма подписывается исполнителем и руководителем, либо лицом, исполняющим его обязанности.</w:t>
+      3. Форма подписывается исполнителем и руководителем либо уполномоченным лицом.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Форма предоставляется эмитентом в Министерство сельского хозяйства Республики Казахстан ежегодно до 25 января года, следующего за отчетным.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -18730,82 +19083,50 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. В графе 10 Формы указывается возврат неиспользованных субсидий (факт), в тенге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. В графе 11 Формы указывается остаток субсидий, находящийся на банковском счете, в тенге.</w:t>
-      </w:r>
-[...30 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -18945,199 +19266,592 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>Форма,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>предназначенная для сбора</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>административных данных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на безвозмездной основе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z156" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 3 - в редакции приказ и.о. Министра сельского хозяйства РК от 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 468</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z162" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> Предложение</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Представляется: в Министерство сельского хозяйства Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z157" w:id="120"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Эмитент:</w:t>
-[...17 lines deleted...]
-        <w:t>___________________________________________________________________</w:t>
+      Форма, предназначенная для сбора административных данных на безвозмездной основе размещена на интернет-ресурсе: www.gov.kz</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>(полное наименование юридического лица)</w:t>
+        <w:t>
+      Наименование административной формы: Предложение</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Кому:</w:t>
+        <w:t>
+      Индекс формы, предназначенной для сбора административных данных на безвозмездной основе: форма № КВО-2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>___________________________________________________________________</w:t>
+        <w:t>
+      Периодичность: единовременно</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>(наименование рабочего органа)</w:t>
+        <w:t>
+      Отчетный период: "___" _________ 20___ год (дата подачи предложения финансовым институтом)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z158" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Сведения об эмитенте</w:t>
+      Круг лиц, представляющих форму, предназначенную для сбора административных данных на безвозмездной основе: эмитент</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Срок представления формы, предназначенной для сбора административных данных на безвозмездной основе: с 1 января соответствующего года</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бизнес-идентификационный номер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="5346700" cy="431800"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId5"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="5346700" cy="431800"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Метод сбора: в электронном виде / в бумажном виде</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Настоящим подтверждается, что:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) деятельность эмитента не находится в стадии изменения организационно-правовой формы, ликвидации или банкротства, а также деятельность не приостановлена в соответствии с действующим законодательством Республики Казахстан, за исключением случаев реструктуризации финансовой задолженности и ускоренной реабилитационной процедуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       2) купонное вознаграждение по облигационному займу, указанному в предложении, не субсидируется по другим государственным и (или) бюджетным программам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Приложение:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      копия проспекта выпуска облигаций на _____ листах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      копия свидетельства о государственной регистрации выпуска облигаций на ______ листах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      копия выписки из системы реестров держателей ценных бумаг на ______ листах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Таблица 1. Сведения об эмитенте</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -19660,70 +20374,68 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z159" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Информация об облигационных займах, подлежащих субсидированию</w:t>
+      Таблица 2. Информация об облигационных займах, подлежащих субсидированию</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -20749,346 +21461,118 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z160" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Настоящим подтверждается, что:</w:t>
-[...37 lines deleted...]
-        <w:t>формы, ликвидации или банкротства, а также деятельность не приостановлена</w:t>
+      Фамилия, имя, отчество (при его наличии) и подпись руководителя эмитента</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>в соответствии с действующим законодательством Республики Казахстан,</w:t>
+        <w:t>или уполномоченного лица_______________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>за исключением случаев реструктуризации финансовой задолженности и ускоренной</w:t>
+        <w:t>Дата подачи "___" _______ 20 __ года.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>реабилитационной процедуры;</w:t>
-[...16 lines deleted...]
-        </w:rPr>
         <w:t>
-      2) купонное вознаграждение по облигационному займу, указанному в предложении,</w:t>
-[...170 lines deleted...]
-        <w:t>Примечание:</w:t>
+      Примечание:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>расшифровка аббревиатур:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -21192,318 +21676,464 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 4</w:t>
+              <w:t>Приложение к форме,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам субсидирования</w:t>
+              <w:t>предназначенной для сбора</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>купонного вознаграждения</w:t>
+              <w:t>административных данных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>по облигациям</w:t>
-[...64 lines deleted...]
-              <w:t>Форма</w:t>
+              <w:t>на безвозмездной основе</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Предложение"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z165" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заявка на субсидирование</w:t>
-[...13 lines deleted...]
-          <w:b w:val="false"/>
+        <w:t xml:space="preserve"> Пояснение по заполнению формы, предназначенной для сбора</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...16 lines deleted...]
-          <w:b w:val="false"/>
+        </w:rPr>
+        <w:t>административных данных на безвозмездной основе "Предложение"</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...20 lines deleted...]
-        <w:t>от "___" ___________ 20___ года № _______, просит выплатить субсидии</w:t>
+        </w:rPr>
+        <w:t>(индекс: форма № КВО-2, периодичность: единовременно) Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>на банковский счет _________________ в сумме _____________________ тенге,</w:t>
+        <w:t>
+      1. Настоящее пояснение определяет единые требования по заполнению формы, предназначенной для сбора административных данных на безвозмездной основе "Предложение" (далее – Форма).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>за период с "__" ___________20__ года по "__" ___________20__ года.</w:t>
+        <w:t>
+      2. Форма заполняется эмитентом.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Руководитель эмитента (представитель по доверенности)</w:t>
+        <w:t>
+      3. Форма подписывается руководителем эмитента либо уполномоченным лицом.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_____________________________________________</w:t>
+        <w:t>
+      4. Форма предоставляется эмитентом в Министерство сельского хозяйства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>(подпись, фамилия, имя, отчество (при его наличии))</w:t>
+        <w:t>
+      5. Форма заполняется на казахском или русском языках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Пояснение по заполнению Формы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. В графе 1 Таблицы 1 Формы указывается наименование эмитента.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. В графе 2 Таблицы 1 Формы указываются фамилия, имя, отчество (при его наличии) руководителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. В графе 3 Таблицы 1 Формы указываются сведения об эмитенте: бизнес идентификационный номер (далее – БИН).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. В графе 4 Таблицы 1 Формы указываются банковские реквизиты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. В графе 5 Таблицы 1 Формы указываются контактные телефоны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. В графе 1 Таблицы 2 Формы указывается порядковый номер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. В графе 2 Таблицы 2 Формы указывается проспект облигаций международный идентификационный номер (национальный идентификационный номер).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. В графе 3 Таблицы 2 Формы указывается сумма облигационного займа, в тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. В графе 4 Таблицы 2 Формы указывается купонное вознаграждение, в процентах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. В графе 5 Таблицы 2 Формы указывается дата окончания срока обращения облигаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -21539,51 +22169,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 5</w:t>
+              <w:t>Приложение 4</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам субсидирования</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -21649,191 +22279,803 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z170" w:id="129"/>
+    <w:bookmarkStart w:name="z165" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> План привлечения средств</w:t>
+        <w:t xml:space="preserve"> Заявка на субсидирование</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z166" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z171" w:id="130"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Эмитент: ________________________________________________________</w:t>
+      "____" __________20__года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkEnd w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z167" w:id="122"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>(наименование финансового института)</w:t>
+        <w:t>
+      Настоящим, эмитент _______________________ согласно Соглашению</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>от "___" ___________ 20___ года № _______, просит выплатить субсидии</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Бизнес-идентификационный номер эмитента: _________________________</w:t>
+        <w:t>на банковский счет _________________ в сумме _____________________ тенге,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Кому: ___________________________________________________________</w:t>
+        <w:t>за период с "__" ___________20__ года по "__" ___________20__ года.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>(рабочий орган)</w:t>
+        <w:t>Руководитель эмитента (представитель по доверенности)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z172" w:id="131"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1. План привлечения средств для целей кредитования, лизинга субъектов</w:t>
+        <w:t>_____________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>агропромышленного комплекса на плановый период финансового года.</w:t>
+        <w:t>(подпись, фамилия, имя, отчество (при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 5</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам субсидирования</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>купонного вознаграждения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>по облигациям</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>предназначенная для сбора</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>административных данных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на безвозмездной основе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 5 - в редакции приказ и.о. Министра сельского хозяйства РК от 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 468</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Представляется: в Министерство сельского хозяйства Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма, предназначенная для сбора административных данных на безвозмездной основе размещена на интернет-ресурсе: https://gosagro.kz/auth/login</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наименование административной формы: План привлечения средств</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Индекс формы, предназначенной для сбора административных данных на безвозмездной основе: форма № КВО-3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Периодичность: единовременно</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отчетный период: "___" _________ 20___ год (дата подачи плана привлечения средств эмитентом)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Круг лиц, представляющих форму, предназначенную для сбора административных данных на безвозмездной основе: эмитент</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Срок представления формы, предназначенной для сбора административных данных на безвозмездной основе: с 1 января до 31 декабря соответствующего года</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бизнес-идентификационный номер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="5346700" cy="431800"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId6"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="5346700" cy="431800"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Метод сбора: в электронном виде</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Таблица 1. План привлечения средств для целей кредитования, лизинга субъектов агропромышленного комплекса на плановый период финансового года.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="879"/>
@@ -21860,51 +23102,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№ №п/п</w:t>
+№ п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -22429,473 +23671,529 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -23820,50 +25118,503 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Итого</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
@@ -24219,70 +25970,68 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z173" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Прогнозный план привлечения средств для целей кредитования, лизинга субъектов агропромышленного комплекса на второй плановый период финансового года.</w:t>
+      Таблица 2. Прогнозный план привлечения средств для целей кредитования, лизинга субъектов агропромышленного комплекса на второй плановый период финансового года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="879"/>
         <w:gridCol w:w="879"/>
         <w:gridCol w:w="879"/>
@@ -24307,51 +26056,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№ № п/п</w:t>
+№ п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -24876,473 +26625,529 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -26267,50 +28072,503 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Итого</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
@@ -26666,70 +28924,68 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z174" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Прогнозный план привлечения средств для целей кредитования, лизинга субъектов агропромышленного комплекса на третий плановый период финансового года.</w:t>
+      Таблица 3. Прогнозный план привлечения средств для целей кредитования, лизинга субъектов агропромышленного комплекса на третий плановый период финансового года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="879"/>
         <w:gridCol w:w="879"/>
         <w:gridCol w:w="879"/>
@@ -26754,51 +29010,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№ №п/п</w:t>
+№ п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -27323,473 +29579,529 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -28714,50 +31026,503 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Итого</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
@@ -29113,70 +31878,68 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z175" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Остаток основного долга по привлеченным облигационным займам для целей кредитования, лизинга субъектов агропромышленного комплекса.</w:t>
+      Таблица 4. Остаток основного долга по привлеченным облигационным займам для целей кредитования, лизинга субъектов агропромышленного комплекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="879"/>
         <w:gridCol w:w="879"/>
         <w:gridCol w:w="879"/>
@@ -29201,51 +31964,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№ №п/п</w:t>
+№ п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -29770,473 +32533,529 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -31161,50 +33980,503 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Итого</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
@@ -31560,70 +34832,68 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z176" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Сумма остатка привлеченных средств и плана привлечения для целей кредитования, лизинга субъектов агропромышленного комплекса.</w:t>
+      Таблица 5. Сумма остатка привлеченных средств и плана привлечения для целей кредитования, лизинга субъектов агропромышленного комплекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="879"/>
         <w:gridCol w:w="879"/>
         <w:gridCol w:w="879"/>
@@ -31648,51 +34918,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№ №п/п</w:t>
+№ п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -32186,50 +35456,559 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 декабрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -34013,96 +37792,879 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z177" w:id="136"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Фамилия, имя, отчество (при его наличии) и подпись руководителя эмитента</w:t>
-[...17 lines deleted...]
-        <w:t>или лица, его замещающего _____________________________</w:t>
+      Фамилия, имя, отчество (при его наличии) и подпись руководителя эмитента или уполномоченного лица _____________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Дата подачи "___"_______ 20 __ года.</w:t>
+        <w:t>
+      Дата подачи "___" _______ 20 __ года.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение к форме,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>предназначенной для сбора</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>административных данных</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на безвозмездной основе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"План привлечения средств"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Пояснение по заполнению формы, предназначенной для сбора</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>административных данных на безвозмездной основе "План привлечения средств"</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(индекс: форма № КВО-3, периодичность: единовременно) Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Настоящее пояснение определяет единые требования по заполнению формы, предназначенной для сбора административных данных на безвозмездной основе "Предложение" (далее – Форма).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Форма заполняется финансовыми институтами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Форма подписывается руководителем либо уполномоченным лицом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Форма предоставляется финансовыми институтами в Министерство сельского хозяйства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Форма заполняется на казахском или русском языках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Пояснение по заполнению Формы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. В строке 1 Таблицы 1 Формы указывается порядковый номер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. В строке 2 Таблицы 1 Формы указывается план привлечения средств для целей кредитования, лизинга субъектов агропромышленного комплекса на плановый период финансового года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. В строках 3-14 Таблицы 1 Формы указывается план привлечения средств для целей кредитования, лизинга субъектов агропромышленного комплекса в разрезе месяцев финансового года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. В строке 1 Таблицы 2 Формы указывается порядковый номер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. В строке 2 Таблицы 2 Формы указывается прогнозный план привлечения средств для целей кредитования, лизинга субъектов агропромышленного комплекса на второй плановый период финансового года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. В строках 3-14 Таблицы 2 Формы указывается прогнозный план привлечения средств для целей кредитования, лизинга субъектов агропромышленного комплекса на второй плановый период в разрезе месяцев финансового года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. В строке 1 Таблицы 3 Формы указывается порядковый номер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. В строке 2 Таблицы 3 Формы указывается прогнозный план привлечения средств для целей кредитования, лизинга субъектов агропромышленного комплекса на третий плановый период финансового года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. В строках 3-14 Таблицы 3 Формы указывается прогнозный план привлечения средств для целей кредитования, лизинга субъектов агропромышленного комплекса на третий плановый период в разрезе месяцев финансового года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. В строке 1 Таблицы 4 Формы указывается порядковый номер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. В строке 2 Таблицы 4 Формы указывается остаток основного долга по привлеченным облигационным займам для целей кредитования, лизинга субъектов агропромышленного комплекса планового периода финансового года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. В строках 3-14 Таблицы 4 Формы указывается остаток основного долга по привлеченным облигационным займам для целей кредитования, лизинга субъектов агропромышленного комплекса в разрезе месяцев планового периода финансового года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. В строке 1 Таблицы 5 Формы указывается порядковый номер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. В строке 2 Таблицы 5 Формы указывается сумма остатка привлеченных средств и плана привлечения для целей кредитования, лизинга субъектов агропромышленного комплекса планового периода финансового года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. В строках 3-14 Таблицы 5 Формы указывается сумма остатка привлеченных средств и плана привлечения для целей кредитования, лизинга субъектов агропромышленного комплекса в разрезе месяцев планового периода финансового года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -34110,55 +38672,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -34480,35 +39042,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>