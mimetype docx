--- v0 (2025-11-07)
+++ v1 (2026-01-01)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="83d318c" w14:textId="83d318c">
+    <w:p w14:paraId="e18caa9" w14:textId="e18caa9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,83 +93,163 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменения в приказ Министра по инвестициям и развитию Республики Казахстан от 7 февраля 2017 года № 75 "Об утверждении типового специального инвестиционного контракта"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра иностранных дел Республики Казахстан от 25 октября 2019 года № 11-1-4/557. Зарегистрирован в Министерстве юстиции Республики Казахстан 25 октября 2019 года № 19514</w:t>
+        <w:t>Приказ Министра иностранных дел Республики Казахстан от 25 октября 2019 года № 11-1-4/557. Зарегистрирован в Министерстве юстиции Республики Казахстан 25 октября 2019 года № 19514.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Примечание ИЗПИ!</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приказ утрачивает силу приказом и.о. Министра промышленности и строительства РК от 04.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 477</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Порядок введения в действие настоящего приказа см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>п. 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -445,62 +525,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящий приказ вводится в действие со дня его первого официального опубликования и распространяется на правоотношения, возникшие с 1 января 2018 года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -518,51 +599,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Министр </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -570,201 +651,229 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>М. Тілеуберді</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z14" w:id="8"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z14" w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Министерство индустрии и </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>инфраструктурного развития</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z15" w:id="9"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министерство финансов</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z16" w:id="10"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министерство национальной экономики</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1004,465 +1113,562 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Типовой специальный инвестиционный контракт</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1120"/>
-        <w:gridCol w:w="11180"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 город Нур-Султан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11180" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 _______________ (число, месяц, год)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z20" w:id="12"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z20" w:id="12"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Настоящий специальный инвестиционный контракт заключен между, </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">_______________________________________________________________________________ </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                         (наименование уполномоченного органа)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>в лице _______________________________________________________________________________,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                   (фамилия, имя, отчество (при наличии)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>руководителя или лица, исполняющего его обязанности) действующего на основании</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                         (положения или приказа)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(далее – Уполномоченный орган), и ________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________________________________________,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (наименование юридического лица Республики Казахстан, бизнес идентификационный </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             номер и дата государственной регистрации/перерегистрации)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>являющееся участником специальной экономической зоны или владельцем свободного</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>склада либо юридическим лицом, заключившим соглашение о промышленной сборке</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>моторных транспортных средств и осуществляющего реализацию специального инвестиционного проекта в лице</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________________________________________,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (фамилия, имя, отчество (при наличии) первого руководителя или иного уполномоченного лица) </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>действующего на основании (устава или доверенности) (далее – Юридическое  лицо),</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>именуемые в дальнейшем Стороны, принимая во внимание, что:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1) Уполномоченный орган наделен правами, непосредственно связанными  с заключением специального инвестиционного контракта;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) Стороны договорились о том, что специальный инвестиционный контракт  будет</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>регулировать их взаимные права и обязанности при реализации</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">______________________________________________________________________________, </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                   (наименование специального инвестиционного проекта)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>и заключили настоящий специальный инвестиционный контракт о нижеследующем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z21" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Основные понятия</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z22" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -3222,50 +3428,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Данный специальный инвестиционный контракт подписан "__"_________ ____ года в городе Нур-Султан, Республика Казахстан, Уполномоченными представителями Сторон.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="94"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -3522,560 +3729,534 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень продукции (готовой продукции), производимой на территории свободных складов или специальных экономических зон, или в рамках соглашения о промышленной сборке моторных транспортных средств</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="95"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3361"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3799"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3361" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5140" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> Наименование продукции (готовой продукции)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3799" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> Код ТН ВЭД*ЕАЭС</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3361" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5140" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3799" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3361" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5140" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3799" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z105" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       *ТН ВЭД ЕАЭС – единая Товарная номенклатура внешнеэкономической деятельности Евразийского экономического союза.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="96"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5956"/>
-        <w:gridCol w:w="6344"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5956" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Уполномоченный орган:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6344" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Юридическое лицо:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5956" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подпись _____________ Место печати</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6344" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>