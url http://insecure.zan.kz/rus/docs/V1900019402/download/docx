--- v0 (2025-10-04)
+++ v1 (2025-11-18)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c34c583" w14:textId="c34c583">
+    <w:p w14:paraId="dd58df1" w14:textId="dd58df1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,93 +93,97 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменений и дополнений в некоторые приказы Министра финансов Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Первого заместителя Премьер-Министра Республики Казахстан – Министра финансов Республики Казахстан от 16 сентября 2019 года № 1002. Зарегистрирован в Министерстве юстиции Республики Казахстан 23 сентября 2019 года № 19402</w:t>
+        <w:t>Приказ Первого заместителя Премьер-Министра Республики Казахстан – Министра финансов Республики Казахстан от 16 сентября 2019 года № 1002. Зарегистрирован в Министерстве юстиции Республики Казахстан 23 сентября 2019 года № 19402.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Примечание ИЗПИ!</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Настоящий приказ вводится в действие с 1 января 2020 года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z5" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -359,150 +363,173 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Настоящий приказ вводится в действие с 1 января 2020 года и подлежит официальному опубликованию.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Первый Заместитель</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Премьер-Министра</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Республики Казахстан-Министр финансов </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -689,130 +716,214 @@
               </w:rPr>
               <w:t>от 16 сентября 2019 года № 1002</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z20" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень некоторых приказов Министра финансов Республики Казахстан, в которые вносятся изменения и дополнения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z21" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 1 утрачивает силу приказом Министра финансов РК от 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 627</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра финансов Республики Казахстан от 12 января 2018 года № 20 "Об утверждении Правил и сроков вручения налогоплательщику предварительного акта налоговой проверки, предоставления письменного возражения к предварительному акту налоговой проверки, рассмотрения такого возражения, а также категории налогоплательщиков, в отношении которых применяются нормы по предварительному акту налоговой проверки" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 16295, опубликован 8 февраля 2018 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z22" w:id="9"/>
+    <w:bookmarkStart w:name="z22" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилах</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и сроках вручения налогоплательщику предварительного акта налоговой проверки, предоставления письменного возражения к предварительному акту налоговой проверки, рассмотрения такого возражения, а также категории налогоплательщиков, в отношении которых применяются нормы по предварительному акту налоговой проверки, утвержденных указанным приказом:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -845,131 +956,131 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="10"/>
+    <w:bookmarkStart w:name="z24" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "2. Положения Правил распространяются на налоговые проверки, приводящие к начислению сумм налогов и других обязательных платежей в бюджет, обязательств по исчислению, удержанию, перечислению обязательных пенсионных взносов, обязательных пенсионных взносов работодателя, обязательных профессиональных пенсионных взносов, исчислению и уплате социальных отчислений, отчислений и (или) взносов на обязательное социальное медицинское страхование и пеней, уменьшению убытков, за исключением:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z25" w:id="11"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z25" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) тематических проверок в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 6)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 статьи 142 Налогового кодекса по вопросу подтверждения достоверности сумм превышения налога на добавленную стоимость, в том числе предъявленных к возврату и проводимых в отношении налогоплательщика на основании:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z26" w:id="12"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z26" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       требования налогоплательщика в декларации по налогу на добавленную стоимость по подтверждению достоверности сумм налога на добавленную стоимость, предъявленных к возврату;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z27" w:id="13"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z27" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       налоговое заявление налогоплательщика для подтверждения достоверности превышения налога на добавленную стоимость, представляемому в связи с применением им </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -984,151 +1095,151 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 432 Налогового кодекса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z28" w:id="14"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z28" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) проверок на основании налогового заявления нерезидента на возврат подоходного налога из бюджета в связи с применением положений международного договора об избежании двойного налогообложения, а также в связи с обращением нерезидента о повторном рассмотрении такого налогового заявления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z29" w:id="15"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z29" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Нормы по предварительному акту налоговой проверки (далее – предварительный акт) применяются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z30" w:id="16"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z30" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) к налогоплательщикам, подлежащим налоговому мониторингу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z31" w:id="17"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z31" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) к налогоплательщикам, заключившим инвестиционные контракты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z32" w:id="18"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z32" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) к налогоплательщикам, у которых по предварительным актам, сумма к начислению налогов и других обязательных платежей в бюджет, обязательств по исчислению, удержанию, перечислению обязательных пенсионных взносов, обязательных пенсионных взносов работодателя, обязательных профессиональных пенсионных взносов, исчислению и уплате социальных отчислений, отчислений и (или) взносов на обязательное социальное медицинское страхование превышает 20 000 – кратный месячный расчетный показатель, установленный законом о республиканском бюджете и действующий на 1 января соответствующего финансового года.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1141,2699 +1252,2582 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="19"/>
+    <w:bookmarkStart w:name="z34" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "13. В случаях несогласия органа государственных доходов, осуществляющего налоговую проверку, с возражениями налогоплательщика (налогового агента), связанными с исчислением налогов и других обязательных платежей в бюджет, обязательных пенсионных взносов, обязательных пенсионных взносов работодателя, обязательных профессиональных пенсионных взносов, социальных отчислений, отчислений и (или) взносов на обязательное социальное медицинское страхование, изложенными в письменном возражении к предварительному акту проверки, орган государственных доходов, осуществляющий налоговую проверку, в течение срока рассмотрения такого возражения направляет в Комитет государственных доходов Министерства финансов Республики Казахстан (далее – Комитет) запрос с приложением:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z35" w:id="20"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z35" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       письменного возражения к предварительному акту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z36" w:id="21"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z36" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       позиции органа государственных доходов, осуществляющего налоговую проверку;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z37" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z37" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       других документов, связанных с исчислением налоговых обязательств.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z38" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z38" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра финансов Республики Казахстан от 8 февраля 2018 года № 146 "О некоторых вопросах налогового и таможенного администрирования" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 16450, опубликован 13 марта 2018 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z39" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z39" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>форме</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> уведомления об итогах рассмотрения жалобы налогоплательщика (налогового агента) на уведомление о результатах проверки, утвержденной указанным приказом:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z40" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z40" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       пункт 6 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z41" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z41" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "6. Сумма корпоративного (индивидуального) подоходного налога, удержанного у источника выплаты с доходов нерезидентов, не подтвержденная к возврату, с учетом результатов рассмотрения жалобы составляет (не подлежит уплате в бюджет):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z42" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z42" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тенге</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3752"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3753"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3752" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Код бюджетной классификации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4795" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование кода бюджетной классификации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3753" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма налога</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3752" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4795" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3753" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3752" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z43" w:id="28"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z43" w:id="27"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       за ________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                               (проверяемый период)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z44" w:id="29"/>
+    <w:bookmarkStart w:name="z44" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 115</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса Вам необходимо:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z45" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z45" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) уплатить сумму налогов и других обязательных платежей в бюджет и пени в размере</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z46" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z46" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z47" w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z47" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в _______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
                    (наименование органа государственных доходов)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БИН _________________________________ на счет № __________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             (органа государственных доходов</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>в _____________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                         (Управление казначейства, БИК)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z48" w:id="33"/>
+    <w:bookmarkStart w:name="z48" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) уплатить сумму налогов, платежей и пени в бюджеты города районного значения, села, поселка, сельского округа:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z49" w:id="33"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ___________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (БИН аппарата акимов городов районного значения, сел, поселков и сельских округов)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z50" w:id="35"/>
+    <w:bookmarkStart w:name="z50" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тенге</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1928"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1867"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1866" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Код бюджетной классификации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2386" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование кода бюджетной классификации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2386" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма платежа, налога</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1867" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма пени</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1867" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Итого сумма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1928" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1866" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2386" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2386" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1867" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1867" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1928" w:type="dxa"/>
-[...228 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1928" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1866" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Итого</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2386" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z51" w:id="36"/>
+    <w:bookmarkStart w:name="z51" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) перечислить сумму социальных платежей и пени в размере:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z52" w:id="37"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z52" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ____________________________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z53" w:id="38"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z53" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в Некоммерческое акционерное общество "Государственная Корпорация "Правительство для граждан".";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z54" w:id="39"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z54" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>форме</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> заключения по результатам камерального контроля, утвержденной указанным приказом:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z55" w:id="40"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z55" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       раздел 1 "Сведения о налогоплательщике" дополнить пунктом 12-1 следующего содержания:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z56" w:id="41"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z56" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "12-1. Сверка данных форм налоговой отчетности по обязательным пенсионным взносам работодателя (ОПВР)*****:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1257"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1218"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1257" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговый период</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2570" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доход по данным налогоплательщика для исчисления ОПВР</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4822" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доход по данным органа государственных доходов (камерального контроля) для исчисления ОПВР</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1217" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расхождение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1218" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Причина расхождений</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1257" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2570" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4822" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1217" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1218" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1257" w:type="dxa"/>
-[...228 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -3877,155 +3871,156 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>";</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z58" w:id="42"/>
+    <w:bookmarkStart w:name="z58" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       пункт 16 раздела 3 "Вывод" изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z59" w:id="43"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z59" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "16. Состояние расчетов по налогам и другим обязательным платежам в бюджет, социальным отчислениям, ОПВ, ОПВР, ОППВ, отчислениям и (или) взносам по ОСМС, на момент составления заключения по результатам камерального контроля******:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="486"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1600"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3683" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -4086,539 +4081,504 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4931" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сальдо налога, другого обязательного платежа в бюджет, социального отчисления, ОПВ, ОПВР, ОППВ, отчисления и (или) взносы по ОСМС (+, -)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сальдо пени (+, -)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сальдо штрафа (+, -)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3683" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4931" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="486" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -4662,90 +4622,90 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z61" w:id="44"/>
+    <w:bookmarkStart w:name="z61" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра финансов Республики Казахстан от 19 марта 2018 года № 388 "Об утверждении форм налоговых регистров и правил их составления" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 16675, опубликован 11 апреля 2018 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4778,90 +4738,90 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> налогового регистра по учету объектов обложения индивидуальным подоходным налогом с доходов физических лиц, подлежащих налогообложению у источника выплаты, а также социальным налогом и социальными платежами, утвержденной указанным приказом, изложить в новой редакции согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему перечню;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z63" w:id="45"/>
+    <w:bookmarkStart w:name="z63" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилах</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> составления форм налоговых регистров, утвержденных указанным приказом:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4894,750 +4854,750 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>87</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z65" w:id="46"/>
+    <w:bookmarkStart w:name="z65" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "86. В таблице по учету объектов обложения индивидуальным подоходным налогом с доходов физических лиц, подлежащих налогообложению у источника выплаты, а также социальным налогом и социальными платежами указываются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z66" w:id="47"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z66" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) в графе 1 – порядковый номер строки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z67" w:id="48"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z67" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в графе 2 – фамилия, имя и отчество (при его наличии) работника или физического лица, которому начислен доход;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z68" w:id="49"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z68" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в графе 3 – ИИН работника или физического лица, которому начислена и произведена выплата дохода;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z69" w:id="50"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z69" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) в графе 4 – сумма задолженности по невыплаченным доходам работнику или физическому лицу на начало месяца;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z70" w:id="51"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z70" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) в графе 5 – сумма начисленного дохода работника или физического лица за отчетный месяц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z71" w:id="52"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z71" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) в графе 6 – сумма доходов работника или физического лица, не подлежащая налогообложению;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z72" w:id="53"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z72" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) в графе 7 – сумма налоговых вычетов с доходов работника или физического лица;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z73" w:id="54"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z73" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) в графе 8 – сумма дохода работника или физического лица, с которого удерживаются обязательные пенсионные взносы за отчетный месяц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z74" w:id="55"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z74" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) в графе 9 – сумма обязательных пенсионных взносов, подлежащая перечислению в единый накопительный пенсионный фонд;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z75" w:id="56"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z75" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) в графе 10 – сумма дохода работника или физического лица, с которого исчисляются обязательные пенсионные взносы работодателя за отчетный месяц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z76" w:id="57"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z76" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) в графе 11 – сумма обязательных пенсионных взносов работодателя, подлежащая перечислению в единый накопительный пенсионный фонд;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z77" w:id="58"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z77" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) в графе 12 – сумма доходов работника или физического лица, облагаемая индивидуальным подоходным налогом за отчетный месяц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z78" w:id="59"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z78" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) в графе 13 – сумма индивидуального подоходного налога, облагаемого у источника выплаты, подлежащая уплате в бюджет за отчетный месяц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z79" w:id="60"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z79" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) в графе 14 – сумма дохода к выплате за отчетный месяц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z80" w:id="61"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z80" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) в графе 15 – сумма выплаченных доходов за отчетный месяц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z81" w:id="62"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z81" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) в графе 16 – сумма задолженности по невыплаченным доходам на конец месяца;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z82" w:id="63"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z82" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) в графе 17 – сумма расходов работодателя, выплачиваемых работнику в виде доходов за выполненные работы, оказанные услуги, с которых исчисляется социальный налог за отчетный месяц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z83" w:id="64"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z83" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) в графе 18 – сумма исчисленного социального налога;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z84" w:id="65"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z84" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) в графе 19 – сумма доходов работника или физического лица, с которых исчисляются социальные отчисления за отчетный месяц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z85" w:id="66"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z85" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) в графе 20 – сумма социальных отчислений, подлежащая перечислению в Государственный фонд социального страхования за отчетный месяц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z86" w:id="67"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z86" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) в графе 21 – сумма социального налога, подлежащая уплате за отчетный месяц, которая определяется по формуле (графа 18 – графа 20);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z87" w:id="68"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z87" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) в графе 22 – сумма доходов, принимаемых для исчисления отчислений и (или) взносов на обязательное социальное медицинское страхование;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z88" w:id="69"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z88" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) в графе 23 – сумма отчислений на обязательное социальное медицинское страхование;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z89" w:id="70"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z89" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) в графе 24 – сумма взносов на обязательное социальное медицинское страхование.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z90" w:id="71"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z90" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Итоговая величина граф 4, 5, 6, 7, 8, 9, 10, 11, 12, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23 и 24 настоящей таблицы графы определяется в последней строке путем суммирования всех величин, отраженных в этой графе за месяц, налоговый период.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z91" w:id="72"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z91" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       87. В случае, если в налоговом регистре допущено отражение неправильных данных, исправление ошибок осуществляется путем составления формы налогового регистра (далее – дополнительный налоговый регистр), в котором заполняются и указываются только те номера строк налогового регистра, в которые вносятся изменение и (или) дополнение.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z92" w:id="73"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z92" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Внесение изменения и (или) дополнения в налоговый регистр в зависимости от характера допущенной ошибки производится в следующем порядке:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z93" w:id="74"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z93" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) в случае обнаружения ошибок в графах 1, 2 и 3 таблицы по учету объектов обложения индивидуальным подоходным налогом с доходов физических лиц, подлежащих налогообложению у источника выплаты, а также социальным налогом и социальными платежами налогового регистра в дополнительном налоговом регистре указываются соответствующие реквизиты. При этом в случае, если допущена ошибка в одной или нескольких графах, в дополнительном налоговом регистре отражаются реквизиты по всем указанным графам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z94" w:id="75"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z94" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в случае обнаружения ошибки в графах 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23 и 24 таблицы по учету объектов обложения индивидуальным подоходным налогом с доходов физических лиц, подлежащих налогообложению у источника выплаты, а также социальным налогом и социальными платежами налогового регистра:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z95" w:id="76"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z95" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в графах 1, 2 и 3 таблицы по учету объектов обложения индивидуальным подоходным налогом с доходов физических лиц, подлежащих налогообложению у источника выплаты, а также социальным налогом и социальными платежами дополнительного налогового регистра указываются реквизиты граф 1, 2 и 3 таблицы по учету объектов обложения индивидуальным подоходным налогом с доходов физических лиц, подлежащих налогообложению у источника выплаты, а также социальным налогом и социальными платежами налогового регистра;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z96" w:id="77"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z96" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в графах 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23 и 24 таблицы по учету объектов обложения индивидуальным подоходным налогом с доходов физических лиц, подлежащих налогообложению у источника выплаты, а также социальным налогом и социальными платежами дополнительного налогового регистра указывается сумма выявленной разницы по сравнению с суммой, отраженной в графах 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23 и 24 таблицы по учету объектов обложения индивидуальным подоходным налогом с доходов физических лиц, подлежащих налогообложению у источника выплаты, а также социальным налогом и социальными платежами налогового регистра.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z97" w:id="78"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z97" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При внесении изменений, направленных на уменьшение значения граф в графах 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23 и 24 таблицы по учету объектов обложения индивидуальным подоходным налогом с доходов физических лиц, подлежащих налогообложению у источника выплаты, а также социальным налогом и социальными платежами, сумма выявленной разницы в графах 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23 и 24 таблицы по учету объектов обложения индивидуальным подоходным налогом с доходов физических лиц, подлежащих налогообложению у источника выплаты, а также социальным налогом и социальными платежами дополнительного налогового регистра указывается со знаком минус "-";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z98" w:id="79"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z98" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) в случае дополнительного внесения изменений в налоговый регистр за указанный налоговый период, дополнительный налоговый регистр составляется в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил. При этом в таком дополнительном налоговом регистре необходимо указать номер строки, следующей за последней строкой в налоговом регистре за период, в который вносятся дополнения.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkEnd w:id="78"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5911,4080 +5871,3760 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z106" w:id="80"/>
+    <w:bookmarkStart w:name="z106" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налоговый регистр по учету объектов обложения индивидуальным подоходным налогом с доходов физических лиц, подлежащих налогообложению у источника выплаты, а также социальным налогом и социальными платежами</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z107" w:id="81"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z107" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. ИИН _______________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z108" w:id="82"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z108" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Ф.И.О. (при его наличии) или наименование налогоплательщика</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z109" w:id="83"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z109" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z110" w:id="84"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z110" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Период: _______________________ год: ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ф.И.О. (при его наличии) работника или физического лица</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ИИН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Задолженность по невыплаченным доходам на начало месяца</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Начислено дохода за отчетный месяц</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доходы, не подлежащие налогообложению</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоговые вычеты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доходы, с которых удерживаются ОПВ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма ОПВ, подлежащая уплате</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доходы, с которых исчисляются ОПВР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма ОПВР, подлежащая перечислению</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доходы, облагаемые ИПН за отчетный месяц</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Итого за месяц (строка заполняется только по итогу формы):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Итого за налоговый период (строка заполняется только по итогу формы):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z111" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      продолжение таблицы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2041"/>
-[...10 lines deleted...]
-        <w:gridCol w:w="1081"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2041" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№ п/п</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2024" w:type="dxa"/>
+Сумма ИПН, подлежащая уплате за отчетный месяц</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ф.И.О. (при его наличии) работника или физического лица</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="510" w:type="dxa"/>
+Доходы к выплате за отчетный месяц</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ИИН</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1079" w:type="dxa"/>
+Выплачено доходов за отчетный месяц</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Задолженность по невыплаченным доходам на начало месяца</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="795" w:type="dxa"/>
+Задолженность по невыплаченным доходам на конец месяца</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Начислено дохода за отчетный месяц</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="795" w:type="dxa"/>
+Расходы работодателя, с которых исчисляется социальный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Доходы, не подлежащие налогообложению</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="511" w:type="dxa"/>
+Сумма исчисленного социального налога</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Налоговые вычеты</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="937" w:type="dxa"/>
+Доходы, с которых исчисляются социальные отчисления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Доходы, с которых удерживаются ОПВ</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="795" w:type="dxa"/>
+Сумма социальных отчислений, подлежащая уплате</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма ОПВ, подлежащая уплате</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="937" w:type="dxa"/>
+Сумма социального налога, подлежащая уплате за отчетный месяц (графа 18- графа 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Доходы, с которых исчисляются ОПВР</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="795" w:type="dxa"/>
+Доходы, принимаемые для исчисления отчислений и (или) взносов на обязательное социальное медицинское страхование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма ОПВР, подлежащая перечислению</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1081" w:type="dxa"/>
+Сумма отчислений на обязательное социальное медицинское страхование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Доходы, облагаемые ИПН за отчетный месяц</w:t>
+Сумма взносов на обязательное социальное медицинское страхование</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2041" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2024" w:type="dxa"/>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="510" w:type="dxa"/>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1079" w:type="dxa"/>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="795" w:type="dxa"/>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="795" w:type="dxa"/>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="511" w:type="dxa"/>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="937" w:type="dxa"/>
+19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="795" w:type="dxa"/>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="937" w:type="dxa"/>
+21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="795" w:type="dxa"/>
+22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1081" w:type="dxa"/>
+23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12</w:t>
+24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2041" w:type="dxa"/>
-[...459 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2041" w:type="dxa"/>
-[...459 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z111" w:id="85"/>
-[...1868 lines deleted...]
-    <w:bookmarkStart w:name="z112" w:id="86"/>
+    <w:bookmarkStart w:name="z112" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (Ф.И.О.(при его наличии), подпись индивидуального предпринимателя, печать (при наличии)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z113" w:id="87"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z113" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z114" w:id="88"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z114" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (Ф.И.О. (при его наличии), подпись лица, ответственного за составление налогового регистра)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z115" w:id="89"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z115" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z116" w:id="90"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z116" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (дата составления налогового регистра)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z117" w:id="91"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z117" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание: расшифровка аббревиатур:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z118" w:id="92"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z118" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ИИН – индивидуальный идентификационный номер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z119" w:id="93"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z119" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ф.И.О. – фамилия, имя, отчество;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z120" w:id="94"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z120" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ОПВ – обязательные пенсионные взносы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z121" w:id="95"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z121" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ИПН – индивидуальный подоходный налог;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z122" w:id="96"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z122" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ОПВР – обязательные пенсионные взносы работодателей</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkEnd w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>