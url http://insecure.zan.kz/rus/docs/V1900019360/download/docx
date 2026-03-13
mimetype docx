--- v0 (2025-11-02)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="611b60e" w14:textId="611b60e">
+    <w:p w14:paraId="1cc7874" w14:textId="1cc7874">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -991,1472 +991,1530 @@
         <w:t>
       3. В настоящих Правилах используются следующие основные понятия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z24" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) специальная экономическая зона – часть территории Республики Казахстан с точно обозначенными границами, на которой действует специальный правовой режим специальной экономической зоны для осуществления приоритетных видов деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) управляющая компания специальной экономической зоны – юридическое лицо, создаваемое или определяемое в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> и </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Республики Казахстан "Об инновационном кластере "Парк инновационных технологий" для обеспечения функционирования специальной экономической зоны;</w:t>
+        <w:t xml:space="preserve"> для обеспечения функционирования специальной экономической зоны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) участники конкурса – физические лица, подавшие заявление на участие в конкурсе отбора лиц для управления управляющими компаниями;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z26" w:id="20"/>
-[...15 lines deleted...]
-      3) участники конкурса – физические лица, подавшие заявление на участие в конкурсе отбора лиц для управления управляющими компаниями;</w:t>
+    <w:bookmarkStart w:name="z27" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Единый координационный центр – юридическое лицо, осуществляющее координацию деятельности специальных экономических и индустриальных зон;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z27" w:id="21"/>
-[...15 lines deleted...]
-      4) Единый координационный центр – юридическое лицо, осуществляющее координацию деятельности специальных экономических и индустриальных зон;</w:t>
+    <w:bookmarkStart w:name="z28" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) ) уполномоченный орган – центральный исполнительный орган, осуществляющий государственное регулирование в сфере создания, функционирования и упразднения специальных экономических и индустриальных зон.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z28" w:id="22"/>
-[...15 lines deleted...]
-      5) ) уполномоченный орган – центральный исполнительный орган, осуществляющий государственное регулирование в сфере создания, функционирования и упразднения специальных экономических и индустриальных зон.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 с изменением, внесенным приказом Министра промышленности и строительства РК от 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Предметом конкурса является отбор физических лиц для избрания руководителем исполнительного органа либо лица, единолично, исполняющего функции исполнительного органа управляющих компаний специальных экономических зон.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z29" w:id="23"/>
-[...15 lines deleted...]
-      4. Предметом конкурса является отбор физических лиц для избрания руководителем исполнительного органа либо лица, единолично, исполняющего функции исполнительного органа управляющих компаний специальных экономических зон.</w:t>
+    <w:bookmarkStart w:name="z30" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. В случае учреждения управляющей компании специальной экономической зоны Правительством Республики Казахстан или местным исполнительным органом руководитель управляющей компании специальной экономической зоны назначается по итогам конкурсного отбора, проводимого уполномоченным органом совместно с соответствующими заинтересованными государственными органами и единым координационным центром, в течение шестидесяти календарных дней со дня принятия Правительством Республики Казахстан решения о создании специальной экономической зоны.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z30" w:id="24"/>
-[...15 lines deleted...]
-      5. В случае учреждения управляющей компании специальной экономической зоны Правительством Республики Казахстан или местным исполнительным органом руководитель управляющей компании специальной экономической зоны назначается по итогам конкурсного отбора, проводимого уполномоченным органом совместно с соответствующими заинтересованными государственными органами и единым координационным центром, в течение шестидесяти календарных дней со дня принятия Правительством Республики Казахстан решения о создании специальной экономической зоны.</w:t>
+    <w:bookmarkStart w:name="z31" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Конкурсная комиссия для отбора лиц для управления управляющими компаниями (далее – Конкурсная комиссия) формируется уполномоченным органом совместно с соответствующими заинтересованными государственными органами и единым координационным центром.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z31" w:id="25"/>
-[...15 lines deleted...]
-      6. Конкурсная комиссия для отбора лиц для управления управляющими компаниями (далее – Конкурсная комиссия) формируется уполномоченным органом совместно с соответствующими заинтересованными государственными органами и единым координационным центром.</w:t>
+    <w:bookmarkStart w:name="z32" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. В случае прекращения трудовых отношений с руководителем исполнительного органа либо лицом, единолично, исполняющим функции исполнительного органа управляющих компаний, управляющие компании специальных экономических зон в течение пяти календарных дней письменно уведомляют об этом уполномоченный орган.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z32" w:id="26"/>
-[...15 lines deleted...]
-      7. В случае прекращения трудовых отношений с руководителем исполнительного органа либо лицом, единолично, исполняющим функции исполнительного органа управляющих компаний, управляющие компании специальных экономических зон в течение пяти календарных дней письменно уведомляют об этом уполномоченный орган.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 - в редакции приказа и.о. Министра индустрии и инфраструктурного развития РК от 30.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 341</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z33" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок проведения конкурсного отбора лиц для управления управляющими компаниями специальных экономических зон</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z34" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Уполномоченный орган после получения письменного уведомления от управляющих компаний специальных экономических зон в течение пяти календарных дней размещает объявление о проведении конкурса по отбору лица для управления управляющими компаниями специальных экономических зон, также о сроке, не превышающим двадцать календарных дней, в течение которого участники подают заявления на участие в конкурсе в соответствии с требованиями пункта 10 настоящих Правил, на официальном интернет-ресурсе уполномоченного органа на казахском и русском языках.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 7 - в редакции приказа и.о. Министра индустрии и инфраструктурного развития РК от 30.06.2021 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 - в редакции приказа и.о. Министра индустрии и инфраструктурного развития РК от 30.06.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 341</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="27"/>
-[...33 lines deleted...]
-      8. Уполномоченный орган после получения письменного уведомления от управляющих компаний специальных экономических зон в течение пяти календарных дней размещает объявление о проведении конкурса по отбору лица для управления управляющими компаниями специальных экономических зон, также о сроке, не превышающим двадцать календарных дней, в течение которого участники подают заявления на участие в конкурсе в соответствии с требованиями пункта 10 настоящих Правил, на официальном интернет-ресурсе уполномоченного органа на казахском и русском языках.</w:t>
+    <w:bookmarkStart w:name="z35" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Процедура конкурсного отбора лиц для управления управляющими компаниями специальных экономических зон состоит из следующих двух этапов:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:p>
-[...77 lines deleted...]
-      9. Процедура конкурсного отбора лиц для управления управляющими компаниями специальных экономических зон состоит из следующих двух этапов:</w:t>
+    <w:bookmarkStart w:name="z36" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      рассмотрение уполномоченным органом заявлений на участие в конкурсе на соответствие Квалификационным требованиям, предъявляемым к лицам для управления управляющими компаниями специальных экономических и государственных индустриальных зон;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z36" w:id="30"/>
-[...15 lines deleted...]
-      рассмотрение уполномоченным органом заявлений на участие в конкурсе на соответствие Квалификационным требованиям, предъявляемым к лицам для управления управляющими компаниями специальных экономических и государственных индустриальных зон;</w:t>
+    <w:bookmarkStart w:name="z37" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      рассмотрение Конкурсной комиссией конкурсных предложений участников, допущенных к участию во втором этапе конкурса и проведение с ними собеседования, по итогам которых осуществляется определение лиц, рекомендуемых для избрания в исполнительный орган управления управляющими компаниями специальных экономических зон.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z37" w:id="31"/>
-[...15 lines deleted...]
-      рассмотрение Конкурсной комиссией конкурсных предложений участников, допущенных к участию во втором этапе конкурса и проведение с ними собеседования, по итогам которых осуществляется определение лиц, рекомендуемых для избрания в исполнительный орган управления управляющими компаниями специальных экономических зон.</w:t>
+    <w:bookmarkStart w:name="z38" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Для участия в конкурсе отбора лиц для управления управляющими компаниями, участники конкурса предоставляют в уполномоченный орган следующие документы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z38" w:id="32"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z39" w:id="33"/>
+    <w:bookmarkStart w:name="z39" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) заявление на участие в конкурсе по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам на электронном и бумажном носителях;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z40" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) копия удостоверения личности и/или паспорта;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z40" w:id="34"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z41" w:id="35"/>
+    <w:bookmarkStart w:name="z41" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) нотариально засвидетельствованная копия документа, подтверждающего трудовую деятельность участника конкурса в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Трудового кодекса Республики Казахстан;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z42" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) нотариально засвидетельствованная копия диплома об окончании высшего учебного заведения, также диплом об окончании магистерской или докторской программы (при наличии);</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z42" w:id="36"/>
-[...15 lines deleted...]
-      4) нотариально засвидетельствованная копия диплома об окончании высшего учебного заведения, также диплом об окончании магистерской или докторской программы (при наличии);</w:t>
+    <w:bookmarkStart w:name="z43" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) копии сертификатов и других наград (при наличии);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z43" w:id="37"/>
-[...15 lines deleted...]
-      5) копии сертификатов и других наград (при наличии);</w:t>
+    <w:bookmarkStart w:name="z44" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) справки о наличии либо отсутствии судимости;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z44" w:id="38"/>
-[...15 lines deleted...]
-      6) справки о наличии либо отсутствии судимости;</w:t>
+    <w:bookmarkStart w:name="z45" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) рекомендательные письма (при наличии);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z45" w:id="39"/>
-[...15 lines deleted...]
-      7) рекомендательные письма (при наличии);</w:t>
+    <w:bookmarkStart w:name="z46" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) при представлении документов на иностранных языках, прилагается нотариально заверенный перевод на государственный или русский язык.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z46" w:id="40"/>
-[...15 lines deleted...]
-      8) при представлении документов на иностранных языках, прилагается нотариально заверенный перевод на государственный или русский язык.</w:t>
+    <w:bookmarkStart w:name="z47" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Также участником могут быть приложены документы, подтверждающие соответствие Квалификационным требованиям, предъявляемым к лицам для управления управляющими компаниями специальных экономических и государственных индустриальных зон.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z47" w:id="41"/>
-[...15 lines deleted...]
-      Также участником могут быть приложены документы, подтверждающие соответствие Квалификационным требованиям, предъявляемым к лицам для управления управляющими компаниями специальных экономических и государственных индустриальных зон.</w:t>
+    <w:bookmarkStart w:name="z48" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае представления участниками конкурса неполного пакета документов согласно перечню, предусмотренному в настоящем пункте, и (или) с истекшим сроком действия уполномоченный орган отказывает в приеме заявления.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z48" w:id="42"/>
-[...15 lines deleted...]
-      В случае представления участниками конкурса неполного пакета документов согласно перечню, предусмотренному в настоящем пункте, и (или) с истекшим сроком действия уполномоченный орган отказывает в приеме заявления.</w:t>
+    <w:bookmarkStart w:name="z49" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Возвращение заявления не лишает участника конкурса права обратиться в уполномоченный орган с повторной заявлением после устранения допущенных недостатков в пределах сроков, установленных в объявлении о проведении конкурса.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z49" w:id="43"/>
-[...15 lines deleted...]
-      Возвращение заявления не лишает участника конкурса права обратиться в уполномоченный орган с повторной заявлением после устранения допущенных недостатков в пределах сроков, установленных в объявлении о проведении конкурса.</w:t>
+    <w:bookmarkStart w:name="z50" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. При представлении участником конкурса заявления на участие в конкурсе уполномоченный орган:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z50" w:id="44"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z51" w:id="45"/>
+    <w:bookmarkStart w:name="z51" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) регистрирует заявление в журнале регистрации заявлений в день ее подачи по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z52" w:id="46"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z52" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) проверяет полноту пакета представленных документов, на их соответствие перечню документов, указанных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z53" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Все документы, представленные участником конкурса, принимаются по описи, копия которой направляется (вручается) заявителю с отметкой о дате приема документов уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z53" w:id="47"/>
-[...15 lines deleted...]
-      12. Все документы, представленные участником конкурса, принимаются по описи, копия которой направляется (вручается) заявителю с отметкой о дате приема документов уполномоченным органом.</w:t>
+    <w:bookmarkStart w:name="z54" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Срок рассмотрения уполномоченным органом заявления и представленных участником конкурса документов на соответствие Квалификационным требованиям, предъявляемым к лицам для управления управляющими компаниями специальных экономических и государственных индустриальных зон, и достоверности отраженных в них сведений, составляет десять календарных дней со дня окончания срока приема заявлений на участие в конкурсе.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z54" w:id="48"/>
-[...15 lines deleted...]
-      13. Срок рассмотрения уполномоченным органом заявления и представленных участником конкурса документов на соответствие Квалификационным требованиям, предъявляемым к лицам для управления управляющими компаниями специальных экономических и государственных индустриальных зон, и достоверности отраженных в них сведений, составляет десять календарных дней со дня окончания срока приема заявлений на участие в конкурсе.</w:t>
+    <w:bookmarkStart w:name="z55" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Список участников, допущенных к участию во втором этапе конкурса, определяется уполномоченным органом по итогам рассмотрения представленных документов, указанных в пункте 10 настоящих Правил, на соответствие Квалификационным требованиям, предъявляемым к лицам для управления управляющими компаниями специальных экономических и государственных индустриальных зон, а также достоверности отраженных в них сведений, и публикуется на официальном интернет-ресурсе уполномоченного органа в течение десяти календарных дней со дня окончания срока приема заявлений на участие в конкурсе.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z55" w:id="49"/>
-[...15 lines deleted...]
-      14. Список участников, допущенных к участию во втором этапе конкурса, определяется уполномоченным органом по итогам рассмотрения представленных документов, указанных в пункте 10 настоящих Правил, на соответствие Квалификационным требованиям, предъявляемым к лицам для управления управляющими компаниями специальных экономических и государственных индустриальных зон, а также достоверности отраженных в них сведений, и публикуется на официальном интернет-ресурсе уполномоченного органа в течение десяти календарных дней со дня окончания срока приема заявлений на участие в конкурсе.</w:t>
+    <w:bookmarkStart w:name="z56" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Участники конкурса, допущенные ко второму этапу конкурса, в течение пяти календарных дней со дня официального опубликования на официальном интернет-ресурсе уполномоченного органа списка участников, прошедших на второй этап конкурса, представляют уполномоченному органу для последующего вынесения на рассмотрение Конкурсной комиссии конкурсные предложения в свободной форме, содержащие:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z56" w:id="50"/>
-[...15 lines deleted...]
-      15. Участники конкурса, допущенные ко второму этапу конкурса, в течение пяти календарных дней со дня официального опубликования на официальном интернет-ресурсе уполномоченного органа списка участников, прошедших на второй этап конкурса, представляют уполномоченному органу для последующего вынесения на рассмотрение Конкурсной комиссии конкурсные предложения в свободной форме, содержащие:</w:t>
+    <w:bookmarkStart w:name="z57" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) справку с изложением имеющегося опыта работы с учетом специализации профиля деятельности специальных экономических зон;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z57" w:id="51"/>
-[...15 lines deleted...]
-      1) справку с изложением имеющегося опыта работы с учетом специализации профиля деятельности специальных экономических зон;</w:t>
+    <w:bookmarkStart w:name="z58" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) видение стратегии развития специальных экономических зон;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z58" w:id="52"/>
-[...15 lines deleted...]
-      2) видение стратегии развития специальных экономических зон;</w:t>
+    <w:bookmarkStart w:name="z59" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) механизмы и/или схему развития специальных экономических зон;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z59" w:id="53"/>
-[...15 lines deleted...]
-      3) механизмы и/или схему развития специальных экономических зон;</w:t>
+    <w:bookmarkStart w:name="z60" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) способы привлечения инвесторов в специальные экономические зоны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z60" w:id="54"/>
-[...15 lines deleted...]
-      4) способы привлечения инвесторов в специальные экономические зоны;</w:t>
+    <w:bookmarkStart w:name="z61" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) ожидаемые результаты (качественные и количественные показатели);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z61" w:id="55"/>
-[...15 lines deleted...]
-      5) ожидаемые результаты (качественные и количественные показатели);</w:t>
+    <w:bookmarkStart w:name="z62" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) планируемые к применению методы подготовки и принятия управленческих решений с учетом интересов государства, управляющих компаний и участников специальных экономических зон.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z62" w:id="56"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z63" w:id="57"/>
+    <w:bookmarkStart w:name="z63" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Конкурсная комиссия проводит собеседование и рассматривает представленные конкурсные предложения в течение десяти календарных дней со дня завершения приема конкурсных предложений. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z64" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конкурсная комиссия по итогам проведенного конкурса принимает одно из следующих решений:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z64" w:id="58"/>
-[...15 lines deleted...]
-      Конкурсная комиссия по итогам проведенного конкурса принимает одно из следующих решений:</w:t>
+    <w:bookmarkStart w:name="z65" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) рекомендовать к назначению на объявленную вакантную должность;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z65" w:id="59"/>
-[...15 lines deleted...]
-      1) рекомендовать к назначению на объявленную вакантную должность;</w:t>
+    <w:bookmarkStart w:name="z66" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) отказать в назначении на объявленную вакантную должность.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z66" w:id="60"/>
-[...15 lines deleted...]
-      2) отказать в назначении на объявленную вакантную должность.</w:t>
+    <w:bookmarkStart w:name="z67" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Итоги конкурса с участниками оформляются в виде протокола, и фиксируются с помощью технических средств записи (аудио и (или) видео).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z67" w:id="61"/>
-[...15 lines deleted...]
-      17. Итоги конкурса с участниками оформляются в виде протокола, и фиксируются с помощью технических средств записи (аудио и (или) видео).</w:t>
+    <w:bookmarkStart w:name="z68" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Протокол конкурса с участниками подписывается председателем, членами Конкурсной комиссии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z68" w:id="62"/>
-[...15 lines deleted...]
-      Протокол конкурса с участниками подписывается председателем, членами Конкурсной комиссии.</w:t>
+    <w:bookmarkStart w:name="z69" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      О применении Конкурсной комиссией технических средств записи производится отметка в протоколе заседания Конкурсной комиссии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z69" w:id="63"/>
-[...15 lines deleted...]
-      О применении Конкурсной комиссией технических средств записи производится отметка в протоколе заседания Конкурсной комиссии.</w:t>
+    <w:bookmarkStart w:name="z70" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Материалы, зафиксированные в ходе заседания Конкурсной комиссии с помощью технических средств записи, хранятся в уполномоченном органе не менее одного года с момента завершения конкурса.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z70" w:id="64"/>
-[...15 lines deleted...]
-      Материалы, зафиксированные в ходе заседания Конкурсной комиссии с помощью технических средств записи, хранятся в уполномоченном органе не менее одного года с момента завершения конкурса.</w:t>
+    <w:bookmarkStart w:name="z71" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Участник конкурса получает положительное заключение Конкурсной комиссии, если за него проголосовало большинство присутствующих из состава Конкурсной комиссии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z71" w:id="65"/>
-[...15 lines deleted...]
-      Участник конкурса получает положительное заключение Конкурсной комиссии, если за него проголосовало большинство присутствующих из состава Конкурсной комиссии.</w:t>
+    <w:bookmarkStart w:name="z72" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При равенстве голосов при голосовании решающим является голос председателя Конкурсной комиссии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z72" w:id="66"/>
-[...15 lines deleted...]
-      При равенстве голосов при голосовании решающим является голос председателя Конкурсной комиссии.</w:t>
+    <w:bookmarkStart w:name="z73" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Для обеспечения прозрачности и объективности работы Конкурсной комиссии на ее заседание приглашаются наблюдатели. Наблюдатели могут присутствовать при проведении собеседования с участниками конкурса.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z73" w:id="67"/>
-[...15 lines deleted...]
-      18. Для обеспечения прозрачности и объективности работы Конкурсной комиссии на ее заседание приглашаются наблюдатели. Наблюдатели могут присутствовать при проведении собеседования с участниками конкурса.</w:t>
+    <w:bookmarkStart w:name="z74" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В качестве наблюдателей на заседании Конкурсной комиссии могут присутствовать депутаты Парламента Республики Казахстан и маслихатов всех уровней, аккредитованные представители средств массовой информации, других государственных органов, общественных объединений (неправительственных организаций), коммерческих организаций и политических партий.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z74" w:id="68"/>
-[...15 lines deleted...]
-      В качестве наблюдателей на заседании Конкурсной комиссии могут присутствовать депутаты Парламента Республики Казахстан и маслихатов всех уровней, аккредитованные представители средств массовой информации, других государственных органов, общественных объединений (неправительственных организаций), коммерческих организаций и политических партий.</w:t>
+    <w:bookmarkStart w:name="z75" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В процессе собеседования наблюдатели не задают кандидатам вопросы. Не допускается совершение наблюдателями действий, препятствующих работе Конкурсной комиссии, разглашение ими сведений, касающихся персональных данных кандидатов, конкурсных процедур, в которых принимают участие кандидаты, использование ими технических средств записи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z75" w:id="69"/>
-[...15 lines deleted...]
-      В процессе собеседования наблюдатели не задают кандидатам вопросы. Не допускается совершение наблюдателями действий, препятствующих работе Конкурсной комиссии, разглашение ими сведений, касающихся персональных данных кандидатов, конкурсных процедур, в которых принимают участие кандидаты, использование ими технических средств записи.</w:t>
+    <w:bookmarkStart w:name="z76" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При участии наблюдателей их мнение отражается в протоколе заседания Конкурсной комиссии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z76" w:id="70"/>
-[...15 lines deleted...]
-      При участии наблюдателей их мнение отражается в протоколе заседания Конкурсной комиссии.</w:t>
+    <w:bookmarkStart w:name="z77" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Уполномоченный орган в течение пяти календарных дней со дня подписания протокола Конкурсной комиссией, объявляет о результатах конкурса на официальном интернет-ресурсе уполномоченного органа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z77" w:id="71"/>
-[...15 lines deleted...]
-      19. Уполномоченный орган в течение пяти календарных дней со дня подписания протокола Конкурсной комиссией, объявляет о результатах конкурса на официальном интернет-ресурсе уполномоченного органа.</w:t>
+    <w:bookmarkStart w:name="z78" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. В случае несогласия участника конкурса с решением Конкурсной комиссии оно может быть обжаловано в судебном порядке.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z78" w:id="72"/>
-[...15 lines deleted...]
-      20. В случае несогласия участника конкурса с решением Конкурсной комиссии оно может быть обжаловано в судебном порядке.</w:t>
+    <w:bookmarkStart w:name="z79" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Положительное решение конкурсной комиссии является основанием для заключения трудового договора с лицом, прошедшим конкурсный отбор.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z79" w:id="73"/>
-[...15 lines deleted...]
-      21. Положительное решение конкурсной комиссии является основанием для заключения трудового договора с лицом, прошедшим конкурсный отбор.</w:t>
+    <w:bookmarkStart w:name="z80" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае наличия положительного решения конкурсной комиссии единый координационный центр в течение десяти календарных дней со дня подведения итогов конкурса вносит на заседание совета директоров управляющей компании предложение о назначении лица, прошедшего конкурсный отбор, на должность руководителя управляющей компании.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z80" w:id="74"/>
-[...15 lines deleted...]
-      В случае наличия положительного решения конкурсной комиссии единый координационный центр в течение десяти календарных дней со дня подведения итогов конкурса вносит на заседание совета директоров управляющей компании предложение о назначении лица, прошедшего конкурсный отбор, на должность руководителя управляющей компании.</w:t>
+    <w:bookmarkStart w:name="z81" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Советом директоров (решением единственного участника или общего собрания участников) управляющей компании принимается решение о заключении с лицом, прошедшим конкурсный отбор, трудового договора, в котором должны содержаться ключевые показатели его деятельности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z81" w:id="75"/>
-[...15 lines deleted...]
-      Советом директоров (решением единственного участника или общего собрания участников) управляющей компании принимается решение о заключении с лицом, прошедшим конкурсный отбор, трудового договора, в котором должны содержаться ключевые показатели его деятельности.</w:t>
+    <w:bookmarkStart w:name="z82" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Конкурс признается несостоявшимся в случае участия в конкурсе менее двух лиц, соответствующих Квалификационным требованиям, предъявляемым к лицам для управления управляющими компаниями специальных экономических и государственных индустриальных зон.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z82" w:id="76"/>
-[...15 lines deleted...]
-      22. Конкурс признается несостоявшимся в случае участия в конкурсе менее двух лиц, соответствующих Квалификационным требованиям, предъявляемым к лицам для управления управляющими компаниями специальных экономических и государственных индустриальных зон.</w:t>
+    <w:bookmarkStart w:name="z83" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. При признании конкурса несостоявшимся уполномоченный орган объявляет о проведении повторного конкурса не позднее двух месяцев со дня признания конкурса несостоявшимся.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z83" w:id="77"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="77"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2626,162 +2684,162 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z86" w:id="78"/>
+    <w:bookmarkStart w:name="z86" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       место для фотографии</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z87" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заявление на участие в конкурсе</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z87" w:id="79"/>
+    <w:bookmarkStart w:name="z88" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заявление на участие в конкурсе</w:t>
+        <w:t xml:space="preserve"> _______________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(указывается фамилия, имя, отчество кандидата (при его наличии))</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(наименование Управляющей компании)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z88" w:id="80"/>
-[...49 lines deleted...]
-        <w:t>(наименование Управляющей компании)</w:t>
+    <w:bookmarkStart w:name="z89" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Общие сведения:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z89" w:id="81"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="81"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -2977,70 +3035,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z90" w:id="82"/>
+    <w:bookmarkStart w:name="z90" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Образование:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkEnd w:id="81"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -3443,70 +3501,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z91" w:id="83"/>
+    <w:bookmarkStart w:name="z91" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Сведения о супруге, близких родственниках (родители, брат, сестра, дети) и свойственниках (родители, брат, сестра, дети супруга (супруги)):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkEnd w:id="82"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -3840,67 +3898,395 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z92" w:id="84"/>
+    <w:bookmarkStart w:name="z92" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Сведения об участии кандидата в уставном капитале или владении акциями юридических лиц:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование и место нахождения юридического лица</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уставные виды деятельности юридического лица</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доля участия в уставном капитале или соотношение количества акций, принадлежащих кандидату, к общему количеству голосующих акций юридического лица (в процентах)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z93" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Сведения о прохождении семинаров, курсов по повышению квалификации за последние три года:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
@@ -3953,123 +4339,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование и место нахождения юридического лица</w:t>
+Наименование организации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Уставные виды деятельности юридического лица</w:t>
+Дата и место проведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Доля участия в уставном капитале или соотношение количества акций, принадлежащих кандидату, к общему количеству голосующих акций юридического лица (в процентах)</w:t>
+Номер сертификата</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4168,458 +4554,130 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z93" w:id="85"/>
-[...15 lines deleted...]
-      5. Сведения о прохождении семинаров, курсов по повышению квалификации за последние три года:</w:t>
+    <w:bookmarkStart w:name="z94" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Сведения о трудовой деятельности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:tbl>
-[...323 lines deleted...]
-      6. Сведения о трудовой деятельности.</w:t>
+    <w:bookmarkStart w:name="z95" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В данном пункте указываются сведения:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z95" w:id="87"/>
-[...15 lines deleted...]
-      В данном пункте указываются сведения:</w:t>
+    <w:bookmarkStart w:name="z96" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      о должностях, которые занимал кандидат за всю трудовую деятельность;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z96" w:id="88"/>
-[...15 lines deleted...]
-      о должностях, которые занимал кандидат за всю трудовую деятельность;</w:t>
+    <w:bookmarkStart w:name="z97" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      о должностях, которые занимает кандидат в других организациях на дату представления данных сведений с указанием адреса данной организации и контактного телефона.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z97" w:id="89"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="89"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -5028,222 +5086,222 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z98" w:id="90"/>
+      <w:bookmarkStart w:name="z98" w:id="89"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Имеющиеся публикации, научные разработки и другие достижения:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (да/нет, в случае наличия указать дату, в каких изданиях)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z99" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Сведения о том, являлся ли кандидат ранее руководящим работником организации, признанной банкротом либо в отношении организации принято решение о лишении лицензии, принудительной ликвидации, консервации, принудительном выкупе акций:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="90"/>
-    <w:p>
-[...66 lines deleted...]
-      8. Сведения о том, являлся ли кандидат ранее руководящим работником организации, признанной банкротом либо в отношении организации принято решение о лишении лицензии, принудительной ликвидации, консервации, принудительном выкупе акций:</w:t>
+    <w:bookmarkStart w:name="z100" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________  (да/нет, указать наименование организации, должность, период работы)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z100" w:id="92"/>
-[...15 lines deleted...]
-      _______________________________________________________________  (да/нет, указать наименование организации, должность, период работы)</w:t>
+    <w:bookmarkStart w:name="z101" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Сведения о том, является ли кандидат аффилированным лицом по отношению к действующим участникам специальных экономических зон:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z101" w:id="93"/>
-[...15 lines deleted...]
-      9. Сведения о том, является ли кандидат аффилированным лицом по отношению к действующим участникам специальных экономических зон:</w:t>
+    <w:bookmarkStart w:name="z102" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________  (да/нет)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z102" w:id="94"/>
-[...15 lines deleted...]
-      _______________________________________________________________  (да/нет)</w:t>
+    <w:bookmarkStart w:name="z103" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подтверждаю, что настоящая информация была проверена мною и является достоверной и полной.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z103" w:id="95"/>
-[...25 lines deleted...]
-      <w:bookmarkStart w:name="z104" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z104" w:id="95"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Фамилия,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -5322,199 +5380,199 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>его</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>наличии)</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(печатными</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>буквами)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z105" w:id="96"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заполняется участником конкурса:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...60 lines deleted...]
-      Заполняется участником конкурса:</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Подтверждаю, что я, _____________________________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (фамилия, имя, отчество (при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z106" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      соответствую требованиям, установленным Правилами проведения конкурсного отбора лиц для управления управляющими компаниями специальных экономических зон, а также требований к ним.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="97"/>
-    <w:p>
-[...49 lines deleted...]
-      соответствую требованиям, установленным Правилами проведения конкурсного отбора лиц для управления управляющими компаниями специальных экономических зон, а также требований к ним.</w:t>
+    <w:bookmarkStart w:name="z107" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дата_________________________Подпись _________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z107" w:id="99"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="99"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5684,88 +5742,88 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z110" w:id="100"/>
+    <w:bookmarkStart w:name="z110" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Журнал регистрации заявлений на участие в конкурсе</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z111" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наименование Управляющей компании специальной экономической зоны</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z111" w:id="101"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="101"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -6191,334 +6249,318 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 6 августа 2019 года № 621</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z113" w:id="102"/>
+    <w:bookmarkStart w:name="z113" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>проведения конкурсного отбора лиц для управления управляющими компаниями государственных индустриальных зон</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z114" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z114" w:id="103"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z115" w:id="104"/>
+    <w:bookmarkStart w:name="z115" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила проведения конкурсного отбора лиц для управления управляющими компаниями государственных индустриальных зон (далее – Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 18)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 11 Закона Республики Казахстан от 3 апреля 2019 года "О специальных экономических и индустриальных зонах" (далее – Закон) и определяют порядок проведения конкурсного отбора лиц для управления управляющими компаниями государственных индустриальных зон. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z116" w:id="105"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z116" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Избрание лица в качестве руководителя исполнительного органа либо лица, единолично исполняющего функции исполнительного органа управляющей компании, созданной по инициативе негосударственных юридических лиц, осуществляется в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан от 13 мая 2003 года "Об акционерных обществах".</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z117" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В настоящих Правилах используются следующие основные понятия:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z117" w:id="106"/>
-[...15 lines deleted...]
-      3. В настоящих Правилах используются следующие основные понятия:</w:t>
+    <w:bookmarkStart w:name="z118" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) индустриальная зона – территория, обеспеченная инженерно-коммуникационной инфраструктурой, предоставляемая субъектам частного предпринимательства для размещения и эксплуатации объектов предпринимательской деятельности, в том числе в области промышленности, агропромышленного комплекса, туристской индустрии, транспортной логистики, управления отходами, в порядке, установленном законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z118" w:id="107"/>
-[...15 lines deleted...]
-      1) индустриальная зона – территория, обеспеченная инженерно-коммуникационной инфраструктурой, предоставляемая субъектам частного предпринимательства для размещения и эксплуатации объектов предпринимательской деятельности, в том числе в области промышленности, агропромышленного комплекса, туристской индустрии, транспортной логистики, управления отходами, в порядке, установленном законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z119" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) государственные индустриальные зоны – индустриальные зоны республиканского и регионального значений, а также малые индустриальные зоны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z119" w:id="108"/>
-[...15 lines deleted...]
-      2) государственные индустриальные зоны – индустриальные зоны республиканского и регионального значений, а также малые индустриальные зоны;</w:t>
+    <w:bookmarkStart w:name="z120" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) управляющая компания индустриальной зоны – юридическое лицо, создаваемое или определяемое в соответствии с Законом для обеспечения функционирования индустриальной зоны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z120" w:id="109"/>
-[...15 lines deleted...]
-      3) управляющая компания индустриальной зоны – юридическое лицо, создаваемое или определяемое в соответствии с Законом для обеспечения функционирования индустриальной зоны;</w:t>
+    <w:bookmarkStart w:name="z121" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) участники конкурса – физические лица, подавшие заявление на участие в конкурсе отбора лиц для управления управляющими компаниями;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z121" w:id="110"/>
-[...15 lines deleted...]
-      4) участники конкурса – физические лица, подавшие заявление на участие в конкурсе отбора лиц для управления управляющими компаниями;</w:t>
+    <w:bookmarkStart w:name="z122" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Единый координационный центр – юридическое лицо, осуществляющее координацию деятельности специальных экономических и индустриальных зон;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z122" w:id="111"/>
-[...15 lines deleted...]
-      5) Единый координационный центр – юридическое лицо, осуществляющее координацию деятельности специальных экономических и индустриальных зон;</w:t>
+    <w:bookmarkStart w:name="z123" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) уполномоченный орган – центральный исполнительный орган, осуществляющий государственное регулирование в сфере создания, функционирования и упразднения специальных экономических и индустриальных зон;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
-    <w:p>
-[...34 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z124" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) местный исполнительный орган (акимат) – коллегиальный исполнительный орган, возглавляемый акимом области, города республиканского значения и столицы, района (города областного значения), осуществляющий в пределах своей компетенции местное государственное управление и самоуправление на соответствующей территории.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
     <w:bookmarkStart w:name="z125" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -11926,55 +11968,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>