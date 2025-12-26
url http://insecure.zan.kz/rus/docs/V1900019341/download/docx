--- v0 (2025-11-07)
+++ v1 (2025-12-26)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7ceb91e" w14:textId="7ceb91e">
+    <w:p w14:paraId="b6702fb" w14:textId="b6702fb">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -962,384 +962,352 @@
         <w:t>
       4) организация по техническому обслуживанию и ремонту авиационной техники (далее – организация по ТОиР АТ) – юридическое лицо, осуществляющее техническое обслуживание и (или) ремонт авиационной техники и имеющее действующий сертификат;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z25" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) ремонт – комплекс операций по восстановлению исправности или работоспособности, устранению причин отказа и восстановлению израсходованного ресурса механизмов, комплектующих изделий или их составных частей вооружения, военной, автомобильной и специальной техники, технических и специальных средств;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:p>
-[...133 lines deleted...]
-    <w:bookmarkStart w:name="z27" w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) уполномоченный орган в области оборонной промышленности и государственного оборонного заказа (далее – уполномоченный орган) – государственный орган, осуществляющий руководство и межотраслевую координацию в области оборонной промышленности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z27" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) заявитель – организация по ТОиР АТ, обратившаяся в уполномоченный орган для получения Сертификата организации по ТОиР АТ государственной авиации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z28" w:id="21"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z28" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) несоответствие – полное или частичное несоблюдение организацией по ТОиР АТ сертификационных требований;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z29" w:id="22"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z29" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) сертификационная комиссия – комиссия, создаваемая приказом уполномоченного органа, с участием должностных лиц уполномоченного органа и привлекаемых экспертов, имеющих соответствующее авиационное образование и опыт работы не менее одного года по обслуживанию воздушных судов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z30" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z30" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) сертификационное обследование – осуществляемое сертификационной комиссией обследование организации по ТОиР АТ средств, оборудования, технологических процессов, документации, организационной структуры, компетентности персонала заявителя на соответствие сертификационным требованиям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z31" w:id="24"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z31" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11) сертификационные требования – требования к организациям по ТОиР АТ государственной авиации, утверждаемые в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 12)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 6 Закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z32" w:id="25"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z32" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) держатель сертификата – организация по ТОиР АТ, получившая от уполномоченного органа Сертификат организации по ТОиР АТ государственной авиации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z33" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 с изменением, внесенным приказом Министра индустрии и инфраструктурного развития РК от 05.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 347</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z33" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Сертификат организации по техническому обслуживанию и ремонту авиационной техники государственной авиации по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам (далее – сертификат) является неотчуждаемым и не передается другому лицу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z34" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z34" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Сертификат выдается на два года с указанием сферы деятельности и срока действия. По истечении срока действия, сертификат считается недействительным. Действие сертификата распространяется на всей территории Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1358,308 +1326,308 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="28"/>
+    <w:bookmarkStart w:name="z35" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Уполномоченный орган ведет учет выданных сертификатов и держателей сертификатов, сведения о которых размещаются на сайте уполномоченного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z36" w:id="29"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z36" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Сертификацию организаций по ТОиР АТ (далее – сертификация) и выдачу сертификата осуществляет уполномоченный орган.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z37" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z37" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок проведения сертификации организации по техническому обслуживанию и ремонту авиационной техники государственной авиации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z38" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z38" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Организация по ТОиР АТ подлежит сертификации в следующих случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z39" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z39" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) при плановой сертификации (первоначальной или по истечении срока действия ранее выданного сертификата);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z40" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z40" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) при необходимости расширения сферы деятельности организации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z41" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z41" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) после отзыва (прекращения) действия ранее выданного сертификата.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z42" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z42" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Для прохождения сертификации заявитель подает в уполномоченный орган заявление на получение сертификата организации по техническому обслуживанию и ремонту авиационной техники государственной авиации по форме, указанной в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложении 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам (далее – заявление). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z43" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z43" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       К заявлению прилагаются документы на получение сертификата организации по техническому обслуживанию и ремонту авиационной техники государственной авиации согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам (далее – перечень).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z44" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z44" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Общий срок сертификации организации по ТОиР АТ государственной авиации устанавливается с учетом объема предстоящих работ, а также поставленных задач и не превышает одного месяца.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z45" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z45" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Уполномоченный орган в течение двух рабочих дней с момента регистрации заявления, проверяет полноту представленных документов согласно перечню, предусмотренному в перечне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае представления заявителем неполного пакета документов или отсутствия сведений необходимых для выдачи сертификата в соответствии с настоящими Правилами уполномоченный орган в указанные сроки направляет заявителю уведомление о несоответствии представленного пакета документов с указанием срока приведения их в соответствие.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1714,170 +1682,170 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z198" w:id="39"/>
+    <w:bookmarkStart w:name="z198" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10-1. В случае, если в течении двух рабочих дней со дня получения уведомления заявитель не привел его в соответствие с нормами пункта 10 настоящих Правил, уполномоченный орган направляет отказ в дальнейшем рассмотрении заявления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z199" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z199" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При предоставлении заявителем полного пакета документов, уполномоченный орган в течение пяти рабочих дней, со дня регистрации заявления проверяет содержание представленных документов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z200" w:id="41"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z200" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По результатам рассмотрения заявления и представленных документов уполномоченный орган направляет заявителю одно из следующих уведомлений:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z201" w:id="42"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z201" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) уведомление о проведении сертификации по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z202" w:id="43"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z202" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) либо мотивированный отказ с указанием конкретных недостатков по представленным документам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1896,90 +1864,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z48" w:id="44"/>
+    <w:bookmarkStart w:name="z48" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Сертификационная комиссия осуществляет сертификационное обследование на соответствие организации по ТОиР АТ, сертификационным требованиям к организациям по техническому обслуживанию и ремонту авиационной техники государственной авиации, утвержденным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра индустрии и инфраструктурного развития Республики Казахстан от 3 сентября 2019 года № 688 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 19340).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1998,190 +1966,190 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z49" w:id="45"/>
+    <w:bookmarkStart w:name="z49" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. В зависимости от количества выявленных несоответствий, а также их степени влияния на обеспечение безопасности условий труда, охраны жизни и здоровья человека, окружающей среды, безопасности полетов и авиационной безопасности, качественного выполнения договорных обязательств по ТОиР АТ, устанавливается категория несоответствия заявителя сертификационным требованиям:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z50" w:id="46"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z50" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) категория 1 – несоответствие сертификационным требованиям, не препятствующее осуществлению деятельности и подлежащее устранению;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z51" w:id="47"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z51" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) категория 2 – несоответствие сертификационным требованиям, не препятствующее осуществлению деятельности при условии его устранения в сроки, согласованные с уполномоченным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z52" w:id="48"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z52" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) категория 3 – несоответствие сертификационным требованиям, препятствующее осуществлению деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z53" w:id="49"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z53" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Установление категории несоответствия заявителя осуществляется сертификационной комиссией.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z54" w:id="50"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z54" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. По результатам сертификационного обследования сертификационной комиссией составляется акт сертификационного обследования (далее – акт) по форме, указанной в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложении 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В акте указываются сведения о фактическом состоянии и обеспеченности производственной инфраструктуры заявителя, наличии или отсутствии несоответствий сертификационным требованиям и установленная категория несоответствия заявителя сертификационным требованиям.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2346,978 +2314,978 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z62" w:id="51"/>
+    <w:bookmarkStart w:name="z62" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок выдачи и отказа в выдаче, приостановления, отзыва, изменений, дополнений, прекращения действия сертификата и (или) приложения к сертификату по ТОиР АТ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z63" w:id="52"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z63" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 1. Выдача и отказ в выдаче сертификата и (или) приложения к сертификату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z64" w:id="53"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z64" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. На основании акта уполномоченный орган в течение пяти рабочих дней после подписания принимает решение:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z65" w:id="54"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z65" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) о выдаче сертификата и (или) приложения к сертификату;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z66" w:id="55"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z66" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) о возможности выдачи сертификата и (или) приложения к сертификату после устранения заявителем установленных несоответствий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z67" w:id="56"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z67" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) об отказе в выдаче сертификата и (или) приложения к сертификату.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z68" w:id="57"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z68" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       О принятом решении уполномоченный орган письменно уведомляет заявителя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z69" w:id="58"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z69" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Решение о выдаче сертификата и (или) приложения к сертификату организации по ТОиР АТ принимается при отсутствии несоответствий сертификационным требованиям или при установлении 1 категории несоответствия.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z70" w:id="59"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z70" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Решение о возможности выдачи сертификата и (или) приложения к сертификату после устранения заявителем установленных несоответствий принимается при установлении 2 категории несоответствия. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z71" w:id="60"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z71" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Держатель сертификата, не позднее двух месяцев до окончания срока действия ранее выданного сертификата, в случае продолжения осуществления данного вида деятельности, обращается в уполномоченный орган с заявлением о проведении сертификации и выдаче нового сертификата в порядке, предусмотренном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z72" w:id="61"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z72" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Решение об отказе в выдаче сертификата и (или) приложения к сертификату принимается в случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z73" w:id="62"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z73" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) выявления несоответствия сертификационным требованиям или при установлении 3 категории несоответствия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z74" w:id="63"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z74" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) установления факта недостоверности или подлога документов, представленных заявителем для получения сертификата и (или) приложения к сертификату, и (или) данных (сведений), содержащихся в них;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z75" w:id="64"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z75" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) несоответствия заявителя и (или) представленных материалов, объектов, данных и сведений, необходимых для выдачи сертификата и (или) приложения к сертификату, требованиям, установленным настоящими Правилами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z76" w:id="65"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z76" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) в отношении заявителя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности данного вида или отдельных видов деятельности, требующих получения сертификата и (или) приложения к сертификату;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z77" w:id="66"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z77" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) судом на основании представления судебного исполнителя временно запрещено выдавать заявителю сертификат и (или) приложение к сертификату.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z78" w:id="67"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z78" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 2. Приостановление и отзыв сертификата и (или) приложения к сертификату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z79" w:id="68"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z79" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Уполномоченный орган приостанавливает действие сертификата и (или) приложения к сертификату в случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z80" w:id="69"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z80" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) несоблюдения держателем сертификата сертификационных требований;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z81" w:id="70"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z81" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) отказа держателя сертификата или его препятствование в обеспечении возможности проведения сертификационного обследования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z82" w:id="71"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z82" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) письменного заявления держателя сертификата.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z83" w:id="72"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z83" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. В случае приостановления действия сертификата и (или) приложения к сертификату, уполномоченный орган в течение трех рабочих дней письменно уведомляет о принятом решении держателя Сертификата с указанием причин.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z84" w:id="73"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z84" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если организация по ТОиР АТ в установленные планом корректирующих действий сроки не устранило несоответствия и (или) нарушения, повлекшие приостановление действия сертификата и (или) приложения к сертификату, уполномоченный орган отзывает сертификат и (или) приложение к сертификату. Организация по ТОиР АТ при отзыве сертификата и (или) приложения к сертификату, в течение трех рабочих дней с момента получения уведомления возвращает оригинал сертификата и (или) приложения к сертификату в уполномоченный орган.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z85" w:id="74"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z85" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Возобновление действия сертификата и (или) приложения к сертификату, в случае его приостановления, осуществляется после выполнения организацией по ТОиР АТ плана корректирующих действий в установленные планом сроки, с приложением подтверждающей документации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z86" w:id="75"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z86" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Выполнение организацией плана корректирующих действий устанавливается уполномоченным органом путем сертификационного обследования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z87" w:id="76"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z87" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Организация по ТОиР АТ письменно уведомляется уполномоченным органом о решении по возобновлению или отказу в возобновлении действия сертификата и (или) приложения к сертификату в течение трех рабочих дней с момента окончания сертификационного обследования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z88" w:id="77"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z88" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 3. Прекращение действия сертификата и (или) приложения к сертификату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z89" w:id="78"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z89" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Сертификат и (или) приложение к сертификату прекращают свое действие в случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z90" w:id="79"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z90" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) истечения срока, на который они выданы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z91" w:id="80"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z91" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) отзыва сертификата;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z92" w:id="81"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z92" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) прекращения деятельности или ликвидации юридического лица;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z93" w:id="82"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z93" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) обращения держателя сертификата к уполномоченному органу о прекращении действия сертификата.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z94" w:id="83"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z94" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. При прекращении действия сертификата и (или) приложения к сертификату держатель сертификата в течение десяти рабочих дней возвращает сертификат и приложение к нему в уполномоченный орган.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z95" w:id="84"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z95" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 4. Изменение и дополнение сертификата</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z96" w:id="85"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z96" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. В действующий сертификат и (или) приложение к сертификату уполномоченным органом вносятся изменения и дополнения на основании заявления держателя сертификата в случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z97" w:id="86"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z97" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) изменения данных держателя сертификата (наименования, организационно-правовой формы, юридического адреса);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z98" w:id="87"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z98" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) реорганизации держателя сертификата;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z99" w:id="88"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z99" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) изменения адреса места нахождения объекта без его физического перемещения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z100" w:id="89"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z100" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       27. Для внесения изменений и (или) дополнений в действующий сертификат и (или) приложение к сертификату держатель сертификата в месячный срок со дня принятия решения о внесении изменений и дополнений направляет в уполномоченный орган заявление о внесении изменений и (или) дополнений в сертификат организации по техническому обслуживанию и ремонту авиационной техники государственной авиации согласно  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, а также копии документов, содержащих информацию об изменениях, послуживших основанием для переоформления сертификата и (или) приложения к сертификату.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z101" w:id="90"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z101" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. После получения заявления от держателя сертификата уполномоченный орган вносит изменения в действующий сертификат и (или) приложение к сертификату после проверки представленных документов, не позднее двух рабочих дней.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z102" w:id="91"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z102" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       29. В случае предоставления неполного пакета документов, либо предоставления документов, не соответствующих установленным формам уполномоченный орган возвращает заявителю представленные документы с указанием конкретных недостатков по представленным документам. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z103" w:id="92"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z103" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Ранее выданный сертификат и (или) приложение к сертификату подлежит возврату в уполномоченный орган.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z104" w:id="93"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z104" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 5. Выдача сертификата и (или) приложения к сертификату при утере, хищении, порчи и выдачи дубликата держателем сертификата</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z105" w:id="94"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z105" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       31. В случае утери, хищения или порчи выданного сертификата и (или) приложения к сертификату, держатель сертификата подает в уполномоченный орган заявление на выдачу дубликата. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z106" w:id="95"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z106" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Дубликат сертификата и (или) приложения к сертификату выдается уполномоченным органом в течение трех рабочих дней с момента регистрации обращения заявителя, где в правом верхнем углу делается отметка "Дубликат".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkEnd w:id="96"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3500,68 +3468,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z109" w:id="96"/>
+    <w:bookmarkStart w:name="z109" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сертификат организации по техническому обслуживанию и ремонту авиационной техники государственной авиации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkEnd w:id="97"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12300"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12300" w:type="dxa"/>
@@ -3842,70 +3810,70 @@
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="12300" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:bookmarkStart w:name="z110" w:id="97"/>
+                <w:bookmarkStart w:name="z110" w:id="98"/>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 ___________________________________________________________</w:t>
                   </w:r>
                 </w:p>
-                <w:bookmarkEnd w:id="97"/>
+                <w:bookmarkEnd w:id="98"/>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
@@ -3931,70 +3899,70 @@
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="12300" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:bookmarkStart w:name="z112" w:id="98"/>
+                <w:bookmarkStart w:name="z112" w:id="99"/>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 Удостоверяется, что держатель настоящего сертификата соответствует Сертификационным требованиям к организациям по техническому обслуживанию и ремонту авиационной техники государственной авиации, утвержденным приказом Министра индустрии и инфраструктурного развития Республики Казахстан от ______ № ____, относящимся к области действия, указанной в приложении к настоящему сертификату, которое является неотъемлемой частью настоящего сертификата.</w:t>
                   </w:r>
                 </w:p>
-                <w:bookmarkEnd w:id="98"/>
+                <w:bookmarkEnd w:id="99"/>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 Срок действия данного сертификата один год.</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
@@ -4373,129 +4341,129 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>авиационной техники</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>государственной авиации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z114" w:id="99"/>
+    <w:bookmarkStart w:name="z114" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> №_______</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkEnd w:id="100"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z115" w:id="100"/>
+          <w:bookmarkStart w:name="z115" w:id="101"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Изображение Государственного герба Республики Казахстан</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="100"/>
+          <w:bookmarkEnd w:id="101"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -5101,488 +5069,488 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>авиационной техники</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>государственной авиации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z119" w:id="101"/>
+    <w:bookmarkStart w:name="z119" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление на получение сертификата организации по техническому обслуживанию и ремонту авиационной техники государственной авиации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z120" w:id="102"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z120" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Наименование организации по ТОиР АТ, бизнес-идентификационный номер (БИН)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z121" w:id="103"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z121" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z122" w:id="104"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z122" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Место регистрации организации и регистрационный номер (шифр)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z123" w:id="105"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z123" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z124" w:id="106"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z124" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Адрес местонахождения производственной базы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z125" w:id="107"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z125" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z126" w:id="108"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z126" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Почтовый адрес организации по ТОиР АТ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z127" w:id="109"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z127" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z128" w:id="110"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z128" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Реквизиты средств связи (телефон, телеграф, факс, e-mail, интернет адрес)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z129" w:id="111"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z129" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z130" w:id="112"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z130" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Причина подачи заявления (нужное подчеркнуть):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z131" w:id="113"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z131" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       первоначальное заявление на получение сертификата организации по ТОиР AT;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z132" w:id="114"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z132" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       изменение видов деятельности организации по ТОиР AT;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z133" w:id="115"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z133" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       изменение перечня типов авиационной техники;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z134" w:id="116"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z134" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сертификация на очередной срок;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z135" w:id="117"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z135" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       изменение основных данных организации по ТОиР AT;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z136" w:id="118"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z136" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сертификация после отзыва/аннулирования сертификата организации по ТОиР AT;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z137" w:id="119"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z137" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       другие причины (указать):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z138" w:id="120"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z138" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z139" w:id="121"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z139" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Содержание заявки: Прошу провести сертификацию организации по техническому обслуживанию и ремонту государственной авиации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z140" w:id="122"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z140" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Виды деятельности, заявляемые к сертификации:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkEnd w:id="123"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -5711,64 +5679,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z141" w:id="123"/>
+      <w:bookmarkStart w:name="z141" w:id="124"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Место печати ______________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkEnd w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Руководитель</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -5937,288 +5905,288 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>авиационной техники</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>государственной авиации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z143" w:id="124"/>
+    <w:bookmarkStart w:name="z143" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень документов, прилагаемых к заявлению на получение сертификата организации по техническому обслуживанию и ремонту авиационной техники государственной авиации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z144" w:id="125"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z144" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Копия устава организации по техническому обслуживанию и ремонту авиационной техники.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z145" w:id="126"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z145" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Копия финансовых отчетов заявителя за последние три финансовых года с приложением копии налоговой декларации. В случае осуществления заявителем деятельности менее трех лет, информация представляется за период фактического осуществления деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z146" w:id="127"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z146" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Справка из налогового органа об отсутствии у заявителя задолженности по обязательным платежам в бюджет, выданная не позднее, чем за 30 календарных дней до даты обращения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z147" w:id="128"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z147" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Руководство по качеству, план качества, план менеджмента риска и план управления конфигурацией.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z148" w:id="129"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z148" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Штатное расписание организации по ТОиР АТ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z149" w:id="130"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z149" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Сведения о руководящем составе организации по техническому обслуживанию и ремонту авиационной техники (руководитель организации и представитель руководства по качеству исполнения работ по ТОиР АТ):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z150" w:id="131"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z150" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) фамилия, имя, отчество (при наличии);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z151" w:id="132"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z151" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) занимаемая должность в организации по ТОиР АТ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z152" w:id="133"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z152" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) квалификация в сфере ТОиР АТ авиации и копии соответствующих документов об образовании;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z153" w:id="134"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z153" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) опыт работы в сфере ТОиР АТ авиации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z154" w:id="135"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z154" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Копия документа (акта), подтверждающего завершение технологической подготовки к выполнению заявленных к сертификации работ на конкретном типе авиационной техники (при первоначальной сертификации или при добавлении нового вида работ или типа авиационной техники в области действия сертификата).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkEnd w:id="136"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6336,51 +6304,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>авиационной техники</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>государственной авиации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z156" w:id="136"/>
+    <w:bookmarkStart w:name="z156" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Уведомление о проведении сертификации</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -6389,305 +6357,305 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>_________________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(наименование организации по ТОиР AT)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z157" w:id="137"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z157" w:id="138"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Рассмотрев представленную заявку от "__" __________ № _____________на</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkEnd w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>проведение сертификации_________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                               (наименование организации)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z158" w:id="138"/>
+    <w:bookmarkStart w:name="z158" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сообщаем:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z159" w:id="139"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z159" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Представленные Вами документы соответствуют (не соответствуют) требованиям, установленным нормативными правовыми актами уполномоченного органа (в случае несоответствия указывается пункт несоответствия)___________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z160" w:id="140"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z160" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z161" w:id="141"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z161" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Сертификационное обследование будет проведено в период с</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z162" w:id="142"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z162" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________ по ______________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z163" w:id="143"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z163" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Должностное лицо уполномоченного</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z164" w:id="144"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z164" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       органа либо лицо, им уполномоченное</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z165" w:id="145"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z165" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________ Место печати</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z166" w:id="146"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z166" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (подпись, Фамилия, имя, отчество (при его наличии))</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z167" w:id="147"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z167" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "____" ___________ 20__ г.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkEnd w:id="148"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6805,88 +6773,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>авиационной техники</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>государственной авиации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z169" w:id="148"/>
+    <w:bookmarkStart w:name="z169" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                    Акт сертификационного обследования</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z170" w:id="149"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z170" w:id="150"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "___"_________20__ года в городе ____________ проведено сертификационное</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkEnd w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>обследование организации по техническому обслуживанию и ремонту</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -7395,68 +7363,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ремонту авиационной техники</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>государственной авиации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z172" w:id="150"/>
+    <w:bookmarkStart w:name="z172" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> План корректирующих действий </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkEnd w:id="151"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -8115,107 +8083,107 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z173" w:id="151"/>
+          <w:bookmarkStart w:name="z173" w:id="152"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Графа для должностного лица уполномоченного органа в либо лица им уполномоченного:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="151"/>
+          <w:bookmarkEnd w:id="152"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Принятие решения по закрытию несоответствий:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:name="z175" w:id="152"/>
+          <w:bookmarkStart w:name="z175" w:id="153"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
-          <w:bookmarkEnd w:id="152"/>
+          <w:bookmarkEnd w:id="153"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="6248400" cy="965200"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId4"/>
                           <a:stretch>
@@ -8265,59 +8233,59 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Комментарии:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
-          <w:bookmarkStart w:name="z177" w:id="153"/>
+          <w:bookmarkStart w:name="z177" w:id="154"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
-          <w:bookmarkEnd w:id="153"/>
+          <w:bookmarkEnd w:id="154"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="6248400" cy="965200"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId5"/>
                           <a:stretch>
@@ -8367,59 +8335,59 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Подпись:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
-          <w:bookmarkStart w:name="z179" w:id="154"/>
+          <w:bookmarkStart w:name="z179" w:id="155"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
-          <w:bookmarkEnd w:id="154"/>
+          <w:bookmarkEnd w:id="155"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="6248400" cy="965200"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
                           <a:stretch>
@@ -8469,59 +8437,59 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Дата:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
-          <w:bookmarkStart w:name="z181" w:id="155"/>
+          <w:bookmarkStart w:name="z181" w:id="156"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
-          <w:bookmarkEnd w:id="155"/>
+          <w:bookmarkEnd w:id="156"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="6248400" cy="965200"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId7"/>
                           <a:stretch>
@@ -8571,59 +8539,59 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Фамилия имя отчество (при его наличии):</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
-          <w:bookmarkStart w:name="z183" w:id="156"/>
+          <w:bookmarkStart w:name="z183" w:id="157"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
-          <w:bookmarkEnd w:id="156"/>
+          <w:bookmarkEnd w:id="157"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="6248400" cy="965200"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId8"/>
                           <a:stretch>
@@ -8809,374 +8777,374 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>авиационной техники</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>государственной авиации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z185" w:id="157"/>
+    <w:bookmarkStart w:name="z185" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление о внесении изменений и (или) дополнений в сертификат организации по техническому обслуживанию и ремонту авиационной техники государственной авиации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z186" w:id="158"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z186" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Прошу произвести внесение изменений и или дополнение к Сертификату </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z187" w:id="159"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z187" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сведения о заявителе</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z188" w:id="160"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z188" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) наименование заявителя, сведения о государственной регистрации в качестве юридического лица;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z189" w:id="161"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z189" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) указать номер (а) Сертификата, дата выдачи, выдавшего Сертификат;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z190" w:id="162"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z190" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) указать полное наименование вида деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z191" w:id="163"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z191" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) указать основание или причины внесения изменений и (или) дополнений Сертификата.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z192" w:id="164"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z192" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Перечень прилагаемых документов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z193" w:id="165"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z193" w:id="166"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkEnd w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________________;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z194" w:id="166"/>
+      <w:bookmarkStart w:name="z194" w:id="167"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkEnd w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________________;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z195" w:id="167"/>
+      <w:bookmarkStart w:name="z195" w:id="168"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkEnd w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________________;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z196" w:id="168"/>
+      <w:bookmarkStart w:name="z196" w:id="169"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4)__________________________________________________________________________.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkEnd w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                   (наименование документов и количество страниц)*</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z197" w:id="169"/>
+      <w:bookmarkStart w:name="z197" w:id="170"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Место печати ______________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkEnd w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Руководитель</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>