--- v0 (2025-11-08)
+++ v1 (2025-12-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e383b95" w14:textId="e383b95">
+    <w:p w14:paraId="982a26a" w14:textId="982a26a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1139,3386 +1139,3354 @@
         <w:t>
       11) контрафактное изделие – фальсифицированное изделие, для которого подтверждено, что оно является копией, имитацией или заменой, и, которое было представлено, идентифицировано и маркировано как подлинное изделие и (или) было изменено источником поступления без законных прав на это с намерением дезинформировать, ввести в заблуждение или обмануть;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z32" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) конструкторская документация – совокупность конструкторских документов, содержащих в зависимости от их назначения данные, необходимые для разработки, изготовления, контроля, приемки, эксплуатации и ремонта изделия;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z33" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) уполномоченный орган в области оборонной промышленности (далее – уполномоченный орган) – государственный орган, осуществляющий руководство и межотраслевую координацию в области оборонной промышленности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z34" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) сертификат организации по техническому обслуживанию и ремонту авиационной техники государственной авиации (далее – сертификат) – документ установленного образца, удостоверяющий соответствие организации по ТОиР АТ ГА сертификационным требованиям;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z35" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) организация по техническому обслуживанию и ремонту авиационной техники государственной авиации (далее – организация по ТОиР АТ ГА) – юридическое лицо, осуществляющее техническое обслуживание и (или) ремонт АТ и имеющее действующий сертификат;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z36" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) информация организации по техническому обслуживанию ремонту авиационной техники государственной авиации (далее – информация) – структурированная информация, зафиксированная на носителе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z37" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) производственная документация – документация, содержащая сведения о состоянии изделия до выполнения работ по ТОиР АТ, способах и объемах выполненных работ по ТОиР АТ и результатах контроля;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z38" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) эксплуатационная документация – документация, регламентирующая летную и техническую эксплуатацию авиационной техники, включая техническое обслуживание, и содержащая эксплуатационные ограничения, процедуры и рекомендации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z39" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) система качества – совокупность организационной структуры, документальных методик, процессов и ресурсов, необходимых для осуществления управления качеством ТОиР АТ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z40" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) техническая документация – документ, устанавливающий выполнение работ при техническом обслуживании и (или) ремонте авиационной техники;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z41" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) технологическая документация – ремонтная и другая документация, предназначенная для подготовки ремонтного производства, проведения ремонта и контроля изделия после ремонта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z42" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) техническое обслуживание – проведение работ, необходимых для обеспечения сохранения летной годности воздушного судна, включая контрольно-восстановительные работы, проверки, замены, устранения дефектов, выполняемые как в отдельности, так и в сочетании, а также практическое осуществление модификации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 с изменением внесенным приказом Министра промышленности и строительства РК от 05.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 347</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...262 lines deleted...]
-    <w:bookmarkStart w:name="z43" w:id="36"/>
+    </w:p>
+    <w:bookmarkStart w:name="z43" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Сертификационные требования к организациям по техническому обслуживанию и ремонту авиационной техники государственной авиации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z44" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z44" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 1. Требования к деятельности организации по техническому обслуживанию и ремонту авиационной техники государственной авиации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z45" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z45" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Для осуществления деятельности организация по ТОиР АТ имеет:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z46" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z46" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) оборудование, инструменты, материалы, запасные части и расходные материалы, необходимые для выполнения ТОиР АТ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z47" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z47" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) персонал, обеспечивающий качественное и своевременное выполнение ТОиР АТ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z48" w:id="41"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z48" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) инфраструктура, производственные площади, ангары, цеха, складские помещения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z49" w:id="42"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z49" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) руководство (стандарт) по процедурам организации по техническому обслуживанию и ремонту авиационной техники государственной авиации (далее – руководство по процедурам организации по ТОиР АТ ГА), утвержденное руководителем организации по ТОиР АТ ГА, которое содержит следующую информацию:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z50" w:id="43"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z50" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       подписанную руководителем организации по ТОиР АТ ГА декларацию о соответствии процедур организации настоящим сертификационным требованиям при осуществлении деятельности согласно положениям руководства по процедурам организации по ТОиP AT ГА, а также поддерживает это соответствие постоянно;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z51" w:id="44"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z51" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       политику организации в области безопасности и качества; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z52" w:id="45"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z52" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       перечень фамилий и должностей, их права и обязанности, организационную структуру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z53" w:id="46"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z53" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       реестр инженерно-технического персонала;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z54" w:id="47"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z54" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       общее описание состава работников организации по ТОиР АТ ГА;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z55" w:id="48"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z55" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       общее описание производственных мощностей, расположенных по каждому из адресов организации по ТОиР АТ ГА, указанных в заявке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z56" w:id="49"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z56" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       описание области деятельности организации по ТОиР АТ ГА в соответствии с запрашиваемой областью утверждения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z57" w:id="50"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z57" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       процедуры внесения изменений в руководство по процедурам организации по ТОиP AT ГА;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z58" w:id="51"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z58" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       процедуры и систему качества, установленные в организации по ТОиР АТ ГА;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z59" w:id="52"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z59" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       порядок взаимодействия с эксплуатантом АТ и (или) организациейпо ТОиP AT, для которых организация предоставляет услуги ТОиP AT;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z60" w:id="53"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z60" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       порядок взаимодействия со сторонними (субподрядными) организациями, привлекаемыми к выполнению ТОиP AT;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z61" w:id="54"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z61" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       порядок взаимодействия с линейными (внешними) станциями технического обслуживания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z62" w:id="55"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z62" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       порядок взаимодействия с военными представительствами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z63" w:id="56"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z63" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) актуализированная эксплуатационная и ремонтная документация АТ, определяющая требования к организации по ТОиР АТ ГА и выполнению работы в соответствии с заявленной областью деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z64" w:id="57"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z64" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) система поддержания (повышения) квалификации персонала, его подготовка и переподготовка, утвержденная руководителем организации по ТОиР АТ ГА;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z65" w:id="58"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z65" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) отдельные складские помещения для хранения и (или) специальные помещения для предупреждения старения и повреждения хранящихся изделий (запасных частей, оборудования, инструментов и материалов);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z66" w:id="59"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z66" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) регистрируемые данные о ТОиР АТ, свидетельствующие о выполнении всех требований указанных в договоре (контракте) заключенным с заказчиком;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z67" w:id="60"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z67" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) система управления безопасностью полетов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z68" w:id="61"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z68" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Организации по ТОиР АТ ГА обеспечивает:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z69" w:id="62"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z69" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сохранность встроенного, съемного вооружения, за исключением любого вида оружия и боеприпасов, влияющих на безопасность полетов воздушных судов, их оборудование и людей, находящихся и (или) расположенных при аэродромной территории;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z70" w:id="63"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z70" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) соблюдение требований </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закона</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О государственных секретах".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z71" w:id="64"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z71" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 2. Требования к управлению качеством и рисками организации по техническому обслуживанию и ремонту авиационной техники государственной авиации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z72" w:id="65"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z72" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Для обеспечения управления качеством и рисками в организации по ТОиР АТ ГА предусматривается: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z73" w:id="66"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z73" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) система качества, которая содержит:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z74" w:id="67"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z74" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       требования к системе качества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z75" w:id="68"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z75" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       план исполнения работ по государственному оборонному заказу, необходимых ресурсов, технического контроля, наземных и летных испытаний;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z76" w:id="69"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z76" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       требования к обеспечению связи при выполнении работ в местах, расположенных вне основного места деятельности организации по ТОиР АТ ГА;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z77" w:id="70"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z77" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) подразделение по управлению качеством и рисками.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z78" w:id="71"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z78" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. На работников подразделения по управлению качеством и рисками не возлагаются функции по выполнению производственных операций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z79" w:id="72"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z79" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. В организации по ТОиР АТ ГА ежегодно проводится проверка системы качества специализированными аудиторскими организациями с уведомлением военного представительства о результатах проверки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z80" w:id="73"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z80" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Организация по ТОиР АТ ГА предоставляет в уполномоченный орган и (или) военное представительство для согласования план – график качества выполнения работ на авиационной технике по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему сертификационному требованию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z81" w:id="74"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z81" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. В случае внесения изменений в план – график качества организация по ТОиР АТ в течение трех рабочих дней уведомляет уполномоченный орган и (или) военное представительство о предполагаемых корректирующих мероприятиях.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z82" w:id="75"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z82" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Прием и регистрация претензий заказчиков уполномоченного органа и (или) военного представительства по договорам на выполнение государственного оборонного заказа (в том числе рекламационные акты, информацию об авиационных происшествиях и инцидентах), осуществляются организацией по ТОиР АТ ГА.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z83" w:id="76"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z83" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Организацией по ТОиР АТ ГА проводится мониторинг степени удовлетворения заказчиков их потребностям и ожиданиям.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z84" w:id="77"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z84" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. На постоянной основе организация по ТОиР АТ ГА актуализирует анализ основных причин несоответствий, связанных с качеством выполнения работ по государственному оборонному заказу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z85" w:id="78"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z85" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 3. Требования к персоналу организации по техническому обслуживанию и ремонту авиационной техники государственной авиации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z86" w:id="79"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z86" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. В организационную структуру организации по ТОиР АТ ГА входят:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z87" w:id="80"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z87" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) руководитель по финансированию и своевременному выполнению работ по ТОиР АТ согласно требованиям заказчика;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z88" w:id="81"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z88" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) руководящий персонал, обеспечивающий постоянное соответствие организации по ТОиР АТ ГА настоящим сертификационным требованиям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z89" w:id="82"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z89" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) руководитель по качеству выполнения государственного оборонного заказа, обеспечивающий создание, разработку, внедрение и поддержание процессов необходимых для функционирования системы качества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z90" w:id="83"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z90" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) производственный персонал в том числе инженерно-технический персонал.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z91" w:id="84"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z91" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Руководящий персонал подчиняется первому руководителю организации по ТОиР АТ ГА. В организации по ТОиР АТ ГА обеспечиваются процедуры замещения каждого из руководящего персонала на случай их продолжительного отсутствия.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z92" w:id="85"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z92" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. В организации по ТОиР АТ ГА предусматривается следующая документация:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z93" w:id="86"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z93" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) перечень (список) персонала, утвержденный первым руководителем организации по ТОиР АТ ГА, который включает в себя:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z94" w:id="87"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z94" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сведения (диплом, аттестат, свидетельство) об образовании специалистов по ТОиР АТ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z95" w:id="88"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z95" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сведения (удостоверение, свидетельства, сертификаты), по программам подготовкам, переподготовкам, результатам аттестации, пройденных специалистами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z96" w:id="89"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z96" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) стандарт организации по процедурам подготовки, переподготовки, повышению квалификации и допуска к работе специалистов, занятых выполнением, приемкой и руководством работ по ТОиР АТ ГА, утвержденный первым руководителем организации по ТОиР АТ ГА;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z97" w:id="90"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z97" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) программа профессиональной подготовки авиационного персонала, утвержденная первым руководителем организации по ТОиР АТ ГА;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z98" w:id="91"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z98" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) приказ первого руководителя организации по ТОиР АТ ГА о допуске производственного персонала к выполнению работ по ТОиР АТ ГА;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z99" w:id="92"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z99" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) журнал учета осведомленности лиц, задействованных при исполнении договора на выполнение государственного оборонного заказа по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему сертификационному требованию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z100" w:id="93"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z100" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 4. Требования к документации организации по техническому обслуживанию и ремонту авиационной техники государственной авиации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z101" w:id="94"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z101" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. При выполнении ТОиР АТ организация по ТОиР АТ ГА использует эксплуатационные, ремонтные, конструкторские и технологические документации, обеспечивающие:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z102" w:id="95"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z102" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осуществление ремонта и технического обслуживания АТ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z103" w:id="96"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z103" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осуществление модификаций и изменений конструкции АТ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z104" w:id="97"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z104" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) разработку технической и производственной документации технологических и пооперационных карт.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z105" w:id="98"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z105" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Стандарт организации по процедурам использования, внесения изменений, доведения до исполнителей, учета и хранения эксплуатационной, ремонтной, технологической и производственной документации утверждается первым руководителем организации по ТОиР АТ ГА.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z106" w:id="99"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z106" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. При использовании технологической документации собственной разработки организация по ТОиР АТ ГА согласовывает документацию с организацией разработчиком АТ и (или) изделия.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z107" w:id="100"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z107" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Производственная документация на АТ по договорам на выполнение государственного оборонного заказа подписывается инженерно-техническими специалистами организации по ТОиР АТ ГА.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z108" w:id="101"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z108" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Состав и формы производственной документации на АТ разрабатываются, утверждаются и корректируются организацией по ТОиР АТ ГА, на основании действующей эксплуатационной, ремонтной или технологической документации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z109" w:id="102"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z109" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Производственная документация на АТ организации по ТОиР АТ ГА комплектуется в единый пакет документов под названием:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z110" w:id="103"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z110" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) "Дело ТО" в случае технического обслуживания АТ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z111" w:id="104"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z111" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) "Дело ремонта" в случае ремонта или модификации АТ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z112" w:id="105"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z112" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Производственная документация на техническое обслуживание АТ ("Дело ТО") разрабатывается организацией по ТОиP AT ГА на основе эксплуатационной документации изделия АТ и включает в себя:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z113" w:id="106"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z113" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) наименование и номер изделия АТ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z114" w:id="107"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z114" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) даты выполнения и контроля работ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z115" w:id="108"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z115" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) фамилии и подписи (штампы, личные клейма) исполнителей и контролирующих их лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z116" w:id="109"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z116" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) объем и пооперационное содержание выполненных работ по техническому обслуживанию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z117" w:id="110"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z117" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Производственная документация на ремонт или модификации АТ ("Дело ремонта") разрабатывается организацией по ТОиP AT ГА на основе ремонтной и технологической документации и включает в себя:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z118" w:id="111"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z118" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) наименование и номер АТ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z119" w:id="112"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z119" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) фактические характеристики и параметры деталей, узлов и изделий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z120" w:id="113"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z120" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) даты выполнения и контроля работ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z121" w:id="114"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z121" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) фамилии и подписи (штампы, личные клейма) исполнителей и контролирующих их лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z122" w:id="115"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z122" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) объем и содержание выполненных работ, включая модификации и допущенные отклонения от требований, предусмотренных ремонтной или технологической документацией (листы технических решений, карты разрешений).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z123" w:id="116"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z123" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 5. Требования к инфраструктуре организаций по техническому обслуживанию и ремонту авиационной техники государственной авиации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z124" w:id="117"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z124" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Организация по ТОиР АТ ГА имеет производственные площади, ангары, цеха, складские, служебные, бытовые помещения и изолированные места для отдельного хранения несоответствующей продукции в соответствии с требованиями законодательства Республики Казахстан в сфере архитектурной, строительной и градостроительной деятельности для выполнения запланированных работ по ТОиP AT, средств ТОиР и размещения персонала.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z125" w:id="118"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z125" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. На производственных площадях организации по ТОиР АТ ГА предусматривается:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z126" w:id="119"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z126" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) не допущение загрязнения воздуха рабочей зоны до появления видимого налета пыли на поверхности АТ и его компонента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z127" w:id="120"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z127" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) наличие систем контроля и защиты от пожара, взрыва, токсичных воздействий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z128" w:id="121"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z128" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) наличие необходимыми для выполнения работ источниками энергии и коммуникациями (электроэнергией, сжатым воздухом, теплом, водой, вентиляцией);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z129" w:id="122"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z129" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) исключение влияния избыточного шума на выполнение работ, при нецелесообразности регулирования источника шума персонал обеспечивается персональными средствами защиты от шума;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z130" w:id="123"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z130" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) соответствие размеров, планировок, показателей освещенности, температуры, влажности, чистоты и параметров к эксплуатационной и ремонтной документации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z131" w:id="124"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z131" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. В случае ухудшения условий работы до неприемлемого уровня в части температуры, влажности, тумана, льда, снега, ветра, освещенности, пыли или иных загрязнений воздуха, работы или вид ТОиP AT откладываются на период до восстановления приемлемых условий работ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z132" w:id="125"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z132" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. В организации по ТОиР АТ ГА предусматривается:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z133" w:id="126"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z133" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) изоляция участков сборки изделий от мест, где выполняются любые виды механической обработки с образованием стружки, металлической и абразивной пыли и других загрязнений; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z134" w:id="127"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z134" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) изоляция участков по очистке, промывке, окраске изделий от других рабочих мест;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z135" w:id="128"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z135" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) служебное помещение для осуществления планирования, руководства ТОиP AT, управления качеством, оформления и изучения документации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z136" w:id="129"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z136" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) средства технологического оснащения, необходимые для выполнения запланированных работ, с обеспечением их идентификации и учета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z137" w:id="130"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z137" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) раздельное хранение в складских помещениях кондиционных, не кондиционных материалов, изделий, запасных частей, инструментов и оборудования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z138" w:id="131"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z138" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) информация по порядку использования средств технологического оснащения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z139" w:id="132"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z139" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) информация по осуществлению технического обслуживания, ремонта технологического оборудования и регистрация данных о выполнении этих работ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z140" w:id="133"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z140" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) соблюдение экологических требований, установленных экологическим законодательством Республики Казахстан к качеству энергоносителей, защите от воздействия электромагнитного излучения и другим характеристикам производственной среды, влияющим на качество ТОиР АТ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z141" w:id="134"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z141" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. По обеспечению и контроля промышленной чистоты, норм экологической безопасности и охраны труда в организации по ТОиР АТ ГА создается подразделение.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z142" w:id="135"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z142" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Стандарт организации по учету, идентификации и организации технического обслуживания и ремонта средств технологического оснащения, по маркировке, учету, выдаче, проверке наличия инструментов общего и индивидуального пользования утверждается первым руководителем организации по ТОиР АТ ГА.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z143" w:id="136"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z143" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Если разработчик АТ предписывает в эксплуатационной или ремонтной документации применение конкретного средства технологического оснащения, то организация по ТОиР АТ ГА использует это средство, за исключением, когда в документированной процедуре организации по ТОиP AT установлены процедуры по применению иных (эквивалентных) видов средств технологического оснащения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z144" w:id="137"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z144" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При применении организацией по ТОиР АТ ГА иных (эквивалентных) видов средств технологического оснащения, не предписанных организацией-разработчиком АТ в эксплуатационной или ремонтной документации, эквивалентность средств технологического оснащения подтверждается организацией по ТОиР АТ ГА сравнительным анализом технических и метрологических характеристик средств технологического оснащения. Результаты сравнительного анализа предусматриваются в акте, согласованным военным представительством и (или) уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z145" w:id="138"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z145" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В целях исполнения обязательств, в соответствии с договором на выполнение государственного оборонного заказа допускается, что организация по ТОиР АТ ГА по согласованию с военным представительством изготавливает средства технологического оснащения, эквивалентные предписанным разработчиком AT в эксплуатационной или ремонтной документации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z146" w:id="139"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z146" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 6. Требования к управлению производственным процессом и выпуску продукции организаций по техническому обслуживанию и ремонту авиационной техники государственной авиации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z147" w:id="140"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z147" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Для управления производственным процессом и выпуска продукции в организации по ТОиР АТ ГА предусматривается:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z148" w:id="141"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z148" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) методы валидации (испытаний) и верификации (контроля) необходимые для демонстрации соответствия установленным требованиям договора выполнения государственного оборонного заказа на каждом этапе работ по ТОиР АТ вплоть до окончательной приемки изделия АТ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z149" w:id="142"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z149" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) информация, включающая приемку и сведения о конфигурации АТ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z150" w:id="143"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z150" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) стандарт организации по процедурам технологической подготовки производства, управлению производственным процессом и технического контроля, утвержденный первым руководителем организации по ТОиР АТ ГА;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z151" w:id="144"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z151" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) разработанный план управления конфигурацией АТ, содержащий описание применения процесса управления конфигурацией к работам и процедуры реализации дополнительных требований по управлению конфигурацией;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z152" w:id="145"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z152" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) перечень бюллетеней с помощью которых осуществляется модернизация и доработка АТ в соответствии с договором на выполнение государственного оборонного заказа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z153" w:id="146"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z153" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) стандарт организации по процедурам управления несоответствующей продукцией, утвержденный первым руководителем организации по ТОиР АТ ГА;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z154" w:id="147"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z154" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) порядок идентификации и прослеживаемости, позволяющий определить состояние изделий в процессе операций входного контроля, хранения, изготовления и испытаний продукции. Средствами идентификации и обеспечения прослеживаемости являются: штампы (печати), ярлыки, этикетки (бирки) или поддающиеся проверке средства, сопроводительная, полномерная, техническая и производственная документация;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z155" w:id="148"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z155" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) информация по требованиям к продукции и ее свойствам, которые относятся к критическим характеристикам (ресурс и срок службы, безопасность, показатели эффективности эксплуатации и надежность).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z156" w:id="149"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z156" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Для метрологического обеспечения в организации по ТОиР АТ ГА предусматривается:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z157" w:id="150"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z157" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) оценка и регистрация результатов измерения, в случае если средства измерения не соответствует требованиям международных и национальных стандартов системы обеспечения единства измерений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z158" w:id="151"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z158" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) стандарт организации по ТОиР АТ ГА по процедурам метрологического обеспечения, соответствующий требованиям международного стандарта или идентичному ему национального стандарта, утвержденный первым руководителем организации по ТОиР АТ ГА;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z159" w:id="152"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z159" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) метрологическая служба;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z160" w:id="153"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z160" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) метрологическая экспертиза технологической и конструкторской документации организации по ТОиР АТ ГА;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z161" w:id="154"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z161" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) реестр средств измерений и графики метрологического подтверждения пригодности средств измерений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z162" w:id="155"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z162" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) перечень неисправных средств измерений и средств измерений не прошедших метрологическую проверку, которые изъяты из технологического процесса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z163" w:id="156"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z163" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Средства измерения обеспечиваются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z164" w:id="157"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z164" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) идентификацией средств измерений с целью установления статуса подтверждения пригодности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z165" w:id="158"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z165" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) метрологическим подтверждением пригодности в сроки, установленные в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "Об обеспечении единства измерений";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z166" w:id="159"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z166" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) защитой от повреждений и ухудшения состояния в ходе использования, технического обслуживания и хранения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z167" w:id="160"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z167" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) защитой от регулировок.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z168" w:id="161"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z168" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 7. Требования к верификации продукции сторонних (субподрядных) организаций организациями по техническому обслуживанию и ремонту авиационной техники государственной авиации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z169" w:id="162"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z169" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Для взаимодействия со сторонними (субподрядными) организациями в организации по ТОиР АТ ГА предусматривается:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z170" w:id="163"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z170" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) процедуры по процессам обнаружения, утилизации и предотвращения установки на АТ контрафактного изделия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z171" w:id="164"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z171" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) информацию по поставке от сторонних (субподрядных) организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z172" w:id="165"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z172" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) мониторинг деятельности сторонних (субподрядных) организаций по обеспечению качеством работ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z173" w:id="166"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z173" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) уведомление военного представительства и уполномоченного органа по продукции сторонних (субподрядных) организаций, которая подвергалась ремонту, переделке и была отклонена от приемки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z174" w:id="167"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z174" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) мониторинг по соблюдению сторонними (субподрядными) организациями процедур, необходимых для выполнения требований договора на выполнение государственного оборонного заказа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z175" w:id="168"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z175" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) актуализированный перечень (список) сторонних (субподрядных) организаций, предоставляющих продукции и услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z176" w:id="169"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z176" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Для верификации продукции сторонних (субподрядных) организаций организация по ТОиР АТ ГА включает в себя:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z177" w:id="170"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z177" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) информацию по срокам хранения продукции с ограниченным сроком годности (сроком службы);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z178" w:id="171"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z178" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) информацию по верификации продукции сторонних (субподрядных) организаций и входного контроля, который предусматривает проверку необходимых количественных параметров и проверку соответствия паспортов (сертификаты, формуляры, протоколы испытаний) на материалы (изделия) и программные средства, требованиям заказа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z179" w:id="172"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z179" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) процедуры по обеспечению и сохранению качества продукции при использовании ее в ходе выполнения работ, которая предусматривается складирование и хранение;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z180" w:id="173"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z180" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) уведомление военного представительства об остатке срока годности (срока службы) продукции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z181" w:id="174"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z181" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 8. Требования к неразрушающему контролю в организациях по техническому обслуживанию и ремонту авиационной техники государственной авиации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z182" w:id="175"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z182" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Неразрушающий контроль в организации по ТОиР АТ ГА включает в себя:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z183" w:id="176"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z183" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) процедуры контроля деятельности подразделений неразрушающего контроля;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z184" w:id="177"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z184" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) процедуры выполнения для всех применяемых методов неразрушающего контроля;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z185" w:id="178"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z185" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) технологические инструкции на технологические процессы неразрушающего контроля;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z186" w:id="179"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z186" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) отдельные помещения, лаборатории или специально оборудованные рабочие места для проведения неразрушающего контроля и стандартные образцы, применяемые при вихре токовом, ультразвуковом, акустическом, магнитопорошковом, капиллярном, оптико визуальном методах контроля;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z187" w:id="180"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z187" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) процедуры, регламентирующие применение отраслевых контрольного и рабочего образцов для вихревого тока, ультразвукового, магнитного, капиллярного контроля;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z188" w:id="181"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z188" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) процедуры по оформлению результатов и принятию решения неразрушающего контроля узлов и деталей ремонтируемой авиационной технике, по регистрации результатов контроля в производственно-контрольной документации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z189" w:id="182"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z189" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Оборудование, применяемое при неразрушающем контроле, для гарантии точности измерений должны проходит периодическую метрологическую поверку.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z190" w:id="183"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z190" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Рабочие места выполнения неразрушающего контроля должны быть обеспечены технологической документацией по неразрушающему контролю и оснащены эталонами для настройки оборудования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkEnd w:id="184"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4910,68 +4878,68 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(фамилия, имя, отчество (при наличии)) (подпись)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"____"_________________год</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z193" w:id="184"/>
+    <w:bookmarkStart w:name="z193" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> План – график качества выполнения работ на авиационной технике</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkEnd w:id="185"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -6237,70 +6205,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z194" w:id="185"/>
+    <w:bookmarkStart w:name="z194" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Продолжение таблицы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkEnd w:id="186"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="879"/>
         <w:gridCol w:w="879"/>
         <w:gridCol w:w="879"/>
@@ -8965,68 +8933,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z197" w:id="186"/>
+    <w:bookmarkStart w:name="z197" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Журнал учета осведомленности лиц, задействованных при исполнении договора на выполнение государственного оборонного заказа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkEnd w:id="187"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>