--- v0 (2025-10-02)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="de5c614" w14:textId="de5c614">
+    <w:p w14:paraId="8d3d97b" w14:textId="8d3d97b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -288,243 +288,279 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящий приказ вводится в действие со дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12000"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12000" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Министр индустрии и инфраструктурного развития</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z12" w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министерство финансов</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"____"____________ 2019 года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z13" w:id="9"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министерство национальной экономики</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"____"____________ 2019 года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -890,326 +926,186 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> субсидирования ставки вознаграждения по выдаваемым кредитам банками второго уровня субъектам частного предпринимательства для целей жилищного строительства, утвержденные указанным приказом, изложить в редакции согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему Перечню.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="16"/>
-[...84 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в таблице строку вторую изложить в следующей редакции:</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Утратил силу приказом и.о. Министра промышленности и строительства РК от 15.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "</w:t>
-[...105 lines deleted...]
-      </w:pPr>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Утратил силу приказом Министра индустрии и инфраструктурного развития РК от 04.02.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 44</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ".</w:t>
-[...42 lines deleted...]
-    <w:bookmarkEnd w:id="21"/>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1470,87 +1366,87 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 31 января 2017 года № 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z112" w:id="22"/>
+    <w:bookmarkStart w:name="z112" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила субсидирования ставки вознаграждения по выдаваемым кредитам банками второго уровня субъектам частного предпринимательства для целей жилищного строительства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z113" w:id="23"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z113" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z114" w:id="24"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z114" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие правила субсидирования ставки вознаграждения по выдаваемым кредитам банками второго уровня субъектам частного предпринимательства для целей жилищного строительства (далее – Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1605,2935 +1501,2935 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Предпринимательского кодекса Республики Казахстан от 29 октября 2015 года и определяют порядок субсидирования ставки вознаграждения по выдаваемым кредитам банками второго уровня субъектам частного предпринимательства для целей жилищного строительства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z115" w:id="25"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z115" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Субсидирование ставки вознаграждения по выдаваемым кредитам банками второго уровня субъектам частного предпринимательства для целей жилищного строительства осуществляется в рамках реализации следующих задач Государственной программы жилищного строительства "Нұрлы жер", утвержденной </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 22 июня 2018 года № 372 (далее – Программа):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z116" w:id="26"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z116" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) стимулирование строительства жилья частными застройщиками;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z117" w:id="27"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z117" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) развитие индивидуального жилищного строительства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z118" w:id="28"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z118" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. В настоящих Правилах используются следующие понятия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z119" w:id="29"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z119" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) банки второго уровня – банки Республики Казахстан, имеющие соответствующую лицензию на проведение банковских и иных операций, в том числе банковских заемных операций (далее – БВУ);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z120" w:id="30"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z120" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) график платежей – график платежей по погашению основного долга, суммы вознаграждения, в том числе субсидируемой суммы вознаграждения, являющейся неотъемлемой частью договора банковского займа и договора субсидирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z121" w:id="31"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z121" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) договор субсидирования – типовой договор, утверждаемый финансовым агентом, по условиям которого осуществляются периодические выплаты субсидий для возмещения части ставки вознаграждения по кредиту заемщика;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z122" w:id="32"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z122" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) договор банковского займа – письменное соглашение, заключаемое между БВУ и заемщиком, по условиям которого предоставляется или рефинансируется кредит заемщику;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z123" w:id="33"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z123" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) заемщик – субъект частного предпринимательства (частный застройщик), осуществляющий реализацию проекта за счет собственных средств и субсидируемого кредита; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z124" w:id="34"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z124" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) кредит – сумма денежных средств, предоставляемых БВУ на основании договора банковского займа заемщику для реализации проекта на условиях, определенных Программой и настоящих Правил;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z125" w:id="35"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z125" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) субсидии – средства республиканского бюджета, направляемые через финансового агента на безвозмездной и безвозвратной основе для частичного возмещения расходов по ставке вознаграждения по выдаваемым (рефинансируемым) БВУ кредитам заемщиков;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z126" w:id="36"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z126" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) субсидирование – форма государственной финансовой поддержки заемщика, используемая для частичного возмещения расходов, уплачиваемых заемщиком БВУ в качестве вознаграждения по кредиту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z127" w:id="37"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z127" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) проект – проект строительства жилого дома (жилого здания) с долей коммерческих площадей (при наличии), не превышающих 40% от общей площади, малоэтажного жилья;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z128" w:id="38"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z128" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) уполномоченный орган – центральный государственный орган по делам архитектуры, градостроительства и строительства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z129" w:id="39"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z129" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) финансовый агент – акционерное общество "Фонд развития предпринимательства "Даму".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z130" w:id="40"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z130" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Требования при рассмотрении проектов к кредитованию</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z131" w:id="41"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z131" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Получателем субсидии являются заемщики, осуществляющие за счет кредитов реализацию проектов на условиях, соответствующих Программе и настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z132" w:id="42"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z132" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Субсидированию не подлежат кредиты субъектов частного предпринимательства, учредителями которых являются прямо или косвенно национальные управляющие холдинги, национальные компании, учрежденные в рамках договора о государственно-частном партнерстве (за исключением социально-предпринимательских корпораций), физических лиц, зарегистрированных в качестве индивидуального предпринимателя, некоммерческих организаций, в том числе жилищно-строительных кооперативов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z133" w:id="43"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z133" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Субсидии предоставляются по кредитам заемщиков, осуществляющих свою деятельность в соответствии с общим классификатором видов экономической деятельности согласно настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z134" w:id="44"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z134" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. БВУ выдают займы по ставке вознаграждения, не превышающей уровень базовой ставки Национального Банка Республики Казахстан более чем на 5%, действующей на день принятия решения о субсидировании.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z135" w:id="45"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z135" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Субсидия 7% годовых от ставки вознаграждения по кредитам заемщика возмещается БВУ государством через финансового агента за счет средств республиканского бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z136" w:id="46"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z136" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Несубсидируемую часть ставки вознаграждения по кредиту оплачивает заемщик.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z137" w:id="47"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z137" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Обязательные условия для заемщика:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z138" w:id="48"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z138" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       целевое назначение – финансирование проекта (рефинансирование кредита);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z139" w:id="49"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z139" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       валюта кредита – тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z140" w:id="50"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z140" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       максимальный срок субсидирования до 36 месяцев включительно.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z141" w:id="51"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z141" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если по одному проекту заключается несколько договоров субсидирования, то общий срок субсидирования устанавливается с даты подписания финансовым агентом 1 (первого) договора субсидирования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z142" w:id="52"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z142" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Не допускаются расходы, не связанные непосредственно с финансируемым проектом в рамках настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z143" w:id="53"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z143" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К новым кредитам относятся, ранее выданные БВУ в течение 18 месяцев до рассмотрения финансовым агентом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z144" w:id="54"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z144" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К рефинансированию в рамках субсидирования допускаются ранее выданные БВУ кредиты со сроком 18 месяцев в день обращения в БВУ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z145" w:id="55"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z145" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Целевое расходование кредита допускается на: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z146" w:id="56"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z146" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) оплату строительно-монтажных работ, затрат по управлению проектом, услуг по авторскому и техническому надзору;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z147" w:id="57"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z147" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) оплату иных расходов, связанных с реализацией проекта, в том числе расходы по рекламе, содержанию управленческого персонала, коммунальным и телекоммуникационным услугам, арендные платежи, расходы на изготовление технических паспортов по контролю качества, лабораторные испытания, налоги и другие обязательные платежи в бюджет, обязательные пенсионные взносы и обязательные профессиональные пенсионные взносы, взносы на обязательное социальное медицинское страхование в Фонд социального медицинского страхования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z148" w:id="58"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z148" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. К субсидированию допускаются кредиты на реализацию пилотных проектов в рамках задачи Программы "Развитие индивидуального жилищного строительства", с учетом условий пункта 5 настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z149" w:id="59"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z149" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. БВУ не взимают какие-либо комиссии, сборы и (или) иные платежи, связанные с получением или обслуживанием займов, заключением договора субсидирования, за исключением:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z150" w:id="60"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z150" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       случаев, связанных с изменением условий кредитования, договора банковского займа, договора субсидирования, инициируемым заемщиком;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z151" w:id="61"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z151" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       комиссий, сборов и (или) иных платежей, взимаемых по причине нарушения заемщиком обязательств по займу, договору субсидирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z152" w:id="62"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z152" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       случаев, связанных с проведением независимой оценки предмета залога (обеспечения), страхования предмета залога (обеспечения), регистрацией договора залога и снятием обременения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z153" w:id="63"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z153" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Субсидированию не подлежат ранее полученные заемщиком кредиты на строительство жилья, по которым удешевлена ставка вознаграждения в рамках государственных мер поддержки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z154" w:id="64"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z154" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок предоставления субсидии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z155" w:id="65"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z155" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 1. Порядок рассмотрения предоставления субсидии заемщику</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z156" w:id="66"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z156" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Заемщик обращается в БВУ с заявлением на предоставление или рефинансирование кредита (по форме, утвержденной внутренними документами БВУ) для реализации проекта на условиях соответствующих Программе и настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z157" w:id="67"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z157" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. БВУ проводят оценку финансово-экономической эффективности проекта в соответствии с внутренними документами БВУ. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z158" w:id="68"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z158" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При положительной оценке БВУ направляет заемщику в течение 3 (трех) рабочих дней письменный ответ о готовности кредитовать проект и необходимости предоставления решения финансового агента о субсидировании кредита.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z159" w:id="69"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z159" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Заемщик обращается к финансовому агенту с заявлением-анкетой на получение субсидии по форме согласно приложению 1 к настоящим Правилам (далее – заявление - анкета) с приложением следующих документов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z160" w:id="70"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z160" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) описание реализуемого проекта (формируется в произвольной форме с приложением разрешительной документации на строительство проекта, бизнес-плана);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z161" w:id="71"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z161" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) заключение комплексной вневедомственной экспертизы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z162" w:id="72"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z162" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) информация по объекту (презентации, рекламные материалы, планировка квартир, площадь и количество квартир), в том числе в электронном виде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z163" w:id="73"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z163" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) письмо БВУ с положительным решением о возможности предоставления (рефинансирования) кредита для реализации проекта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z164" w:id="74"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z164" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Финансовый агент со дня получения документов в течение 7 (семи) рабочих дней рассматривает проект заемщика на предмет соответствия требованиям настоящих Правил, и принимает положительное либо отрицательное решение.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z165" w:id="75"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z165" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. При наличии замечаний пакет документов возвращается заемщику в течение 3 (трех) рабочих дней с даты получения документов для доработки с указанием конкретных недостатков. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z166" w:id="76"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z166" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Основаниями для отказа при рассмотрении проекта являются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z167" w:id="77"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z167" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) представление недостоверных данных (сведений);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z168" w:id="78"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z168" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) представление неполного пакета документов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z169" w:id="79"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z169" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) несоответствие требованиям настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z170" w:id="80"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z170" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Финансовый агент в течение 3 (трех) рабочих дней с даты принятия решения направляет заемщику и БВУ протокол (выписку из протокола) о принятом решении. В случае принятия решения о невозможности субсидирования кредита указывается причина отклонения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z171" w:id="81"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z171" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Финансовый агент при необходимости запрашивает у заемщика дополнительные сведения и документы, необходимые для более полного анализа проекта и принятия решения. В данном случае документы заемщика возвращаются и подлежат повторному рассмотрению в установленном порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z172" w:id="82"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z172" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Срок действия решения финансового агента не превышает 6 (шести) месяцев с даты принятия решения. Финансовый агент доводит до БВУ утвержденную типовую форму субсидирования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z173" w:id="83"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z173" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. БВУ на основании полученного решения финансового агента заключает с заемщиком и финансовым агентом договор субсидирования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z174" w:id="84"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z174" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Договор субсидирования подписывается:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z175" w:id="85"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z175" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) БВУ с заемщиком в течение 10 (десяти) рабочих дней со дня получения протокола (выписки из протокола) от финансового агента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z176" w:id="86"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z176" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) финансовым агентом в течение 5 (пяти) рабочих дней после получения договора субсидирования от БВУ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z177" w:id="87"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z177" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дополнительные соглашения к договорам субсидирования, а также договора субсидирования, направленные финансовым агентом на доработку, заключаются в сроки, предусмотренные данным пунктом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z178" w:id="88"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z178" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Договор субсидирования вступает в силу со дня подписания его заемщиком, БВУ и финансовым агентом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z179" w:id="89"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z179" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом в договоре субсидирования указывается начало срока субсидирования не более чем за 30 (тридцать) календарных дней до даты подписания договора субсидирования финансовым агентом, но не ранее даты решения финансового агента.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z180" w:id="90"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z180" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. В случае несвоевременного заключения договора субсидирования в сроки, установленные в подпункте 1) пункта 25 настоящих Правил, БВУ в течение 2 (двух) рабочих дней уведомляет финансового агента официальным письмом с разъяснением причин задержки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z181" w:id="91"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z181" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Финансовый агент отказывает в подписании договора субсидирования при несоответствии:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z182" w:id="92"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z182" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) утвержденной типовой форме;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z183" w:id="93"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z183" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) договора банковского займа условиям Программы и настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z184" w:id="94"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z184" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       О наличии указанных несоответствий финансовый агент в письменной форме, не позднее срока, предусмотренного подпунктом 2) пункта 25 настоящих Правил, уведомляет БВУ для устранения замечаний.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z185" w:id="95"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z185" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Дата выплаты вознаграждения по кредиту определяется БВУ по согласованию с заемщиком. В случае, если начисление вознаграждения по кредиту начинается со дня, следующего за днем подписания договора субсидирования заемщиком, БВУ, в период субсидирования не включается день подписания договора субсидирования заемщиком, БВУ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z186" w:id="96"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z186" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Финансовый агент после подписания договора субсидирования выплачивает субсидии согласно графику платежей. При этом, субсидии выплачиваются при наличии средств от уполномоченного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z187" w:id="97"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z187" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 2. Порядок перечисления субсидий</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z188" w:id="98"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z188" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Выплата субсидий на погашение части ставки вознаграждения по выдаваемым БВУ кредитам заемщикам осуществляется за счет средств республиканского бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z189" w:id="99"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z189" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       32. Перечисление средств финансовому агенту осуществляется уполномоченным органом в соответствии с индивидуальным планом финансирования и договором на специальный счет финансового агента, открытый в Национальном Банке Республики Казахстан. При этом первый платеж перечисляется финансовому агенту в размере 50% от суммы средств, предусмотренных в соответствующем финансовом году. Последующие платежи осуществляются по заявкам финансового агента по потребности. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z190" w:id="100"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z190" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Поступившие средства для субсидирования со специального счета Национального Банка Республики Казахстан перечисляются единым траншем на операторский текущий счет финансового агента открытого в одном из БВУ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z191" w:id="101"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z191" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Финансовый агент перечисляет субсидии с операторского текущего счета на соответствующие текущие счета финансового агента открытые в БВУ. При этом не допускается взимание БВУ с данного текущего счета комиссии за ведение счета (списание, зачисление, возврат, возмещение сумм субсидий).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z192" w:id="102"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z192" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Финансовый агент с учетом графика платежей заемщиков ежемесячно перечисляет авансовыми платежами субсидии на текущий счет в БВУ, уведомляя БВУ по электронной почте путем направления копии распоряжения о перечислении средств с указанием заемщиков, региона, суммы субсидий и периода, за который осуществлена выплата (далее - распоряжение).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z193" w:id="103"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z193" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Финансовый агент обеспечивает возврат с текущего счета на операторский счет средств субсидий по прекращенным и приостановленным к субсидированию кредитам, а также по которым произведено частичное полное и досрочное погашение, для перенаправления на субсидирование действующих и новых одобренных к субсидированию проектов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z194" w:id="104"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z194" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Неиспользованный остаток средств субсидий на операторском текущем счете финансового агента в текущем финансовом году используется в следующем финансовом году по принятым заявлениям заемщиков за отчетный финансовый год.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z195" w:id="105"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z195" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Допускается в случае начисления БВУ вознаграждения по размещенным средствам на операторском текущем счете финансового агента использование полученного вознаграждения для реализации финансовым агентом собственных программ по финансовой поддержки предпринимателей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z196" w:id="106"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z196" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 3. Условия списания БВУ субсидий с текущего счета финансового агента</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z197" w:id="107"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z197" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. БВУ списывает субсидии с текущего счета финансового агента по каждому заемщику в соответствии с распоряжением полученным от финансового агента при условии полного погашения заемщиком суммы основного долга и несубсидируемой части ставки вознаграждения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z198" w:id="108"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z198" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. В случае частичного либо полного досрочного погашения основного долга заемщиком БВУ уведомляет финансового агента в течение 7 (семи) рабочих дней с последующим представлением дополнительного соглашения к договору субсидирования с измененным графиком платежей и копии дополнительного соглашения к договору банковского займа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z199" w:id="109"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z199" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. БВУ не списывает субсидии с текущего счета финансового агента до погашения задолженности заемщиком суммы основного долга и несубсидируемой части ставки вознаграждения в следующих случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z200" w:id="110"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z200" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) неисполнения заемщиком обязательств согласно графику платежей в течение 30 (тридцати) календарных дней;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z201" w:id="111"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z201" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) неисполнения заемщиком в течение 3 (трех) месяцев подряд обязательств согласно графику платежей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z202" w:id="112"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z202" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) проведения процедуры по реструктуризации обязательств заемщика.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z203" w:id="113"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z203" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БВУ в течение 2 (двух) рабочих дней уведомляет в письменной форме по указанным случаям финансового агента в случае отсутствия электронного канала обмена информацией с финансовым агентом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z204" w:id="114"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z204" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. В случаях предусмотренных подпунктами 1) и 3) пункта 41 настоящих Правил финансовый агент временно не перечисляет последующие субсидии до получения от БВУ соответствующего уведомления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z205" w:id="115"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z205" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. БВУ уплачивает финансовому агенту штрафные санкции в размере 100 (ста) месячных расчетных показателей по истечении 30 (тридцати) календарных дней в случае несвоевременного уведомления в срок, предусмотренный пунктами 40 и 41 настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z206" w:id="116"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z206" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 4. Порядок субсидирования заемщика при внесении изменений к договору банковского займа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z207" w:id="117"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z207" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44. В случае, если меняются условия (ставка вознаграждения, льготный период, предоставление отсрочки по оплате платежей, перевод долга, реструктуризация обязательств) действующего договора банковского займа заемщика, БВУ уведомляет финансового агента с приложением соответствующих документов, который в течение 5 (пяти) рабочих дней рассматривает данный вопрос коллегиально на заседании финансового агента.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z208" w:id="118"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z208" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По итогам рассмотрения принимается решение о возможности (невозможности) внесения изменений в действующий договор банковского займа заемщика и направляется копия решения в БВУ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z209" w:id="119"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z209" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45. По иным изменениям условий действующего договора банковского займа заемщика, БВУ уведомляет финансового агента, который в течение 7 (семи) рабочих дней согласовывает или отказывает в согласовании вносимых изменений в действующий договор банковского займа заемщика и уведомляет в письменной форме БВУ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z210" w:id="120"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z210" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46. В соответствии с условиями договора банковского займа (дополнительного соглашения к нему) заемщика финансовый агент осуществляет перечисление субсидий, по которому БВУ предоставлен льготный период (отсрочка) по выплате несубсидируемой части ставки вознаграждения и (или) погашению основного долга. При этом срок льготного периода (отсрочки) указывается в решении финансового агента.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z211" w:id="121"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z211" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 5. Порядок приостановления, прекращения и возобновления субсидирования</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z212" w:id="122"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z212" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47. Финансовый агент приостанавливает субсидирование заемщика в следующих случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z213" w:id="123"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z213" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) нецелевого использования кредита, по которому осуществляется субсидирование;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z214" w:id="124"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z214" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) несоответствия проекта и (или) заемщика условиям Программы и настоящих Правил;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z215" w:id="125"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z215" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) неисполнения заемщиком в течение 3 (трех) месяцев подряд обязательств по оплате платежей перед БВУ согласно графику платежей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z216" w:id="126"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z216" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) ареста денег, находящихся на банковском счете заемщика.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z217" w:id="127"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z217" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48. В целях выявления случая, предусмотренного подпунктом 1) пункта 47 настоящих Правил, БВУ проводит мониторинг целевого использования кредита заемщиком, с выездом на место и составлением отчета, в порядке, установленном внутренними документами БВУ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z218" w:id="128"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z218" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае наличия отставаний от утвержденного заемщиком плана производства строительно-монтажных работ свыше 3 (трех) месяцев БВУ уведомляет финансового агента в течение 3 (трех) рабочих дней для приостановления субсидирования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z219" w:id="129"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z219" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49. Финансовый агент в течение 5 (пяти) рабочих дней со дня принятия решения о приостановлении выплаты субсидий письменно уведомляет БВУ и заемщика с указанием причин приостановления субсидирования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z220" w:id="130"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z220" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50. Финансовый агент после установления фактов, указанных в пункте 47 настоящих Правил в течение 5 (пяти) рабочих дней принимает решение о прекращении либо возобновлении субсидирования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z221" w:id="131"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z221" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В решении указывается основание о прекращении (возобновлении) субсидирования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z222" w:id="132"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z222" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Прекращение или возобновление субсидирования осуществляется с даты приостановления субсидирования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z223" w:id="133"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z223" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       51. Финансовый агент в установленном порядке принимает решение о возобновлении субсидирования при условии устранения заемщиком причин, явившихся основанием для приостановления субсидирования. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z224" w:id="134"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z224" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       52. Протокол (выписку из протокола) о принятом решении финансовый агент оформляет в течение 2 (двух) рабочих дней с даты проведения заседания и в течение 1 (одного) рабочего дня направляет их копии БВУ и заемщику.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z225" w:id="135"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z225" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53. Допускается возобновление субсидирования по кредиту заемщика при устранении причин приостановления по случаям, предусмотренных в подпунктах 2), 3) и 4) пункта 47 настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z226" w:id="136"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z226" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае выявления фактов нецелевого использования заемщиком кредитных средств, БВУ в судебном порядке принимает меры по возмещению заемщиком выплаченных субсидий по заключенному договору субсидирования в рамках настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z227" w:id="137"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z227" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Взысканные суммы субсидий подлежат возврату на операторский счет финансового агента.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z228" w:id="138"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z228" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       54. Финансовый агент по принятому решению о возобновлении субсидирования производит выплату субсидий, не оплаченных за период приостановления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z229" w:id="139"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z229" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае приостановления субсидирования по основанию указанному в подпункте 3) пункта 47 настоящих Правил, возобновление выплаты субсидий осуществляется с момента возникновения просрочки по кредиту.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z230" w:id="140"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z230" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Возобновлению не подлежат кредиты, по которым имеется решение финансового агента о прекращении субсидирования заемщика.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z231" w:id="141"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z231" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55. При принятии решения о полном прекращении субсидирования заемщика, финансовый агент в одностороннем порядке расторгает договор субсидирования в соответствии с действующим законодательством Республики Казахстан и условиями договора с уведомлением заемщика о расторжении.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z232" w:id="142"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z232" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       56. Основанием для прекращения субсидирования является:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z233" w:id="143"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z233" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) полное погашение заемщиком кредита по договору банковского займа. При этом, датой прекращения субсидирования признается дата погашения займа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z234" w:id="144"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z234" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) решение о прекращении субсидирования заемщика;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z235" w:id="145"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z235" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) расторжение договора субсидирования по инициативе заемщика.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z236" w:id="146"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z236" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Порядок осуществления финансовым агентом субсидирования и мониторинга</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z237" w:id="147"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z237" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       57. Финансовый агент осуществляет:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z238" w:id="148"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z238" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ежемесячный мониторинг платежной дисциплины заемщика на основании данных, предоставляемых БВУ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z239" w:id="149"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z239" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) регулярный учет полученных и выплаченных субсидий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z240" w:id="150"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z240" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) мониторинг целевого использования кредита заемщиком;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z241" w:id="151"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z241" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) мониторинг соответствия заемщика (проекта заемщика) условиям Программы и настоящих Правил;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z242" w:id="152"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z242" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) установление порядка, срока мониторинга, форм отчетности, в случаях предусмотренных подпунктами 1-4) настоящего пункта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z243" w:id="153"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z243" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       58. БВУ ежемесячно до 10-го числа месяца, следующего за отчетным месяцем, направляют финансовому агенту, отчет о субсидировании по форме согласно приложению 2 к настоящим Правилам. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z244" w:id="154"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z244" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Финансовый агент осуществляет проверку расчета вознаграждения и оплаченных средств БВУ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z245" w:id="155"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z245" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       59. Финансовый агент направляет уполномоченному органу ежемесячно:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z246" w:id="156"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z246" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) до 25 (двадцать пятого) числа месяца, следующего за отчетным месяцем, отчет о субсидировании по форме согласно приложению 3 к настоящим Правилам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z247" w:id="157"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z247" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) до 15 (пятнадцатого) числа месяца, следующего за отчетным месяцем, сводные сведения о реализуемых проектах в разрезе заемщиков по форме согласно приложению 4 к настоящим Правилам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z248" w:id="158"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z248" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) отчет по принятым обязательствам и прогнозному остатку средств для субсидирования по форме согласно приложению 5 к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z249" w:id="159"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z249" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       60. Финансовый агент ежемесячно направляет ЖССБК, местным исполнительным органам областей, городов Нур-Султан, Алматы и Шымкент сведения о реализуемых проектах согласно приложению 4 к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z250" w:id="160"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z250" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       61. БВУ в случае прекращения субсидирования, частичного или полного досрочного погашения основного долга по кредиту заемщика, проведения процедуры реструктуризации обязательств заемщика БВУ в течение 7 (семи) рабочих дней представляет акт сверки взаиморасчетов финансовому агенту.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z251" w:id="161"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z251" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом, в акте сверки указываются суммы и даты фактического списания и перечисления субсидий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z252" w:id="162"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z252" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       После подписания акта сверки взаиморасчҰтов финансовый агент и БВУ производят действия по его исполнению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z253" w:id="163"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z253" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       62. Финансовый агент запрашивает у БВУ (при необходимости и у заемщика) необходимые документы и информацию, относящиеся к предмету мониторинга, в том числе составляющую банковскую и налоговую тайну, при этом БВУ обязан предоставить запрашиваемую финансовым агентом информацию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z254" w:id="164"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z254" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       63. Мониторинг целевого использования кредита заемщиком осуществляется на основании данных, предоставляемых БВУ и заемщиком, и с выездом на место реализации проекта, по итогам выезда формируется отчет о мониторинге, который визируется БВУ, заемщиком и финансовым агентом, при этом порядок, периодичность и сроки мониторинга, а также формы отчетности устанавливаются финансовым агентом. Организация выезда на место реализации проекта осуществляется за счет заемщика.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z255" w:id="165"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z255" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       64. Не мониторятся кредиты, которые на дату проведения мониторинга погашены либо по которым прекращено субсидирование на основании решения финансового агента.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z256" w:id="166"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z256" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       65. По проектам заемщиков, находящихся на стадии строительства, оформления правоустанавливающих документов, запуска проекта и иных объективных причин финансовый агент предоставляет дополнительный срок, для устранения замечания исходя из особенностей проекта заемщика. В случае значительного отклонения по проекту финансовый агент принимает решение на предмет целесообразности дальнейшего субсидирования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z257" w:id="167"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z257" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       66. Финансовый агент по выявленным случаям нарушений приостанавливает субсидирование по проекту заемщика согласно параграфу 5 главы 3 настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z258" w:id="168"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z258" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       67. Услуги финансового агента по субсидированию оплачиваются за счет средств республиканского бюджета. Оплата комиссии финансовому агенту за оказание услуг, осуществляется на основании заключенного между уполномоченным органом и финансовым агентом договором на оказание услуг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkEnd w:id="162"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4729,6552 +4625,6058 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z261" w:id="169"/>
+    <w:bookmarkStart w:name="z261" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Куда: Акционерное общество "Фонд развития предпринимательства "Даму" </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>____________________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>от кого __________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z262" w:id="170"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z262" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ЗАЯВЛЕНИЕ-АНКЕТА </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>на получение субсидии № __________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z263" w:id="171"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z263" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В соответствии с Государственной программой жилищного строительства "Нұрлы жер", прошу инициировать вынесение вопроса о субсидировании кредита для реализации проекта ________________________________________ согласно нижеследующего:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z264" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Сведения об участнике</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование СЧП</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Данные об учредителе (-ях)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Юридический адрес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Фактический адрес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Почтовый адрес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дата, номер государственной регистрации/ перерегистрации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Виды деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Курирующее ведомство, холдинг или материнская компания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Опыт работы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z265" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Руководство</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z266" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Первый руководитель</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Фамилия, имя, отчество (при его наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Должность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Телефон рабочий/домашний</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Год и место рождения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ документа, удостоверяющего личность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Место жительства (фактическое)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прописка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Опыт работы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z267" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Главный бухгалтер (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Фамилия, имя, отчество (при его наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Телефон рабочий/домашний</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Год и место рождения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ документа, удостоверяющего личность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Место жительства (фактическое)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прописка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Опыт работы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z268" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Контактное лицо</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Фамилия, имя, отчество (при его наличии), должность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Телефон рабочий/домашний</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z269" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Собственники</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z264" w:id="172"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 1. Сведения об участнике</w:t>
+    <w:bookmarkStart w:name="z270" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (учредитель, участники, для товарищества с ограниченной ответственностью - соучредители, владеющие 1 % и более процентов акций).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="172"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="11261"/>
-        <w:gridCol w:w="1039"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11261" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование СЧП</w:t>
-[...28 lines deleted...]
-            </w:r>
+Наименование/ Фамилия, имя, отчество (при его наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Реквизиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11261" w:type="dxa"/>
-[...629 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z265" w:id="173"/>
+    <w:bookmarkStart w:name="z271" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2. Руководство</w:t>
+        <w:t xml:space="preserve"> 4. Информация о текущей деятельности</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z266" w:id="174"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="174"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="11492"/>
-        <w:gridCol w:w="808"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11492" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Фамилия, имя, отчество (при его наличии)</w:t>
-[...39 lines deleted...]
-            </w:r>
+Отрасль (согласно общему классификатору видов экономической деятельности)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11492" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Должность</w:t>
-[...39 lines deleted...]
-            </w:r>
+Подотрасль (согласно общему классификатору видов экономической деятельности)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11492" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Телефон рабочий/домашний</w:t>
-[...39 lines deleted...]
-            </w:r>
+Виды продукции и услуг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11492" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Год и место рождения</w:t>
-[...39 lines deleted...]
-            </w:r>
+Годовой оборот</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11492" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№ документа, удостоверяющего личность</w:t>
-[...39 lines deleted...]
-            </w:r>
+Прибыль или убыток на последнюю отчетную дату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11492" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Место жительства (фактическое)</w:t>
-[...39 lines deleted...]
-            </w:r>
+Фактическая численность работников</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11492" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Прописка</w:t>
-[...39 lines deleted...]
-            </w:r>
+Наименование проекта (краткое описание)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11492" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Опыт работы</w:t>
-[...28 lines deleted...]
-            </w:r>
+Место реализации проекта (область, город)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-            </w:r>
+Количество рабочих мест</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z267" w:id="175"/>
+    <w:bookmarkStart w:name="z272" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Информация о банковских счетах</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z273" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Главный бухгалтер (при наличии)</w:t>
+      Банковские реквизиты (указать все текущие и сберегательные счета во всех обслуживающих банках): _____________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z274" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. История</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z275" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Указываются все займы, использовавшиеся в процессе работы СЧП, как погашенные, так и непогашенные в настоящее время.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="11492"/>
-        <w:gridCol w:w="808"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11492" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Фамилия, имя, отчество (при его наличии)</w:t>
-[...28 lines deleted...]
-            </w:r>
+Кредитор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+Сумма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дата выдачи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Условия погашения вознаграждения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Условия погашения основного долга</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Срок погашения по ДБЗ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дата фактического погашения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11492" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Телефон рабочий/домашний</w:t>
-[...39 lines deleted...]
-            </w:r>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11492" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Год и место рождения</w:t>
-[...359 lines deleted...]
-            </w:r>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z268" w:id="176"/>
+    <w:bookmarkStart w:name="z276" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. Информация о действующих кредитах</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z277" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Контактное лицо</w:t>
-[...489 lines deleted...]
-        <w:t xml:space="preserve"> 4. Информация о текущей деятельности</w:t>
+      Дата и курс валюты: _______________/_______________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="179"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="11419"/>
-        <w:gridCol w:w="881"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11419" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Отрасль (согласно общему классификатору видов экономической деятельности)</w:t>
-[...28 lines deleted...]
-            </w:r>
+пп/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+Наименование кредитора</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Реквизиты ДБЗ (№, дата)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ставка вознаграждения, %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Валюта кредита</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма кредита</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остаток задолженности по основному долгу, на указанную дату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дата окончания срока кредита</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Цель креди та (краткое описание)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11419" w:type="dxa"/>
-[...69 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11419" w:type="dxa"/>
-[...549 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z272" w:id="180"/>
+    <w:bookmarkStart w:name="z278" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 5. Информация о банковских счетах</w:t>
+        <w:t xml:space="preserve"> 8. Информация об участии в других государственных программах и применяемых в отношении СЧП мерах государственной поддержки</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z273" w:id="181"/>
-[...56 lines deleted...]
-    <w:bookmarkEnd w:id="183"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1829"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1831"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1829" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кредитор</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="812" w:type="dxa"/>
+п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1321" w:type="dxa"/>
+Наименование ГП /МГП</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Дата выдачи</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1830" w:type="dxa"/>
+Наименование ГИР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Условия погашения вознаграждения</w:t>
-[...107 lines deleted...]
-Дата фактического погашения</w:t>
+Дополнительная информация</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1829" w:type="dxa"/>
-[...539 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z276" w:id="184"/>
+    <w:bookmarkStart w:name="z279" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 7. Информация о действующих кредитах</w:t>
+        <w:t xml:space="preserve"> 9. Гарантии и согласия</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z280" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      СЧП заявляет и гарантирует финансовому агенту следующее:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z281" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Все данные, информация и документация, переданные (предоставленные) или предоставляемые финансовому агенту совместно с настоящим заявлением, либо по запросу финансового агента, являются достоверными и полностью соответствуют действительности на нижеуказанную дату, в случае изменения указанных данных незамедлительно уведомить финансового агента.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z282" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Предоставлять и раскрывать по первому требованию финансового агента любую информацию, содержащие банковскую и коммерческую тайну, затребованные в рамках рассмотрения настоящего заявления.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z277" w:id="185"/>
+    <w:bookmarkStart w:name="z283" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Дата и курс валюты: _______________/_______________</w:t>
+      3. СЧП предупрежден об ответственности за предоставление ложных, неполных и (или) недостоверных сведений, предусмотренной законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z284" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. СЧП подтверждает, что уставная компетенция СЧП, позволяет подавать настоящее заявление лицу, которое подписывает настоящее заявление.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z285" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Согласен с тем, что в случае выявления недостоверности указанных данных и информации, настоящее заявление может быть отклонено на любом этапе, когда будут выявлены сведения, подтверждающие недостоверность указанных данных.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z286" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      СЧП настоящим предоставляет финансовому агенту согласие с тем, что:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z287" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Финансовый агент предоставляет указанные в настоящем заявлении сведения, информацию и предоставленные СЧП документы государственным органам (финансовым агентам), с целью проверки и рассмотрения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z288" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Все сведения, содержащиеся в настоящем заявлении, а также все затребованные финансовым агентом документы предоставлены исключительно для субсидирования в рамках Программы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z289" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Финансовый агент оставляет за собой возможность проверки любой сообщаемой СЧП о себе информации, а документы, предоставленные СЧП, и оригинал заявления будут храниться у финансового агента, даже если субсидирование не будет предоставлено.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z290" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Принятие финансовым агентом данного заявления к рассмотрению, а также возможные расходы СЧП (на оформление необходимых для получения субсидирования документов, и другие расходы) не является обязательством финансового агента предоставить субсидирование или возместить понесенные СЧП издержки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z291" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Подтверждаю, что с порядком рассмотрения вопроса о субсидировании ознакомлен и согласен, в последующем претензий к финансовому агенту иметь не буду.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z292" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10. Приложения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z293" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Фамилия, имя, отчество (при его наличии) _________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z294" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+                                                 (подпись) </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z295" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Дата </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="680"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="2067"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="680" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-пп/п</w:t>
-[...287 lines deleted...]
-Цель креди та (краткое описание)</w:t>
+Примечание: расшифровка аббревиатур:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="680" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+СЧП</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...272 lines deleted...]
-</w:t>
+Субъект частного предпринимательства</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="680" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+ГИР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...460 lines deleted...]
-Дополнительная информация</w:t>
+Государственные институты развития</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2646" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+ГП</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...474 lines deleted...]
-Примечание: расшифровка аббревиатур:</w:t>
+Государственная программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3774" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-СЧП</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="8526" w:type="dxa"/>
+МГП</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Субъект частного предпринимательства</w:t>
+Меры государственной поддержки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3774" w:type="dxa"/>
-[...230 lines deleted...]
-            <w:tcW w:w="3774" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ДБЗ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8526" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11492,764 +10894,731 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z298" w:id="204"/>
+    <w:bookmarkStart w:name="z298" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z299" w:id="205"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z299" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (полное наименование БВУ)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z300" w:id="206"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z300" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Отчет о субсидировании</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>за период с _____________ по ____________ года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkEnd w:id="200"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1539"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1541"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1539" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование БВУ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование региона</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование заемщика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6140" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IBAN код*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 БИН</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1539" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6140" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1539" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2948"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="895"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2948" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12278,51 +11647,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата договора банковского займа (дополнительного соглашения)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1993" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12393,51 +11762,51 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер договора субсидирования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2948" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12466,51 +11835,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1993" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12581,1270 +11950,1161 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2948" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...55 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2948" w:type="dxa"/>
-[...306 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2105"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3114"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2105" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата договора субсидирования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2865" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Суммы субсидий перечисленные финансовым агентом за период</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2111" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Суммы субсидий списанные за период</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2105" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество дней просроченной задолженности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3114" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Детализация целевого использования кредита (транша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2105" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2865" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2111" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2105" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3114" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2105" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z301" w:id="207"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z301" w:id="201"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Должностное лицо __________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                         (Фамилия, имя, отчество (при его наличии) (подпись)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Ответственный работник __________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                               (Фамилия, имя, отчество (при его наличии)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z302" w:id="202"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание:* - уникальный код идентификации договора субсидирования,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>генерируемый банковской системой БВУ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -14040,1814 +13300,1696 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z305" w:id="209"/>
+    <w:bookmarkStart w:name="z305" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Отчет о субсидировании </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>за период с ____________ по _____________ года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkEnd w:id="203"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1894"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2804"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1894" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование БВУ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2499" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование региона</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование заемщика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3105" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер договора банковского займа (дополнительного соглашения )</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата договора банковского займа (дополнительного соглашения)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1894" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2499" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3105" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1894" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1894" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма кредита (транша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2499" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ставка вознаграждения по кредиту (траншу)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Размер субсидируемой ставки вознаграждения по кредиту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3105" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер договора субсидирования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата договора субсидирования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1894" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2499" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3105" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1894" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1894" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Всего предусмотрено субсидий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2499" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Всего перечислено субсидий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из них за отчетный месяц</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3105" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Возвращенная сумма субсидий по приостановленным/ прекращенным субсидиям</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2804" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1894" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2499" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1998" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3105" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2804" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1894" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -16047,81 +15189,82 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z308" w:id="210"/>
+    <w:bookmarkStart w:name="z308" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сведения о проектах на " ___" ___________ _______ года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkEnd w:id="204"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
@@ -16552,319 +15695,278 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1113"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="2044"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1113" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -16986,908 +16088,852 @@
               <w:t>
 Количество реализованных квартир</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1114" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 коммерческая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1114" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 площадь квартир</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 плановый</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 фактический</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч квадратных метров</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 всего</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2044" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 в том числе по фиксированной цене</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1113" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1114" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1114" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2044" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1113" w:type="dxa"/>
-[...306 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -18087,80 +17133,80 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z311" w:id="211"/>
+    <w:bookmarkStart w:name="z311" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Отчет по принятым обязательствам и прогнозному остатку</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>средств для субсидирования на " ___" ___________ _______ года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkEnd w:id="205"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -18213,1014 +17259,960 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1436"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1778"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1436" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1777" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остаток на начало периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2163" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступило средств на текущий год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3756" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Суммы возвратов с БВУ по приостановленным/ прекращенным субсидиям</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1390" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перечислено</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1778" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остаток на конец периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1436" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1777" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2163" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3756" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1390" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1778" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1436" w:type="dxa"/>
-[...228 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4981"/>
-        <w:gridCol w:w="7319"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4981" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остаток принятых обязательств за весь период субсидирования без выплаченных субсидий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7319" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прогнозный остаток средств для субсидирования (графы 6-7)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4981" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7319" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4981" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
@@ -19251,55 +18243,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -19625,31 +18617,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>