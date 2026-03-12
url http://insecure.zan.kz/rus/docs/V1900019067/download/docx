--- v0 (2025-11-14)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f98998a" w14:textId="f98998a">
+    <w:p w14:paraId="914a2ba" w14:textId="914a2ba">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2115,54 +2115,136 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) земельный участок – земельный участок, находящийся на территории СЭЗ или ИЗ ______________________________________;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:bookmarkStart w:name="z39" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      6) арендатор – юридическое лицо, создаваемое или определяемое в соответствии с Законом и Законом Республики Казахстан "Об инновационном кластере "Парк инновационных технологий" для обеспечения функционирования специальной экономической зоны, или юридическое лицо, создаваемое или определяемое соответствии с Законом для обеспечения функционикрования индустриальной зоны. </w:t>
+      6) арендатор – юридическое лицо, создаваемое или определяемое в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для обеспечения функционирования специальной экономической зоны, или юридическое лицо, создаваемое или определяемое соответствии с Законом для обеспечения функционирования индустриальной зоны.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 с изменением, внесенным приказом Министра промышленности и строительства РК от 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z40" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Права и обязанности сторон</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:bookmarkStart w:name="z41" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -4594,51 +4676,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) субарендодатель – юридическое лицо, создаваемое или определяемое в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республики Казахстан от 3 апреля 2019 года "О специальных экономических и индустриальных зонах" (далее - Закон) и Законом Республики Казахстан "Об инновационном кластере "Парк инновационных технологий" для обеспечения функционирования специальной экономической зоны, или юридическое лицо, создаваемое или определяемое соответствии с Законом для обеспечения функционирования индустриальной зоны;</w:t>
+        <w:t xml:space="preserve"> Республики Казахстан "О специальных экономических и индустриальных зонах" (далее - Закон) для обеспечения функционирования специальной экономической зоны, или юридическое лицо, создаваемое или определяемое соответствии с Законом для обеспечения функционирования индустриальной зоны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="108"/>
     <w:bookmarkStart w:name="z116" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) договор субаренды – договор временного возмездного землепользования (аренды) земельными участками, находящимися в государственной собственности, на которых создается СЭЗ или ИЗ, заключенный между субарендодателем и субарендатором в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -4698,50 +4780,112 @@
         <w:t>
       5) земельный участок – земельный участок, находящийся на территории СЭЗ или ИЗ ______________________________________;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="110"/>
     <w:bookmarkStart w:name="z118" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) субарендатор – участник специальной экономической или индустриальной зоны, а также лица, осуществляющие вспомогательные или непрофильные виды деятельности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 с изменением, внесенным приказом Министра промышленности и строительства РК от 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z119" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Права и обязанности сторон</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
     <w:bookmarkStart w:name="z120" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -7133,71 +7277,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) арендатор - юридическое лицо, создаваемое или определяемое в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "О специальных экономических и индустриальных зонах" (далее - Закон) и </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Республики Казахстан "Об инновационном кластере "Парк инновационных технологий" для обеспечения функционирования специальной экономической зоны, или юридическое лицо, создаваемое или определяемое соответствии с Законом для обеспечения функционирования индустриальной зоны;</w:t>
+        <w:t xml:space="preserve"> "О специальных экономических и индустриальных зонах" (далее - Закон) для обеспечения функционирования специальной экономической зоны, или юридическое лицо, создаваемое или определяемое соответствии с Законом для обеспечения функционирования индустриальной зоны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="209"/>
     <w:bookmarkStart w:name="z215" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) арендодатель - физическое или юридическое лицо, являющееся собственником земельного участка, находящегося в пределах границ СЭЗ или ИЗ;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="210"/>
     <w:bookmarkStart w:name="z216" w:id="211"/>
     <w:p>
@@ -7252,55 +7376,117 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) земельный участок - земельный участок, находящийся на территории СЭЗ или ИЗ ______________;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="212"/>
     <w:bookmarkStart w:name="z218" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      6) уполномоченный орган - центральный исполнительный орган, осуществляющий государственное регулирование в сфере создания, функционирования и упразднения специальных экономических и индустриальных зон. </w:t>
+        <w:t>
+      6) уполномоченный орган - центральный исполнительный орган, осуществляющий государственное регулирование в сфере создания, функционирования и упразднения специальных экономических и индустриальных зон.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 с изменением, внесенным приказом Министра промышленности и строительства РК от 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z219" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Права и обязанности сторон</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="214"/>
     <w:bookmarkStart w:name="z220" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -9682,71 +9868,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) субарендодатель - юридическое лицо, создаваемое или определяемое в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республики Казахстан "О специальных экономических и индустриальных зонах" (далее - Закон) и </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Республики Казахстан "Об инновационном кластере "Парк инновационных технологий" для обеспечения функционирования специальной экономической зоны, или юридическое лицо, создаваемое или определяемое в соответствии Законом для обеспечения функционирования индустриальной зоны (далее – СЭЗ или ИЗ);</w:t>
+        <w:t xml:space="preserve"> Республики Казахстан "О специальных экономических и индустриальных зонах" (далее - Закон) для обеспечения функционирования специальной экономической зоны, или юридическое лицо, создаваемое или определяемое в соответствии с Законом для обеспечения функционирования индустриальной зоны (далее – СЭЗ или ИЗ);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="314"/>
     <w:bookmarkStart w:name="z320" w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) земельный участок - земельный участок, находящийся на территории специальной экономической зоны или индустриальной зоны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="315"/>
     <w:bookmarkStart w:name="z321" w:id="316"/>
     <w:p>
@@ -9846,50 +10012,112 @@
         <w:t>
       8) лицо, осуществляющее непрофильные виды деятельности, - лицо, включенное в единый реестр лиц, осуществляющих непрофильные виды деятельности, и осуществляющее такую деятельность на территории специальной экономической зоны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="319"/>
     <w:bookmarkStart w:name="z834" w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) договор об осуществлении непрофильной деятельности - договор, заключаемый между лицом, осуществляющим непрофильные виды деятельности, или несколькими лицами, осуществляющими непрофильные виды деятельности, и управляющей компанией специальной экономической зоны, устанавливающий условия осуществления деятельности на территории специальной экономической зоны, права, обязанности и ответственность сторон.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="320"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 с изменением, внесенным приказом Министра промышленности и строительства РК от 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z323" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Права и обязанности сторон</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="321"/>
     <w:bookmarkStart w:name="z324" w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -12234,91 +12462,71 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) специальный правовой режим СЭЗ – совокупность условий функционирования специальной экономической зоны, для участников специальной экономической зоны в соответствии с Законом, налоговым, таможенным, земельным законодательством Республики Казахстан, а также законодательством Республики Казахстан о занятости населения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="412"/>
     <w:bookmarkStart w:name="z416" w:id="413"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3) Управляющая компания СЭЗ – юридическое лицо, создаваемое или определяемое в соответствии с </w:t>
+      3) управляющая компания СЭЗ – юридическое лицо, создаваемое или определяемое в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> и </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Республики Казахстан "Об инновационном кластере "Парк инновационных технологий" для обеспечения функционирования специальной экономической зоны;</w:t>
+        <w:t xml:space="preserve"> для обеспечения функционирования специальной экономической зоны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="413"/>
     <w:bookmarkStart w:name="z417" w:id="414"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) участник СЭЗ - юридическое лицо, осуществляющее на территории специальной экономической зоны приоритетные виды деятельности и включенное в единый реестр участников специальных экономических зон.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="414"/>
     <w:bookmarkStart w:name="z418" w:id="415"/>
     <w:p>
@@ -12533,55 +12741,117 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="424"/>
     <w:bookmarkStart w:name="z428" w:id="425"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      12) уполномоченный орган – центральный исполнительный орган, осуществляющий государственное регулирование в сфере создания, функционирования и упразднения специальных экономических и индустриальных зон. </w:t>
+        <w:t>
+      12) уполномоченный орган – центральный исполнительный орган, осуществляющий государственное регулирование в сфере создания, функционирования и упразднения специальных экономических и индустриальных зон.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="425"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 с изменением, внесенным приказом Министра промышленности и строительства РК от 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z429" w:id="426"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Срок Договора</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="426"/>
     <w:bookmarkStart w:name="z430" w:id="427"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -20476,170 +20746,212 @@
         </w:rPr>
         <w:t xml:space="preserve"> 2. Основные понятия</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="719"/>
     <w:bookmarkStart w:name="z721" w:id="720"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В настоящем Договоре используются следующие понятия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="720"/>
-    <w:bookmarkStart w:name="z722" w:id="721"/>
-[...15 lines deleted...]
-      уполномоченный орган – центральный исполнительный орган, осуществляющий государственное регулирование в сфере создания, функционирования и упразднения специальных экономических и индустриальных зон или коллегиальный исполнительный орган, возглавляемый акимом области, города республиканского значения и столицы, района (города областного значения), осуществляющий в пределах своей компетенции местное государственное управление и самоуправление на соответствующей территории;</w:t>
+    <w:bookmarkStart w:name="z957" w:id="721"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) уполномоченный орган – центральный исполнительный орган, осуществляющий государственное регулирование в сфере создания, функционирования и упразднения специальных экономических и индустриальных зон или коллегиальный исполнительный орган, возглавляемый акимом области, города республиканского значения и столицы, района (города областного значения), осуществляющий в пределах своей компетенции местное государственное управление и самоуправление на соответствующей территории;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="721"/>
-    <w:bookmarkStart w:name="z723" w:id="722"/>
+    <w:bookmarkStart w:name="z958" w:id="722"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      управляющая компания специальной экономической зоны – юридическое лицо, создаваемое или определяемое в соответствии с </w:t>
+      2) управляющая компания специальной экономической зоны – юридическое лицо, создаваемое или определяемое в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республики Казахстан "О специальных экономических и индустриальных зонах" (далее - Закон) и </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Республики Казахстан "Об инновационном кластере "Парк инновационных технологий" для обеспечения функционирования специальной экономической зоны;</w:t>
+        <w:t xml:space="preserve"> Республики Казахстан "О специальных экономических и индустриальных зонах" (далее - Закон) для обеспечения функционирования специальной экономической зоны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="722"/>
-    <w:bookmarkStart w:name="z724" w:id="723"/>
-[...15 lines deleted...]
-      управляющая компания индустриальной зоны – юридическое лицо, создаваемое или определяемое в соответствии с Законом для обеспечения функционирования индустриальной зоны</w:t>
+    <w:bookmarkStart w:name="z959" w:id="723"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) управляющая компания индустриальной зоны – юридическое лицо, создаваемое или определяемое в соответствии с Законом для обеспечения функционирования индустриальной зоны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="723"/>
-    <w:bookmarkStart w:name="z725" w:id="724"/>
-[...15 lines deleted...]
-      договор по надлежащему исполнению функций управляющих компаний специальных экономических зон, индустриальных зон республиканского и регионального значений – договор, заключаемый между уполномоченным органом (местным исполнительным органом) и управляющей компанией специальной экономической зоны или индустриальной зоны республиканского значения (регионального значения), в рамках которой, последняя принимает на себя обязательства по надлежащему исполнению функций управляющей компании специальной экономической зоны или индустриальной зоны республиканского значения (регионального значения) и достижению ключевых показателей.</w:t>
+    <w:bookmarkStart w:name="z960" w:id="724"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) договор по надлежащему исполнению функций управляющих компаний специальных экономических зон, индустриальных зон республиканского и регионального значений – договор, заключаемый между уполномоченным органом (местным исполнительным органом) и управляющей компанией специальной экономической зоны или индустриальной зоны республиканского значения (регионального значения), в рамках которой, последняя принимает на себя обязательства по надлежащему исполнению функций управляющей компании специальной экономической зоны или индустриальной зоны республиканского значения (регионального значения) и достижению ключевых показателей.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="724"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 в редакции - приказа Министра промышленности и строительства РК от 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z726" w:id="725"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Права и обязанности сторон</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="725"/>
     <w:bookmarkStart w:name="z727" w:id="726"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -25511,142 +25823,105 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>2) Управляющая компания СЭЗ – юридическое лицо, создаваемое или определяемое</w:t>
+        <w:t>2) управляющая компания СЭЗ – юридическое лицо, создаваемое или определяемое</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> и </w:t>
-[...53 lines deleted...]
-        <w:t>специальной экономической зоны;</w:t>
+        <w:t xml:space="preserve"> для обеспечения функционирования специальной</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>экономической зоны;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3) Лицо, осуществляющее непрофильные виды деятельности - лицо, включенное</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -25960,50 +26235,112 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>государственное регулирование в сфере создания, функционирования и упразднения</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>специальных экономических и индустриальных зон.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 с изменением, внесенным приказом Министра промышленности и строительства РК от 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z849" w:id="814"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Срок Договора</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="814"/>
     <w:bookmarkStart w:name="z850" w:id="815"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -34615,55 +34952,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>