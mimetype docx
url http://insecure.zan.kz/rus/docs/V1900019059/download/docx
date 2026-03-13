--- v0 (2025-11-07)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="62a7575" w14:textId="62a7575">
+    <w:p w14:paraId="1aea30c" w14:textId="1aea30c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -308,150 +308,173 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Министр индустрии</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>и инфраструктурного развития</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -730,508 +753,566 @@
         <w:t>
       1) специальная экономическая зона – часть территории Республики Казахстан с точно обозначенными границами, на которой действует специальный правовой режим специальной экономической зоны для осуществления приоритетных видов деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) участник специальной экономической зоны – юридическое лицо, осуществляющее на территории специальной экономической зоны приоритетные виды деятельности и включенное в единый реестр участников специальных экономических зон;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z20" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) управляющая компания специальной экономической зоны – юридическое лицо, создаваемое или определяемое в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республики Казахстан от 3 апреля 2019 года "О специальных экономических и индустриальных зонах" и </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Республики Казахстан "Об инновационном кластере "Парк инновационных технологий" для обеспечения функционирования специальной экономической зоны;</w:t>
+        <w:t xml:space="preserve"> Республики Казахстан "О специальных экономических и индустриальных зонах" для обеспечения функционирования специальной экономической зоны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z21" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Единый координационный центр – юридическое лицо, осуществляющее координацию деятельности специальных экономических и индустриальных зон.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z21" w:id="15"/>
-[...15 lines deleted...]
-      4) Единый координационный центр – юридическое лицо, осуществляющее координацию деятельности специальных экономических и индустриальных зон.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 с изменением, внесенным приказом Министра промышленности и строительства РК от 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок выдачи свидетельства, удостоверяющего регистрацию лица в качестве участника специальной экономической зоны</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z22" w:id="16"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Глава 2. Порядок выдачи свидетельства, удостоверяющего регистрацию лица в качестве участника специальной экономической зоны</w:t>
+    <w:bookmarkStart w:name="z23" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Управляющая компания специальной экономической зоны не позднее следующего рабочего дня с момента заключения договора об осуществлении деятельности направляет в единый координационный центр и органы государственных доходов копию договора об осуществлении деятельности и размещает информацию о заключении договора об осуществлении деятельности на интернет-ресурсе единого координационного центра.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z23" w:id="17"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:bookmarkStart w:name="z24" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Единый координационный центр в течение пяти рабочих дней после получения копии договора об осуществлении деятельности вносит сведения о заявителе в единый реестр участников специальных экономических зон и выдает свидетельство, удостоверяющее регистрацию лица в качестве участника специальной экономической зоны. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z25" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Свидетельство, удостоверяющее регистрацию лица в качестве участника специальной экономической зоны, оформляется единым координационным центром на государственном и русском языках, по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z26" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. В случаях утраты или повреждения подлинника (свидетельства, удостоверяющее регистрацию лица в качестве участника специальной экономической зоны) восстановление производится путем выдачи единым координационным центром дубликата свидетельства, удостоверяющее регистрацию лица в качестве участника специальной экономической зоны.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z26" w:id="20"/>
-[...15 lines deleted...]
-      6. В случаях утраты или повреждения подлинника (свидетельства, удостоверяющее регистрацию лица в качестве участника специальной экономической зоны) восстановление производится путем выдачи единым координационным центром дубликата свидетельства, удостоверяющее регистрацию лица в качестве участника специальной экономической зоны.</w:t>
+    <w:bookmarkStart w:name="z27" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Выдача единым координационным центром дубликата свидетельства, удостоверяющее регистрацию лица в качестве участника специальной экономической зоны подтверждает аннулирование подлинника свидетельства, удостоверяющее регистрацию лица в качестве участника специальной экономической зоны.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z27" w:id="21"/>
-[...15 lines deleted...]
-      7. Выдача единым координационным центром дубликата свидетельства, удостоверяющее регистрацию лица в качестве участника специальной экономической зоны подтверждает аннулирование подлинника свидетельства, удостоверяющее регистрацию лица в качестве участника специальной экономической зоны.</w:t>
+    <w:bookmarkStart w:name="z28" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Дубликат свидетельства, удостоверяющее регистрацию лица в качестве участника специальной экономической зоны выдается только участнику специальной экономической зоны или его уполномоченному представителю.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z28" w:id="22"/>
-[...15 lines deleted...]
-      8. Дубликат свидетельства, удостоверяющее регистрацию лица в качестве участника специальной экономической зоны выдается только участнику специальной экономической зоны или его уполномоченному представителю.</w:t>
+    <w:bookmarkStart w:name="z29" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Для получения дубликата свидетельства, удостоверяющее регистрацию лица в качестве участника специальной экономической зоны, единому координационному центру предоставляются следующие документы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z29" w:id="23"/>
-[...15 lines deleted...]
-      9. Для получения дубликата свидетельства, удостоверяющее регистрацию лица в качестве участника специальной экономической зоны, единому координационному центру предоставляются следующие документы:</w:t>
+    <w:bookmarkStart w:name="z30" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) заявление для получения дубликата свидетельства, удостоверяющее регистрацию лица в качестве участника специальной экономической зоны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z30" w:id="24"/>
-[...15 lines deleted...]
-      1) заявление для получения дубликата свидетельства, удостоверяющее регистрацию лица в качестве участника специальной экономической зоны;</w:t>
+    <w:bookmarkStart w:name="z31" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) копию договора об осуществлении деятельности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z31" w:id="25"/>
-[...15 lines deleted...]
-      2) копию договора об осуществлении деятельности.</w:t>
+    <w:bookmarkStart w:name="z32" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Участнику специальной экономической зоны может быть выдано новое свидетельство при изменении:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z32" w:id="26"/>
-[...15 lines deleted...]
-      10. Участнику специальной экономической зоны может быть выдано новое свидетельство при изменении:</w:t>
+    <w:bookmarkStart w:name="z33" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) наименования специальной экономической зоны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z33" w:id="27"/>
-[...15 lines deleted...]
-      1) наименования специальной экономической зоны;</w:t>
+    <w:bookmarkStart w:name="z34" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наименования участника специальной экономической зоны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z34" w:id="28"/>
-[...15 lines deleted...]
-      2) наименования участника специальной экономической зоны;</w:t>
+    <w:bookmarkStart w:name="z35" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) местонахождения участника специальной экономической зоны.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z35" w:id="29"/>
-[...15 lines deleted...]
-      3) местонахождения участника специальной экономической зоны.</w:t>
+    <w:bookmarkStart w:name="z36" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При выдаче дубликата или нового свидетельства, удостоверяющее регистрацию лица в качестве участника специальной экономической зоны регистрационный номер и дата внесения в единый реестр участников специальных экономических зон сведений о регистрации лица в качестве участника специальной экономической зоны не изменяются.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z36" w:id="30"/>
-[...15 lines deleted...]
-      При выдаче дубликата или нового свидетельства, удостоверяющее регистрацию лица в качестве участника специальной экономической зоны регистрационный номер и дата внесения в единый реестр участников специальных экономических зон сведений о регистрации лица в качестве участника специальной экономической зоны не изменяются.</w:t>
+    <w:bookmarkStart w:name="z37" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Выданные свидетельство, удостоверяющее регистрацию лица в качестве участника специальной экономической зоны возвращаются участниками специальных экономических зон и соответствующее сведение вносится в единый реестр участников специальных экономических зон:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z37" w:id="31"/>
-[...15 lines deleted...]
-      11. Выданные свидетельство, удостоверяющее регистрацию лица в качестве участника специальной экономической зоны возвращаются участниками специальных экономических зон и соответствующее сведение вносится в единый реестр участников специальных экономических зон:</w:t>
+    <w:bookmarkStart w:name="z38" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) при упразднении специальной экономической зоны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z38" w:id="32"/>
-[...15 lines deleted...]
-      1) при упразднении специальной экономической зоны;</w:t>
+    <w:bookmarkStart w:name="z39" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) по истечении срока или досрочном расторжении договора об осуществлении деятельности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z39" w:id="33"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="33"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1388,386 +1469,394 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z42" w:id="34"/>
+    <w:bookmarkStart w:name="z42" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                    ___________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                         (наименование единого координационного центра)</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z43" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                      СВИДЕТЕЛЬСТВО</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> удостоверяющее регистрацию лица в качестве участника специальной экономической зоны</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z43" w:id="35"/>
+    <w:bookmarkStart w:name="z44" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                      СВИДЕТЕЛЬСТВО</w:t>
+        <w:t xml:space="preserve">                                _________________________________</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> удостоверяющее регистрацию лица в качестве участника специальной экономической зоны</w:t>
+        <w:t xml:space="preserve">                                     (регистрационный номер)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z44" w:id="36"/>
+    <w:bookmarkStart w:name="z45" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                _________________________________</w:t>
+        <w:t xml:space="preserve">                                      "__" _____ 20____года</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                     (регистрационный номер)</w:t>
+        <w:t xml:space="preserve">             (дата внесения в реестр сведений о регистрации лица в качестве участника</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               специальной экономической зоны)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   "__" _____ 20____года (дата выдачи свидетельства)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   _______________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (наименование специальной экономической зоны)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   ________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (наименование участника специальной экономической зоны)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   ________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (местонахождение участника специальной экономической зоны)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z45" w:id="37"/>
-[...131 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z46" w:id="37"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Руководитель ответственного подразделения </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">____________________________________             ___________________ </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(фамилия, имя, отчество при его наличии)             (подпись)</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z47" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № _________</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z47" w:id="39"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>