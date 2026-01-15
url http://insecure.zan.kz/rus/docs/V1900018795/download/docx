--- v0 (2025-10-11)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="320b6bf" w14:textId="320b6bf">
+    <w:p w14:paraId="a6efda3" w14:textId="a6efda3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -160,110 +160,140 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с подпунктом 5) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>статьи 7-1</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> Закона Республики Казахстан "Об информатизации" </w:t>
+        <w:t xml:space="preserve">статьи 7-1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Закона Республики Казахстан "Об информатизации" и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 52)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 15 Положения о Министерстве искусственного интеллекта и цифрового развития Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 9 октября 2025 года № 846, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ПРИКАЗЫВАЮ:</w:t>
+        <w:t>ПРИКАЗЫВАЮ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции приказа Министра цифрового развития, инноваций и аэрокосмической промышленности РК от 30.04.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 257/НҚ</w:t>
+        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции приказа Заместителя Премьер-Министра – Министра искусственного интеллекта и цифрового развития РК от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 602/НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1160,64 +1190,126 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящая Методика проведения испытаний объектов информатизации "электронного правительства" и критически важных объектов информационно-коммуникационной инфраструктуры на соответствие требованиям информационной безопасности (далее – Методика) разработана в соответствии с подпунктом 5) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>статьи 7-1</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> Закона Республики Казахстан "Об информатизации".</w:t>
+        <w:t xml:space="preserve">статьи 7-1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закона Республики Казахстан "Об информатизации" и подпунктом 52) пункта 15 Положения о Министерстве искусственного интеллекта и цифрового развития Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 9 октября 2025 года № 846.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции приказа Заместителя Премьер-Министра – Министра искусственного интеллекта и цифрового развития РК от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 602/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z873" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В настоящей Методике используются следующие основные понятия и сокращения:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z874" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1668,74 +1760,136 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Анализ исходных кодов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:bookmarkStart w:name="z897" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Анализ исходных кодов объектов испытаний проводится с целью выявления уязвимостей ПО.</w:t>
+      4. Анализ исходных кодов объектов испытаний проводится с целью выявления уязвимостей ПО в соответствии с международными классификациями уязвимостей (Common Weakness Enumeration, Open Web Application Security Project Top 10, Open Web Application Security Project Mobile Top 10, Open Web Application Security Project Application Programming Interface Top 10), международными базами данных уязвимостей (Common Vulnerabilities and Exposures, National Institute of Standards and Technology ) и стандартом Республики Казахстан 15408-3 "Информационные технологии. Методы и средства обеспечения безопасности. Критерии оценки безопасности информационных технологий. Часть 3. Требования к обеспечению защиты".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z898" w:id="41"/>
+    <w:bookmarkStart w:name="z1799" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Анализ исходных кодов объектов испытаний, собственником (владельцем) и (или) заказчиком которых является государственный орган проводится с целью выявления НДВ и уязвимостей ПО.</w:t>
+      Анализ исходных кодов объектов испытаний, собственником (владельцем) и (или) заказчиком которых является государственный орган проводится с целью выявления НДВ и уязвимостей ПО в соответствии с международными классификациями (Common Weakness Enumeration, Open Web Application Security Project Top 10, Open Web Application Security Project Mobile Top 10, Open Web Application Security Project Application Programming Interface Top 10), международными базами данных уязвимостей (Common Vulnerabilities and Exposures, National Institute of Standards and Technology) и стандартом Республики Казахстан 15408-3 "Информационные технологии. Методы и средства обеспечения безопасности. Критерии оценки безопасности информационных технологий. Часть 3. Требования к обеспечению защиты".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 - в редакции приказа Заместителя Премьер-Министра – Министра искусственного интеллекта и цифрового развития РК от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 602/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z899" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Анализ исходных кодов проводится для ПО, перечисленного в таблицах подпункта 11) и подпункта 12) пункта 5 анкеты-вопросника о характеристиках объекта испытаний </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -1768,74 +1922,136 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Если при проведении испытания выявится необходимость проведения повторного анализа исходных кодов до окончания срока испытания, заявитель обращается с запросом к поставщику и заключается дополнительное соглашение о проведении повторного анализа исходных кодов в соответствии с пунктом 26 Правил.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
     <w:bookmarkStart w:name="z901" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Выявление недостатков ПО проводится с использованием программного средства, предназначенного для анализа исходного кода, на основании исходных кодов, предоставленных заявителем.</w:t>
+      7. Выявление уязвимостей ПО проводится с использованием программного средства, предназначенного для анализа исходного кода, на основании исходных кодов, предоставленных заявителем.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z902" w:id="45"/>
+    <w:bookmarkStart w:name="z1800" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Выявление недостатков ПО объектов испытаний, собственником (владельцем) и (или) заказчиком которых является государственный орган проводится ручным методом анализа исходного кода и с использованием программного средства, предназначенного для анализа исходного кода, на основании исходных кодов, предоставленных заявителем.</w:t>
+      Выявление уязвимостей ПО объектам испытаний, собственником (владельцем) и (или) заказчиком которых является государственный орган проводится ручным методом анализа исходного кода и с использованием программного средства, предназначенного для анализа исходного кода, на основании исходных кодов, предоставленных заявителем.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 - в редакции приказа Заместителя Премьер-Министра – Министра искусственного интеллекта и цифрового развития РК от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 602/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z903" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Выявление НДВ ПО объектов испытаний, собственником (владельцем) и (или) заказчиком которых является государственный орган проводится ручным методом анализа исходного кода с детальным просмотром исходного кода и проведением поиска бэкдоров в библиотеках с открытым исходным кодом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
     <w:bookmarkStart w:name="z904" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2072,111 +2288,111 @@
         <w:t>
       1) анализ технической документации на объект испытания, в том числе технического задания на создание (развитие) объекта информатизации, в части сведений о его назначении, области применения, применяемых методах, классе решаемых задач, ограничениях при применении, минимальной конфигурации технических средств, среде функционирования и порядке работы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
     <w:bookmarkStart w:name="z916" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) проведение анализа исходного кода ручным методом объекта испытания:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z917" w:id="60"/>
+    <w:bookmarkStart w:name="z1801" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       изучение модульной и логической структуры ПО, а также отдельных модулей и сравнения этих структур с приведенными в технической документации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z918" w:id="61"/>
+    <w:bookmarkStart w:name="z1802" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       изучение маршрута выполнения функциональных объектов и проверка обрабатывающих данных;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z919" w:id="62"/>
+    <w:bookmarkStart w:name="z1803" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      контроль полноты и отсутствия избыточности исходных текстов на уровне функциональных объектов;</w:t>
+      контроль полноты и отсутствия избыточности исходных кодов на уровне функциональных объектов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z920" w:id="63"/>
+    <w:bookmarkStart w:name="z1804" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       фиксирование НДВ с помощью снимка экрана для последующего предоставления в отчете результатов выявления НДВ;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
     <w:bookmarkStart w:name="z921" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2212,50 +2428,112 @@
         <w:t>
       4) проведение поиска бэкдоров в библиотеках с открытым исходным кодом, в том числе с помощью автоматизированного анализатора;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
     <w:bookmarkStart w:name="z923" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) формирование отчета, включающего в себя описание уязвимостей с приведением идентификатора из международных баз данных уязвимостей.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 11 с изменением, внесенным приказом Заместителя Премьер-Министра – Министра искусственного интеллекта и цифрового развития РК от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 602/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z924" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Объем работ по анализу исходного кода определяется размером исходного кода.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
     <w:bookmarkStart w:name="z925" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2348,1924 +2626,2026 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) государственной технической службой, размещается в электронном виде в личном кабинете заявителя на интернет-портале SYNAQ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
     <w:bookmarkStart w:name="z929" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14. По окончанию анализа исходных кодов, при условии его положительного результата, исходные коды объекта испытаний маркируются и сдаются в опечатанном виде на ответственное хранение в архив поставщика.</w:t>
+      14. По окончанию анализа исходных кодов:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z930" w:id="73"/>
+    <w:bookmarkStart w:name="z1805" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15. Поставщик обеспечивает сохранение полученных исходных кодов с соблюдением их конфиденциальности сроком не менее трех лет после завершения испытаний.</w:t>
+      1) исходные коды объекта испытаний (за исключением объектов информатизации, собственником (владельцем) и (или) заказчиком которых является государственный орган) маркируются и сдаются в опечатанном виде на ответственное хранение в архиве аккредитованной испытательной лаборатории;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z931" w:id="74"/>
+    <w:bookmarkStart w:name="z1806" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) исходные коды объекта испытаний (объекта информатизации, собственников (владельцем) и (или) заказчиком которых является государственный орган) получают уникальный идентификационный номер и хранятся в интернет-портале SYNAQ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Глава 3. Испытание функций информационной безопасности</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 14 - в редакции приказа Заместителя Премьер-Министра – Министра искусственного интеллекта и цифрового развития РК от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 602/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z932" w:id="75"/>
+    <w:bookmarkStart w:name="z930" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16. Оценка функций объектов информатизации на соответствие требованиям информационной безопасности (далее – испытание функций информационной безопасности) осуществляется с целью оценки их соответствия требованиям технической документации, нормативных правовых актов Республики Казахстан и действующих на территории Республики Казахстан стандартов в сфере информационной безопасности.</w:t>
+      15. Поставщик обеспечивает сохранение полученных исходных кодов с соблюдением их конфиденциальности сроком не менее трех лет после завершения испытаний.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z933" w:id="76"/>
+    <w:bookmarkStart w:name="z931" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Испытание функций информационной безопасности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z932" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      17. Испытание функций информационной безопасности включает:</w:t>
+      16. Оценка функций объектов информатизации на соответствие требованиям информационной безопасности (далее – испытание функций информационной безопасности) осуществляется с целью оценки их соответствия требованиям технической документации, нормативных правовых актов Республики Казахстан и действующих на территории Республики Казахстан стандартов в сфере информационной безопасности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z934" w:id="77"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z933" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) оценку соответствия функций безопасности требованиям технической документации, нормативных правовых актов Республики Казахстан и действующих на территории Республики Казахстан стандартов в сфере информационной безопасности, в том числе с применением программных средств (при необходимости);</w:t>
+      17. Испытание функций информационной безопасности включает:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z935" w:id="78"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z934" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      2) ручное тестирование на проникновение объектов испытаний, собственником (владельцем) и (или) заказчиком которых является государственный орган; </w:t>
+        <w:t>
+      1) оценку соответствия функций безопасности требованиям технической документации, нормативных правовых актов Республики Казахстан и действующих на территории Республики Казахстан стандартов в сфере информационной безопасности, в том числе с применением программных средств (при необходимости);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z936" w:id="79"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z935" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      3) сканирование программным обеспечением на наличие обновлений и анализ конфигурации;</w:t>
+        <w:t xml:space="preserve">
+      2) ручное тестирование на проникновение объектов испытаний, собственником (владельцем) и (или) заказчиком которых является государственный орган; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z937" w:id="80"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z936" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) фиксацию результатов испытания в отчете с указанием результатов наблюдения, оценки соответствия или несоответствия и рекомендации по исправлению выявленных несоответствий (при необходимости).</w:t>
+      3) сканирование программным обеспечением на наличие обновлений и анализ конфигурации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z938" w:id="81"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z937" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> к Методике.</w:t>
+        <w:t>
+      4) фиксацию результатов испытания в отчете с указанием результатов наблюдения, оценки соответствия или несоответствия и рекомендации по исправлению выявленных несоответствий (при необходимости).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z939" w:id="82"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z938" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      19. Испытание функций информационной безопасности проводятся в разрезе серверов, виртуальных ресурсов и сред виртуализации, перечисленных в таблицах подпункта 1) и подпункта 4) пункта 5 анкеты-вопросника о характеристиках объекта испытаний </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> к Правилам.</w:t>
+      18. Перечень функций информационной безопасности приведен в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложении 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, перечень функций ручного тестирования приведен в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложении 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Методике.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z940" w:id="83"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z939" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      20. Ручное тестирование на проникновение объектов испытаний, собственником (владельцем) и (или) заказчиком которых является государственный орган включает:</w:t>
+        <w:t xml:space="preserve">
+      19. Испытание функций информационной безопасности проводятся в разрезе серверов, виртуальных ресурсов и сред виртуализации, перечисленных в таблицах подпункта 1) и подпункта 4) пункта 5 анкеты-вопросника о характеристиках объекта испытаний </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложения 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z941" w:id="84"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z940" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) выявление уязвимостей в объекте испытаний;</w:t>
+      20. Ручное тестирование на проникновение объектов испытаний, собственником (владельцем) и (или) заказчиком которых является государственный орган включает:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z942" w:id="85"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z941" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) формирование рекомендаций по устранению выявленных уязвимостей.</w:t>
+      1) выявление уязвимостей в объекте испытаний;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z943" w:id="86"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z942" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      21. Результаты испытаний функций информационной безопасности фиксируются ответственным исполнителем данного вида работ поставщика в протоколе испытаний функций информационной безопасности (произвольная форма) с приложением копии анкеты-вопросника о характеристиках объекта испытаний.</w:t>
+      2) формирование рекомендаций по устранению выявленных уязвимостей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z944" w:id="87"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z943" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Протокол испытаний функций информационной безопасности с приложениями и отчетом, выдаваемый:</w:t>
+      21. Результаты испытаний функций информационной безопасности фиксируются ответственным исполнителем данного вида работ поставщика в протоколе испытаний функций информационной безопасности (произвольная форма) с приложением копии анкеты-вопросника о характеристиках объекта испытаний.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z945" w:id="88"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z944" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) аккредитованной лабораторией, прошивается со сквозной нумерацией страниц и опечатывается печатью (при наличии);</w:t>
+      Протокол испытаний функций информационной безопасности с приложениями и отчетом, выдаваемый:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z946" w:id="89"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z945" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      1) аккредитованной лабораторией, прошивается со сквозной нумерацией страниц и опечатывается печатью (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z946" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       2) государственной технической службой, размещается в электронном виде в личном кабинете заявителя на интернет-портале SYNAQ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z947" w:id="90"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z947" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Нагрузочное испытание</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z948" w:id="91"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z948" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Нагрузочное испытание проводится с целью оценки соблюдения доступности, целостности и конфиденциальности объекта испытаний.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z949" w:id="92"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z949" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Нагрузочное испытание проводится с использованием специализированного программного средства на основании автоматических сценариев, в среде штатной эксплуатации объекта испытаний, в которой персональные данные заменены на фиктивные.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z950" w:id="93"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z950" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. Параметры нагрузочного испытания предоставляются заявителем таблицах подпункта 9) и подпункта 10) пункта 5 анкеты-вопросника о характеристиках объекта испытаний </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложения 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z951" w:id="94"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z951" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При проведении нагрузочного испытания выявляется параметры фактической нагрузочной способности объекта испытаний.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z952" w:id="95"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z952" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Нагрузочное испытание осуществляется в следующем порядке:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z953" w:id="96"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z953" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) проводится подготовка к испытанию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z954" w:id="97"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z954" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) проводится испытание;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z955" w:id="98"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z955" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) фиксируются результаты испытания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z956" w:id="99"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z956" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Подготовка к испытанию включает:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z957" w:id="100"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z957" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) определение сценария испытания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z958" w:id="101"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z958" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) определение временных и количественных характеристик испытания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z959" w:id="102"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z959" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) согласование времени проведения испытания c заказчиком.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z960" w:id="103"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z960" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Проведение испытания включает:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z961" w:id="104"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z961" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) настройка конфигурации и сценария испытания в специализированное программное средство;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z962" w:id="105"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z962" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) запуск специализированного программного средства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z963" w:id="106"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z963" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) регистрация нагрузки на объект испытаний;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z964" w:id="107"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z964" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) формирование и выдача отчета нагрузочного испытания с указанием рекомендаций по увеличению или снижению реальной пропускной способности объекта испытаний.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z965" w:id="108"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z965" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       28. Работы по проведению нагрузочного тестирования проводятся для одного объекта испытаний по количеству вариантов точек подключений пользователей и вариантов точек подключения интеграционного взаимодействия объекта испытаний, указанных в таблицах подпункта 9) и подпункта 10) пункта 5 анкеты-вопросника о характеристиках объекта испытаний </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложения 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z966" w:id="109"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z966" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Результаты нагрузочного испытания фиксируются ответственным исполнителем данного вида работ поставщика в протоколе нагрузочного испытания (произвольная форма) с приложением копии анкеты-вопросника о характеристиках объекта испытаний.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z967" w:id="110"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z967" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Протокол нагрузочного испытания с приложениями и отчетом, выдаваемый:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z968" w:id="111"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z968" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аккредитованной лабораторией, прошивается со сквозной нумерацией страниц и опечатывается печатью (при наличии);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z969" w:id="112"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z969" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) государственной технической службой, размещается в электронном виде в личном кабинете заявителя на интернет-портале SYNAQ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z970" w:id="113"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z970" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Обследование сетевой инфраструктуры</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z971" w:id="114"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z971" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Обследование сетевой инфраструктуры проводится с целью оценки безопасности сетевой инфраструктуры.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z972" w:id="115"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z972" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Обследование сетевой инфраструктуры включает:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z973" w:id="116"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z973" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) оценку соответствия функций защиты сетевой инфраструктуры требованиям технической документации, нормативных правовых актов Республики Казахстан и действующих на территории Республики Казахстан стандартов в сфере информационной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z974" w:id="117"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z974" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обследование сетевой инфраструктуры заявителя, в том числе с применением программных средств (при необходимости);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z975" w:id="118"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z975" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) сканирование программным средством на наличие известных уязвимостей программного обеспечения из базы общих уязвимостей и рисков;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z976" w:id="119"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z976" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) фиксацию полученных результатов испытания в отчете с указанием результатов наблюдения, оценки соответствия или несоответствия и рекомендации по исправлению выявленных несоответствий (при необходимости).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z977" w:id="120"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z977" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       32. Перечень функций защиты сетевой инфраструктуры приведен в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложении 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящей Методике.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z978" w:id="121"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z978" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       33. Работы по обследованию сетевой инфраструктуры, проводятся для каждого сегмента сети (подсети) объекта испытаний, указанного в таблице подпункта 7) пункта 5 анкеты-вопросника о характеристиках объекта испытаний </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложения 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z979" w:id="122"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z979" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Результаты обследования сетевой инфраструктуры фиксируются ответственным исполнителем данного вида работ поставщика в протоколе обследования сетевой инфраструктуры (произвольная форма) с приложением копии анкеты-вопросника о характеристиках объекта испытаний.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z980" w:id="123"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z980" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Протокол обследования сетевой инфраструктуры с приложениями и отчетом, выдаваемый:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z981" w:id="124"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z981" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аккредитованной лабораторией, прошивается со сквозной нумерацией страниц и опечатывается печатью (при наличии);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z982" w:id="125"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z982" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) государственной технической службой, размещается в электронном виде в личном кабинете заявителя на интернет-портале SYNAQ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z983" w:id="126"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z983" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 6. Обследование процессов обеспечения информационной безопасности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z984" w:id="127"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z984" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Обследование процессов обеспечения информационной безопасности осуществляется с целью определения их соответствия требованиям нормативных правовых актов и стандартов в сфере обеспечения информационной безопасности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z985" w:id="128"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z985" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Обследование процессов обеспечения информационной безопасности включает:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z986" w:id="129"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z986" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) оценку соответствия процессов обеспечения информационной безопасности требованиям нормативных правовых актов и стандартов в сфере обеспечения информационной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z987" w:id="130"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z987" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) фиксацию результатов оценки испытания с указанием результатов наблюдения, оценки соответствия или несоответствия и рекомендации по исправлению выявленных несоответствий (при необходимости).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z988" w:id="131"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z988" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       37. Перечень процессов обеспечения информационной безопасности и их содержание приведено в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложении 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Методике.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z989" w:id="132"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z989" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Работы по обследованию процессов обеспечения информационной безопасности проводятся для объекта испытания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z990" w:id="133"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z990" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Результаты обследования процессов обеспечения информационной безопасности фиксируются ответственным исполнителем данного вида работ поставщика в протоколе обследования процессов обеспечения информационной безопасности (произвольная форма) с приложением копии анкеты-вопросника о характеристиках объекта испытаний.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z991" w:id="134"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z991" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Протокол обследования процессов обеспечения информационной безопасности с приложениями и отчетом, выдаваемый:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z992" w:id="135"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z992" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аккредитованной лабораторией, прошивается со сквозной нумерацией страниц и опечатывается печатью (при наличии);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z993" w:id="136"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z993" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) государственной технической службой, размещается в электронном виде в личном кабинете заявителя на интернет-портале SYNAQ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z994" w:id="137"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z994" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Результаты сканирования программным средством на соответствие стандартам в сфере обеспечения информационной безопасности не включаются в Протокол обследования процессов обеспечения информационной безопасности и носят рекомендательный характер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z995" w:id="138"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z995" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 7. Анализ неизменности исполняемых кодов, скомпонованных из исходных кодов объектов информатизации "электронного правительства"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z996" w:id="139"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z996" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Объектами анализа неизменности исполняемых кодов, скомпонованных из исходных кодов объектов информатизации "электронного правительства" (далее – анализ неизменности) являются вводимые в промышленную эксплуатацию объекты информатизации "электронного правительства", отнесенные к критически важным объектам информационно-коммуникационной инфраструктуры государственных органов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z997" w:id="140"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z997" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Для проведения анализа неизменности необходимо осуществлять развертывание в среде промышленной эксплуатации объекта анализа неизменности под контролем работника государственной технической службы с использованием исходных и исполняемых кодов, скомпонованных из исходных кодов объекта информатизации "электронного правительства", переданных государственной технической службой.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z998" w:id="141"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z998" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. Анализ неизменности включает:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z999" w:id="142"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z999" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) установку программного обеспечения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z1000" w:id="143"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z1000" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) выявление изменений в запущенном исполняемом коде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z1001" w:id="144"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z1001" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) при внесении изменении в исходный код, анализ исходного кода в соответствии с настоящими Правилами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z1002" w:id="145"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z1002" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. Анализ неизменности осуществляется на постоянной основе посредством ПО, установленного государственной технической службой на месте размещения объекта анализа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z1003" w:id="146"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z1003" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ПО для анализа неизменности осуществляет сбор результатов журнала регистрации событий объекта анализа. Журнал регистрации событий хранится в течение срока, указанного в технической документации по информационной безопасности, но не менее 3 (три) лет и находится в оперативном доступе не менее 2 (два) месяцев в соответствии с подпунктом 4) пункта 38 Единых требований в области информационно-коммуникационных технологий и обеспечения информационной безопасности, утвержденных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 20 декабря 2016 года № 832.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z1004" w:id="147"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z1004" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44. Для проведения анализа неизменности собственник или владелец объекта информатизации "электронного правительства" обеспечивает государственной технической службе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z1005" w:id="148"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z1005" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) доступ к серверному оборудованию объекта информатизации "электронного правительства" и организацию доступа по сети с системой мониторинга и управления инцидентами и событиями информационной безопасности государственной технической службы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z1006" w:id="149"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z1006" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) запись информации о происходящих событиях с программным обеспечением для анализа неизменности в журнал регистрации событий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z1007" w:id="150"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z1007" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) рабочее место, физический доступ к рабочему месту администратора, серверному оборудованию объекта информатизации "электронного правительства".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z1008" w:id="151"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z1008" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45. При выявлении изменений в запущенном исполняемом коде объекта информатизации "электронного правительства" государственная техническая служба уведомляет официальным письмом в течении 5 (пять) рабочих дней Комитет национальной безопасности Республики Казахстан (далее – КНБ), уполномоченный орган и собственника или владельца объекта информатизации "электронного правительства".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z1009" w:id="152"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z1009" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46. Государственная техническая служба ежеквартально, не позднее 25 (двадцать пятого) числа последнего месяца квартала, размещает на интернет-портале SYNAQ сводные результаты анализа неизменности в электронной форме для уполномоченного органа в сфере обеспечения информационной безопасности и КНБ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z1010" w:id="153"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z1010" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47. При внесении изменений в исходный код объекта информатизации "электронного правительства" собственник или владелец объекта информатизации "электронного правительства" уведомляет официальным письмом государственную техническую службу о внесенных изменениях в исходный код с подробным описанием причины и внесенных изменениях в течение 2 (двух) рабочих дней после внесения изменений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z1011" w:id="154"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z1011" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       48. При внесении изменений в исходный код объекта информатизации "электронного правительства" заявитель обеспечивает передачу сведений, указанных в подпунктах 1), 2), 3), 4) и 5) пункта 10 Правил функционирования Единого репозитория "электронного правительства", утвержденных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан от 29 февраля 2024 года № 110/НҚ (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 34101) и техническое задание на создание или развитие объекта информатизации "электронного правительства" посредством интернет-портала SYNAQ государственной технической службе для проведения анализа исходного кода. При этом, срок проведения анализа исходного кода согласовывается с собственником или владельцем объекта информатизации "электронного правительства".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z1012" w:id="155"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z1012" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49. При планировании проведения технических работ на сервере обеспечения функционирования программного обеспечения объекта информатизации "электронного правительства" собственник или владелец объекта анализа уведомляет официальным письмом государственную техническую службу за 2 (два) рабочих дня до планируемой даты проведения технических работ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z1013" w:id="156"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z1013" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50. Государственная техническая служба устанавливает ПО на объекте информатизации "электронного правительства", отнесенных к критически важным объектам информационно-коммуникационной инфраструктуры государственных органов для анализа неизменности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkEnd w:id="158"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4422,11371 +4802,65 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>требованиям информационной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>безопасности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1015" w:id="157"/>
+    <w:bookmarkStart w:name="z1015" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень функций информационной безопасности</w:t>
-      </w:r>
-[...11304 lines deleted...]
-        <w:t xml:space="preserve"> Перечень функций защиты сетевой инфраструктуры</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="159"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -15998,1629 +5072,8896 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...203 lines deleted...]
-              <w:t>7. Проведение регулярной смены пароля, а также – по мере необходимости.</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудит безопасности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Отметки аудитов (формирование и наличие отчетов о событиях, связанных с безопасностью сетевых соединений)</w:t>
+Автоматическая реакция аудита безопасности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1. Регистрация событий, связанных с состоянием информационной безопасности, при этом журналы событий должны включать:</w:t>
-[...237 lines deleted...]
-              <w:t>6. Обеспечение синхронизации времени журналов регистрации событий с эталоном времени и частоты, воспроизводящим национальную шкалу всемирного координированного времени UTC (kz).</w:t>
+Обеспечение мониторинга информационной безопасности средствами сбора и анализа событий информационной безопасности.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Осуществление генерации записи в регистрационном журнале, локальная или удаленная сигнализация администратору об обнаружении нарушения безопасности.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Обнаружение вторжения</w:t>
+Генерация данных аудита безопасности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1. Обеспечение наличия средств, позволяющих прогнозировать вторжения (потенциальные вторжения в сетевую инфраструктуру), выявлять их в реальном масштабе времени и поднимать соответствующую тревогу.</w:t>
-[...16 lines deleted...]
-              <w:t>2. Возможность автоматизированного обновления базы правил.</w:t>
+Наличие протоколирования, по крайней мере, запуска и завершения регистрационных функций, а также всех событий базового уровня аудита, т.е. в каждой регистрационной записи присутствие даты и времени события, типа события, идентификатора субъекта и результата (успех или неудача) события.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Управление сетевой безопасностью</w:t>
+Анализ аудита безопасности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1. Неиспользуемые интерфейсы кабельной системы локальной сети физически должны отключаться от активного оборудования.</w:t>
-[...67 lines deleted...]
-              <w:t>5. Обеспечение синхронизации по времени между компонентами объекта информатизации, а также между объектом информатизации и средой его функционирования.</w:t>
+Осуществление (с целью выявления вероятных нарушений), по крайней мере, путем накопления и/или объединения неуспешных результатов использования механизмов аутентификации, а также неуспешных результатов выполнения криптографических операций.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Межсетевые экраны</w:t>
+Просмотр аудита безопасности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1. Обеспечение фильтрации входящих и исходящих пакетов на каждом интерфейсе.</w:t>
-[...33 lines deleted...]
-              <w:t>3. Преобразование сетевых адресов.</w:t>
+Обеспечение и предоставление администратору возможности просмотра (чтения) всей регистрационной информации. Прочим пользователям доступ к регистрационной информации должен быть закрыт, за исключением явно специфицированных случаев.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Защита конфиденциальности целостности данных, передаваемых по сетям</w:t>
+Выбор событий аудита безопасности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-При организации выделенного канала связи, объединяющего локальные сети, должны применяться программно-технические средства защиты информации, в том числе криптографического шифрования, с использованием средств криптографической защиты информации.</w:t>
+Наличие избирательности регистрации событий, основывающейся, по крайней мере, на следующих атрибутах:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>идентификатор объекта;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>идентификатор субъекта;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>адрес узла сети;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тип события;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>дата и время события.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Неотказуемость от совершенных действий по обмену информацией</w:t>
+Хранение данных аудита безопасности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Применение средств мониторинга и анализа сетевого трафика.</w:t>
+Наличие регистрационной информации о надежности защиты от несанкционированной модификации.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-Для обеспечения доступности и отказоустойчивости должно использоваться резервирование аппаратно-программных средств обработки данных, систем хранения данных, компонентов сетей хранения данных и каналов передачи данных.</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Криптографическая поддержка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Доверенный канал</w:t>
+Управление криптографическими ключами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Предоставление для связи с удаленным доверенным продуктом канала, который логически отличим от других и обеспечивает надежную аутентификацию его сторон, а также защиту данных от модификации и раскрытия. Обеспечение у обеих сторон возможности инициировать связь через доверенный канал.</w:t>
+Наличие поддержки:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) генерации криптографических ключей;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) распределения криптографических ключей;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) управления доступом к криптографическим ключам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4) уничтожения криптографических ключей.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Криптографические операции</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1. Наличие для всей информации, передаваемой по доверенному каналу, шифрования и контроля целостности в соответствии с требованиями технической документации, нормативных правовых актов Республики Казахстан и действующих на территории Республики Казахстан стандартов в сфере информационной безопасности.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2. Применение средств криптографической защиты информации для объектов испытаний (далее – ОИ), содержащих конфиденциальные данные, персональные данные ограниченного доступа или служебную информацию ограниченного распространения.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Защита данных пользователя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Политика управления доступом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Осуществление разграничения доступа для пользователей, прямо или косвенно выполняющих операции с сервисом безопасности.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Доверенный маршрут</w:t>
+Функции управления доступом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Предоставление для связи с удаленным пользователем маршрута, который логически отличим от других и обеспечивает надежную аутентификацию его сторон, а также защиту данных от модификации и раскрытия. Обеспечение у пользователя возможности инициировать связь через доверенный маршрут. Для начальной аутентификации удаленного пользователя и удаленного управления использование доверенного маршрута является обязательным.</w:t>
+Применение функций разграничения доступа основывается, по крайней мере, на следующих атрибутах безопасности:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>идентификаторы субъектов доступа;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>идентификаторы объектов доступа;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>адреса субъектов доступа;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>адреса объектов доступа;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>права доступа субъектов.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аутентификация данных</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поддержка гарантии правильности специфического набора данных, который впоследствии используется для верификации того, что содержание информации не было подделано или модифицировано мошенническим путем.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Экспорт данных за пределы действия функций безопасности ОИ (далее - ФБО)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение при экспорте данных пользователя из OИ защиты и сохранности или игнорирования их атрибутов безопасности.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Политика управления информационными потоками</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение предотвращения раскрытия, модификации и/или недоступности данных пользователя при их передаче между физически разделенными частями сервиса безопасности.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функции управления информационными потоками</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организация и обеспечение контроля доступа к хранилищам данным с целью исключения бесконтрольного распространения информации, содержащейся в них (управление информационными потоками для реализации надежной защиты от раскрытия или модификации в условиях недоверенного программного обеспечения (далее - ПО).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Импорт данных из-за пределов действия ФБО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие механизмов для передачи данных пользователя в OИ таким образом, чтобы эти данные имели требуемые атрибуты безопасности и защиту.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Передача в пределах ОИ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие защиты данных пользователя при их передаче между различными частями OИ по внутреннему каналу.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Защита остаточной информации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение полной защиты остаточной информации, то есть недоступности предыдущего состояния при освобождении ресурса.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Откат текущего состояния</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие возможности отмены последней операции или ряда операций, ограниченных некоторым пределом (например, периодом времени), и возврат к предшествующему известному состоянию. Откат предоставляет возможность отменить результаты операции или ряда операций, чтобы сохранить целостность данных пользователя.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Целостность хранимых данных</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение защиты данных пользователя во время их хранения в пределах ФБО.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Защита конфиденциальности данных пользователя при передаче между ФБО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение конфиденциальности данных пользователя при их передаче по внешнему каналу между ОИ и другим доверенным продуктом IT. Конфиденциальность осуществляется путем предотвращения несанкционированного раскрытия данных при их передаче между двумя оконечными точками. Оконечными точками могут быть ФБО или пользователь.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Защита целостности данных пользователя при передаче между ФБО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечивается целостность данных пользователя при их передаче между ФБО и другим доверенным продуктом ИТ, а также возможность их восстановления при обнаруживаемых ошибках.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Идентификация и аутентификация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отказы аутентификации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие возможности при достижении определенного администратором числа неуспешных попыток аутентификации отказать субъекту в доступе, сгенерировать запись регистрационного журнала и сигнализировать администратору о вероятном нарушении безопасности.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Определение атрибутов пользователя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Для каждого пользователя необходимо поддерживать, по крайней мере, следующие атрибуты безопасности:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>идентификатор;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аутентификационная информация (например, пароль);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>права доступа (роль).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Спецификация секретов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Если аутентификационная информация обеспечивается криптографическими операциями, поддерживается также открытые и секретные ключи.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аутентификация пользователя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие механизмов аутентификации пользователя, предоставляемых ФБО.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Идентификация пользователя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) успешности идентификации и аутентификации каждого пользователя до разрешения любого действия, выполняемого сервисом безопасности от имени этого пользователя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) возможностей по предотвращению применения аутентификационных данных, которые были подделаны или скопированы у другого пользователя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) аутентификации любого представленного идентификатора пользователя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4) повторной аутентификации пользователя по истечении определенного администратором интервала времени;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5) предоставления пользователю функций безопасности только со скрытой обратной связью во время выполнения аутентификации.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Связывание пользователь-субъект</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Следует ассоциировать соответствующие атрибуты безопасности пользователя с субъектами, действующими от имени этого пользователя.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Управление безопасностью</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Управление отдельными функциями ФБО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие единоличного права администратора на определение режима функционирования, отключения, подключения, модификации режимов идентификаци и аутентификации, управления правами доступа, протоколирования и аудита.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Управление атрибутами безопасности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие единоличного права администратора на изменения подразумеваемых значений, опрос, изменения, удаления, создания атрибутов безопасности, правил управления потоками информации. При этом необходимо обеспечить присваивание атрибутам безопасности только безопасных значений.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Управление данными ФБО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие единоличного права администратора на изменения подразумеваемых значений, опрос, изменения, удаления, очистки, определения типов регистрируемых событий, размеров регистрационных журналов, прав доступа субъектов, сроков действия учетных записей субъектов доступа, паролей, криптографических ключей.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отмена атрибутов безопасности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие осуществления отмены атрибутов безопасности в некоторый момент времени. Только у уполномоченных администраторов имеется возможность отмены атрибутов безопасности, ассоциированных с пользователями. Важные для безопасности полномочия отменяются немедленно.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Срок действия атрибута безопасности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение возможности установления срока действия атрибутов безопасности.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Роли управления безопасностью</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Обеспечение поддержки, по крайней мере, следующих ролей: уполномоченный пользователь, удаленный пользователь, администратор;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) Обеспечение получения ролей удаленного пользователя и администратора только по запросу.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Защита ФБО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Безопасность при сбое</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сохранение сервисом безопасного состояния при аппаратных сбоях (вызванных, например, перебоями электропитания).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доступность экспортируемых данных ФБО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Предоставление сервисом возможности верифицировать доступность, всех данных при их передаче между ним и удаленным доверенным продуктом информационных технологий и выполнять повторную передачу информации, а также генерировать запись регистрационного журнала, если модификации обнаружены.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Конфиденциальность экспортируемых данных ФБО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Предоставление сервисом возможности верифицировать конфиденциальность всех данных при их передаче между ним и удаленным доверенным продуктом информационных технологий и выполнять повторную передачу информации, а также генерировать запись регистрационного журнала, если модификации обнаружены.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Целостность экспортируемых данных ФБО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Предоставление сервисом возможности верифицировать целостность всех данных при их передаче между ним и удаленным доверенным продуктом информационных технологий и выполнять повторную передачу информации, а также генерировать запись регистрационного журнала, если модификации обнаружены.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Передача данных ФБО в пределах ОИ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сервис предоставляет возможность верифицировать доступность, Предоставление сервисом возможности конфиденциальность и целостность всех данных при их передаче между ним и удаленным доверенным продуктом информационных технологий и выполнять повторную передачу информации, а также генерировать запись регистрационного журнала, если модификации обнаружены.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Надежное восстановление</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Когда автоматическое восстановление после сбоя или прерывания обслуживания невозможно, сервис переходит в режим аварийной поддержки, позволяющей вернуться к безопасному состоянию. После аппаратных сбоев обеспечивается возврат к безопасному состоянию с использованием автоматических процедур.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обнаружение повторного использования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение обнаружения сервисом повторного использования аутентификационных данных, отказа в доступе, генеририрования записи регистрационного журнала и сигнализирования администратору о вероятном нарушении безопасности.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Посредничество при обращениях</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение вызова и успешного выполнения функций, осуществляющих политику безопасности сервиса, прежде, чем разрешается выполнение любой другой функции сервиса.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Разделение домена</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поддержка отдельного домена для собственного выполнения функций безопасности, который защищает их от вмешательства и искажения недоверенными субъектами.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Протокол синхронизации состояний</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение синхронизации состояний при выполнении идентичных функций на серверах.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Метки времени</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Предоставление для использования функциями безопасности надежных меток времени.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Согласованность данных между ФБО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение согласованной интерпретации регистрационной информации, а также параметров используемых криптографических операций.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Согласованность данных ФБО при дублировании в пределах ОИ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение согласованности данных функций безопасности при дублировании их в различных частях объекта испытаний. Когда части, содержащие дублируемые данные, разъединены, согласованность обеспечивается после восстановления соединения перед обработкой любых запросов к заданным функциям безопасности.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Использование сценариев (скриптов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отсутствие в ОИ возможных сценариев (скриптов) с правами на модификацию, применение которых может повлечь возникновение инцидентов информационной безопасности.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Использование ресурсов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отказоустойчивость</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение доступности функциональных возможностей объекта испытаний даже в случае сбоев. Примеры таких сбоев: отключение питания, отказ аппаратуры, сбой ПО.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Распределение ресурсов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1. Обеспечение управления использованием ресурсов пользователями и субъектами таким образом, чтобы не допустить несанкционированные отказы в обслуживании из-за монополизации ресурсов другими пользователями или субъектами.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2. Использование в рамках объекта информатизации только обеспечивающих его функционирование программных продуктов.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доступ к ОИ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ограничение области выбираемых атрибутов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ограничение как атрибутов безопасности сеанса, которые может выбирать пользователь, так и атрибутов субъектов, с которыми пользователь может быть связан, на основе метода или места доступа, порта, с которого осуществляется доступ, и/или времени (например, времени суток, дня недели).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ограничение на параллельные сеансы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ограничение максимального числа параллельных сеансов, предоставляемых одному пользователю. У этой величины подразумеваемое значение устанавливается администратором.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+52</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Блокирование сеанса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Принудительное завершение сеанса работы по истечении установленного администратором значения длительности бездействия пользователя.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Предупреждения перед предоставлением доступа к ОИ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение возможности еще до идентификации и аутентификации отображения для потенциальных пользователей предупреждающего сообщения относительно характера использования объекта испытаний.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+54</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+История доступа к ОИ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение возможности отображения для пользователя, при успешном открытии сеанса, истории неуспешных попыток получить доступ от имени этого пользователя. Эта история может содержать дату, время, средства доступа и порт последнего успешного доступа к объекту испытаний, а также число неуспешных попыток доступа к объекту испытаний после последнего успешного доступа идентифицированного пользователя.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Открытие сеанса с ОИ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение сервисом способности отказать в открытии сеанса, основываясь на идентификаторе субъекта, пароле субъекта, правах доступа субъекта.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функции защиты от вредоносного кода</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+56</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие средств антивирусной защиты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Применение для защиты от вредоносного кода средств мониторинга, обнаружения и блокирования или удаления вредоносного кода на серверах и при необходимости, на рабочих станциях объекта испытаний.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+57</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лицензии для средств антивирусной защиты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие у средств антивирусной защиты лицензии (приобретенной, ограниченной, свободно распространяемой) на сервера и рабочие станции.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+58</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обновление баз сигнатур и программного обеспечения средств антивирусной защиты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение регулярного обновления и поддержания в актуальном состоянии средств антивирусной защиты.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Управление доступом к средствам антивирусной защиты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Осуществление централизованного управления и конфигурирования средств антивирусной защиты.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Управление защитой от вредоносного кода на внешних электронных носителях информации средствами антивирусной защиты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение управлением защитой от вредоносного кода на внешних электронных носителях информации проверки и блокировки файлов и при необходимости носителей информации.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Безопасность при обновлении ПО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+61</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Регулярное обновления ПО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение регулярного обновления общесистемного и прикладного ПО серверов и рабочих станций.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+62</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обновление ПО в сетевых средах без доступа к серверам обновления в Интернете</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение обновления ПО в сетевых средах без доступа к серверам обновления в Интернете от специализированного сервера обновлений.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Безопасность при внесении изменений в прикладное ПО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+63</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Среда разработки и тестирования прикладного ПО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение наличия среды для разработки и тестирования прикладного ПО, изолированной от среды промышленной эксплуатации прикладного ПО.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Разграничение доступа в средам разработки и тестирования прикладного ПО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение управления доступом к средам разработки и тестирования прикладного ПО для программистов и администраторов.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+65</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Система развертывания прикладного ПО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие системы развертывания (распространения) прикладного ПО на серверах и рабочих станциях среды промышленной эксплуатации.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+66</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Разграничение доступа к системе развертывания прикладного ПО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение управления доступом к системе развертывания (распространения) прикладного ПО на серверах и рабочих станциях среды промышленной эксплуатации.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Защита от утечек конфиденциальной информации" на объектах информатизации государственных органов, местных исполнительных органах и критически важных объектов информационно-коммуникационной инфраструктуры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+67</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Политика управления доступом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Управление системой защиты от утечек конфиденциальной информации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+68</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обновление компонентов системы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение регулярного обновления и поддержания в актуальном состоянии системы защиты от утечек информации.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+69</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атрибут безопасности раздела</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение применения парольной политики, согласно правилам организации процедур аутентификации.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Хранение данных</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Хранение журналов событий системы защиты от утечки конфиденциальной информации не менее трех лет и в оперативном доступе не менее двух месяцев.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -17659,51 +14000,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 4</w:t>
+              <w:t>Приложение 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Методике проведения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -17782,65 +14123,65 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>требованиям информационной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>безопасности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1021" w:id="160"/>
+    <w:bookmarkStart w:name="z1017" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Перечень процессов обеспечения информационной безопасности и их содержание</w:t>
+        <w:t xml:space="preserve"> Перечень функций ручного тестирования</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="160"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -17856,123 +14197,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№ п/п</w:t>
+№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование процессов</w:t>
+Наименование функций</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Требование к содержанию процессов обеспечения информационной безопасности</w:t>
+Содержание функций</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18005,204 +14346,4243 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+Архитектура, дизайн и модель угроз (Architecture, Design and Threat Modeling)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+Обеспечение безопасности дизайна приложения и архитектуры объекта испытаний и отсутствия уязвимостей.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аутентификация (Authentication)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение корректного функционирования аутентификации пользователей в объекте испытаний (логин/пароль, многофакторная авторизация, хэширование и другие криптографические методы).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Управление сессией (Session Management)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение генерации уникальной сессии для каждого пользователя и технического запрета (блокировки) совместного использования сессии. Блокировка сессии пользователя по истечению времени бездействия (Timeout session).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Контроль доступа (Access Control)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение разграничения прав пользователей и исключение несанкционированного доступа к объекту испытаний.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Проверка, фильтрация и кодирование (Validation, Sanitation and Encoding)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение фильтрации входных пользовательских данных для предотвращения атак путем внедрения, а также обеспечение правильной кодировки выходных данных, при котором гарантируется защита их контекста от злоумышленников.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Хранимая криптография (Stored Cryptography)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Применение надежных алгоритмов шифрования и обеспечение безопасного управления и хранения криптографических ключей.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обработка ошибок и логирование (Error Handling and Logging)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение журналирования действий пользователей объекта испытаний и событий информационной безопасности с учетом их защиты в соответствии с требованиями безопасности. Собранные журналы с конфиденциальными данными не должны храниться долго локально на серверах объекта испытаний и должны быть удалены по истечении определенного промежутка времени.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Защита данных (Data Protection)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение конфиденциальности при передаче и хранении данных в объекте испытаний с использованием средств криптографической защиты информации в соответствии с классификатором.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Связь (Communication)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение безопасности объекта испытаний при передаче данных с использованием безопасных протоколов связи и алгоритмов шифрования.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Вредоносный код (Malicious Code)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Применение средств защиты для предотвращения выполнения вредоносного кода в объекте испытаний.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бизнес-логика (Business Logic)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение корректной работы логического функционирования объекта испытания согласно техническому заданию.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Файлы и ресурсы (Files and Resources)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение хранения данных, полученных из сторонних и ненадежных источников вне серверов приложений.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программный интерфейс приложения (API)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение соответствия API следующим требованиям:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- API должны иметь корректную авторизацию, основные параметры управления сеансом и аутентификацию для доступа ко всем веб-сервисам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- API должны иметь надлежащую проверку вводимых данных на случай, если их параметры переходят с более низкого на более высокий уровень доверия;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- различные API, такие как облачные и бессерверные, должны иметь все необходимые элементы управления безопасностью.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Конфигурация (Configuration)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение использования безопасных параметров конфигурации, сторонних библиотек, а также фильтрации небезопасных компонентов и надежной защиты конфиденциальных данных в файлах конфигураций при эксплуатации объекта испытаний.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 3</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Методике проведения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>испытаний объектов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>информатизации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"электронного правительства"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и критически важных объектов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>информационно-коммуникационной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>инфраструктуры на соответствие</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>требованиям информационной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>безопасности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z1019" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Перечень функций защиты сетевой инфраструктуры</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование функций</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Содержание функций</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Идентификация и аутентификация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1. Использование уникальных идентификаторов учетных записей для установления связи пользователя с осуществленными действиями.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2. Привилегированные права доступа должны быть предназначены учетным записям на основе потребности в их использовании.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3. Регистрация неудачных и успешных попыток аутентификации.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4. Ограничение времени сеанса.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5. Отказы аутентификации (наличие возможности при достижении определенного числа неуспешных попыток аутентификации отказать субъекту в доступе).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6. Использование и выбор надежных паролей.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7. Проведение регулярной смены пароля, а также – по мере необходимости.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отметки аудитов (формирование и наличие отчетов о событиях, связанных с безопасностью сетевых соединений)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1. Регистрация событий, связанных с состоянием информационной безопасности, при этом журналы событий должны включать:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>идентификаторы пользователей;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>системные действия;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>дату, время и детали ключевых событий, например, вход и выход из системы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>отчеты об успешных и отклоненных попытках доступа;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>изменения системной конфигурации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>использование привилегий;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сетевые адреса и протоколы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2. Проведение мониторинга событий, связанных с нарушением информационной безопасности, и анализ результатов мониторинга.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3. Хранение журналов регистрации событий в течение срока, указанного в технической документации по информационной безопасности, но не менее трех лет и нахождение их в оперативном доступе не менее двух месяцев.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4. Обеспечение защиты журналов регистрации событий от вмешательства и неавторизованного доступа, при этом:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не допускается наличие у системных администраторов полномочий на изменение, удаление и отключение журналов.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>для конфиденциальных информационных систем требуется создание и ведение резервного хранилища журналов.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5. Наличие оповещения о критичных видах событий информационной безопасности.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6. Обеспечение синхронизации времени журналов регистрации событий с эталоном времени и частоты, воспроизводящим национальную шкалу всемирного координированного времени UTC (kz).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обнаружение вторжения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1. Обеспечение наличия средств, позволяющих прогнозировать вторжения (потенциальные вторжения в сетевую инфраструктуру), выявлять их в реальном масштабе времени и поднимать соответствующую тревогу.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2. Возможность автоматизированного обновления базы правил.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Управление сетевой безопасностью</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1. Неиспользуемые интерфейсы кабельной системы локальной сети физически должны отключаться от активного оборудования.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2. Исключение подключения локальной сети внутреннего контура государственных органов и местных исполнительных органов к Интернету, а также исключение сопряжения локальной сети внутреннего контура и локальной сети внешнего контура государственных органов и местных исполнительных органов между собой.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3. Управление программно-аппаратным обеспечением информационной системы государственных органов и местных исполнительных органов должно осуществляться из внутренней локальной сети владельца информационной системы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4. Применение средств логического и/или физического сегментирования локальной сети.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5. Обеспечение синхронизации по времени между компонентами объекта информатизации, а также между объектом информатизации и средой его функционирования.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Межсетевые экраны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1. Обеспечение фильтрации входящих и исходящих пакетов на каждом интерфейсе.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2. В настройках оборудования неиспользуемые порты должны блокироваться.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3. Преобразование сетевых адресов.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Защита конфиденциальности целостности данных, передаваемых по сетям</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При организации выделенного канала связи, объединяющего локальные сети, должны применяться программно-технические средства защиты информации, в том числе криптографического шифрования, с использованием средств криптографической защиты информации.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Неотказуемость от совершенных действий по обмену информацией</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Применение средств мониторинга и анализа сетевого трафика.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение непрерывной работы и восстановления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Для обеспечения доступности и отказоустойчивости должно использоваться резервирование аппаратно-программных средств обработки данных, систем хранения данных, компонентов сетей хранения данных и каналов передачи данных.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доверенный канал</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Предоставление для связи с удаленным доверенным продуктом канала, который логически отличим от других и обеспечивает надежную аутентификацию его сторон, а также защиту данных от модификации и раскрытия. Обеспечение у обеих сторон возможности инициировать связь через доверенный канал.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доверенный маршрут</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Предоставление для связи с удаленным пользователем маршрута, который логически отличим от других и обеспечивает надежную аутентификацию его сторон, а также защиту данных от модификации и раскрытия. Обеспечение у пользователя возможности инициировать связь через доверенный маршрут. Для начальной аутентификации удаленного пользователя и удаленного управления использование доверенного маршрута является обязательным.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 4</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Методике проведения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>испытаний объектов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>информатизации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"электронного правительства"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и критически важных объектов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>информационно-коммуникационной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>инфраструктуры на соответствие</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>требованиям информационной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>безопасности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z1021" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Перечень процессов обеспечения информационной безопасности и их содержание</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование процессов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Требование к содержанию процессов обеспечения информационной безопасности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Управление активами, связанными с информационно-коммуникационными технологиями</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z201" w:id="161"/>
+          <w:bookmarkStart w:name="z201" w:id="163"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Идентификация активов в соответствии с порядком идентификации активов, определенном в Правилах идентификации, классификации и маркировки активов, связанных со средствами обработки информации.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="161"/>
+          <w:bookmarkEnd w:id="163"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2. Классификация информации в соответствии с системой классификации, определенной в Правилах идентификации, классификации и маркировки активов, связанных со средствами обработки информации.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -21082,68 +21462,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 3 июня 2019 года № 111/НҚ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z228" w:id="162"/>
+    <w:bookmarkStart w:name="z228" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила проведения испытаний объектов информатизации "электронного правительства" и критически важных объектов информационно-коммуникационной инфраструктуры на соответствие требованиям информационной безопасности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkEnd w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила - в редакции приказа Министра цифрового развития, инноваций и аэрокосмической промышленности РК от 30.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21158,850 +21538,1014 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>п.4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1022" w:id="163"/>
+    <w:bookmarkStart w:name="z1022" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z1023" w:id="164"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z1023" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила проведения испытаний объектов информатизации "электронного правительства" и критически важных объектов информационно-коммуникационной инфраструктуры на соответствие требованиям информационной безопасности (далее – Правила) разработаны в соответствии с подпунктом 5) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 7-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Закона Республики Казахстан "Об информатизации" (далее – Закон) и определяют порядок проведения испытаний объектов информатизации "электронного правительства" и критически важных объектов информационно-коммуникационной инфраструктуры на соответствие требованиям информационной безопасности.</w:t>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "Об информатизации" (далее – Закон), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 52)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 15 Положения о Министерстве искусственного интеллекта и цифрового развития Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 9 октября 2025 года № 846 и определяют порядок проведения испытаний объектов информатизации "электронного правительства" и критически важных объектов информационно-коммуникационной инфраструктуры на соответствие требованиям информационной безопасности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z1024" w:id="165"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции приказа Заместителя Премьер-Министра – Министра искусственного интеллекта и цифрового развития РК от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 602/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1024" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В настоящих Правилах используются следующие основные понятия и сокращения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z1025" w:id="166"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z1025" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) информационная система – организационно упорядоченная совокупность информационно-коммуникационных технологий, обслуживающего персонала и технической документации, реализующих определенные технологические действия посредством информационного взаимодействия и предназначенных для решения конкретных функциональных задач;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z1026" w:id="167"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z1026" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) подсистема информационной системы – совокупная часть (компонент) информационной системы, реализующая ее определенные функции, необходимые для достижения назначения информационной системы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z1027" w:id="168"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z1027" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) информационная безопасность в сфере информатизации (далее – ИБ) – состояние защищенности электронных информационных ресурсов, информационных систем и информационно-коммуникационной инфраструктуры от внешних и внутренних угроз;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z1028" w:id="169"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z1028" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) техническая документация по информационной безопасности (далее – ТД по ИБ) – совокупность документов, разработанных в соответствии с едиными требованиями в области информационно-коммуникационных технологий и обеспечения информационной безопасности, утвержденными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 20 декабря 2016 года № 832 и регламентирующих общие требования, принципы и правила по обеспечению информационной безопасности объекта испытаний; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z1029" w:id="170"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z1029" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) интернет-портал уполномоченного органа в сфере обеспечения информационной безопасности – интернет-портал уполномоченного органа в сфере обеспечения информационной безопасности, предназначенный для автоматизации процесса оказания услуги по испытаниям объектов информатизации "электронного правительства" и критически важных объектов информационно-коммуникационной инфраструктуры на соответствие требованиям информационной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z1030" w:id="171"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z1030" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) программное обеспечение – совокупность программ, программных кодов, а также программных продуктов с технической документацией, необходимой для их эксплуатации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z1031" w:id="172"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z1031" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) программный продукт информационно-коммуникационной платформы "электронного правительства" (далее – платформенный программный продукт) – программное обеспечение, разработанное и размещенное на информационно-коммуникационной платформе "электронного правительства";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z1032" w:id="173"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z1032" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) исходные коды – исходные коды компонентов и модулей объекта испытаний с библиотеками и файлами, необходимыми для успешной компиляции объекта испытаний на компакт-диске;</w:t>
+      8) исходные коды – исходные тексты компьютерных программ компонентов и модулей объекта испытаний с библиотеками и файлами, необходимыми для успешной компиляции объекта испытаний;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z1033" w:id="174"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z1033" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) распределенный объект испытаний – объект испытаний, состоящий из множества, в том числе и неопределенного, множества узлов, построенных по одинаковой архитектуре, предназначенных для одинаковых целей, выполняющих одинаковые функции и использующие одинаковое прикладное программное обеспечение;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z1034" w:id="175"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z1034" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) интернет-ресурс – информация (в текстовом, графическом, аудиовизуальном или ином виде), размещенная на аппаратно-программном комплексе, имеющем уникальный сетевой адрес и (или) доменное имя и функционирующем в Интернете;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z1035" w:id="176"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z1035" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) поставщик – государственная техническая служба или аккредитованная испытательная лаборатория;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z1036" w:id="177"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z1036" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) государственная техническая служба – акционерное общество, созданное по решению Правительства Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z1037" w:id="178"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z1037" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) заявитель – собственник или владелец объекта испытаний, а также физическое или юридическое лицо, уполномоченное собственником или владельцем объекта испытаний, подавший(ее) заявку на проведение испытаний объекта информатизации на соответствие требованиям информационной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z1038" w:id="179"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z1038" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) испытательная лаборатория – юридическое лицо или структурное подразделение юридического лица, действующее от его имени, осуществляющее испытания, аккредитованное в соответствии с законодательством о техническом регулировании;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z1039" w:id="180"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z1039" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) объект испытаний – объект информатизации в отношении которого проводятся работы по испытанию на соответствие требованиям информационной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z1040" w:id="181"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z1040" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) среда штатной эксплуатации – целевой набор серверного оборудования, сетевой инфраструктуры, системного программного обеспечения, используемый на этапе опытной эксплуатации (пилотного проекта) и предназначенный для применения на этапе промышленной эксплуатации объекта информатизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z1041" w:id="182"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z1041" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) информационно-коммуникационная платформа "электронного правительства" – технологическая платформа, предназначенная для автоматизации деятельности государственного органа, в том числе автоматизации государственных функций и оказания вытекающих из них государственных услуг, а также централизованного сбора, обработки, хранения государственных электронных информационных ресурсов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z1042" w:id="183"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z1042" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) интернет-портал SYNAQ – интернет-портал государственной технической службы, предназначенный для автоматизации процесса оказания услуги по испытаниям объектов информатизации, собственником (владельцем) и (или) заказчиком которых является государственный орган на соответствие требованиям информационной безопасности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkEnd w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 2 с изменением, внесенным приказом и.о. Министра цифрового развития, инноваций и аэрокосмической промышленности РК от 27.09.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 с изменениями, внесенными приказом и.о. Министра цифрового развития, инноваций и аэрокосмической промышленности РК от 27.09.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 605/НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 08.01.2025).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 08.01.2025); приказом Заместителя Премьер-Министра – Министра искусственного интеллекта и цифрового развития РК от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 602/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1043" w:id="184"/>
+    <w:bookmarkStart w:name="z1043" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Испытания объектов на соответствие требованиям ИБ (далее – испытания) включают в себя работы по оценке соответствия объектов испытаний требованиям технической документации, нормативных правовых актов Республики Казахстан и действующих на территории Республики Казахстан стандартов в сфере информационной безопасности и проводятся в среде штатной эксплуатации объекта испытаний.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z1044" w:id="185"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z1044" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. В состав испытаний объекта испытаний, за исключением программного обеспечения (программного продукта) созданного и (или) размещенного на информационно-коммуникационной платформе "электронного правительства" и информационно-коммуникационной платформы "электронного правительства" входят следующие виды работ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z1045" w:id="186"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z1045" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) анализ исходных кодов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z1046" w:id="187"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z1046" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) испытание функций информационной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z1047" w:id="188"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z1047" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) нагрузочное испытание;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z1048" w:id="189"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z1048" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) обследование сетевой инфраструктуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z1049" w:id="190"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z1049" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) обследование процессов обеспечения ИБ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z1050" w:id="191"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z1050" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. При отсутствии исходного кода объекта испытания (за исключением объектов информатизации, собственником (владельцем) и (или) заказчиком которых является государственный орган) или невозможности проведения другого(их) вида(ов) испытаний, решение о необязательности проведения анализа исходного кода или другого(их) вида(ов) испытаний объекта испытаний устанавливается решением уполномоченного органа в сфере обеспечения информационной безопасности по запросу заявителя.</w:t>
+      5. При отсутствии исходного кода объекта испытания или невозможности проведения другого(их) вида(ов) испытаний (за исключением объектов информатизации, собственником (владельцем) и (или) заказчиком которых является государственный орган), решение о необязательности проведения анализа исходного кода или другого(их) вида(ов) испытаний объекта испытаний устанавливается решением уполномоченного органа в сфере обеспечения информационной безопасности по запросу заявителя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z1051" w:id="192"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z1807" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Уполномоченный орган в сфере обеспечения информационной безопасности направляет запрос поставщику о проверке обоснованности запроса заявителя об исключении анализа исходного кода или другого(их) вида(ов) испытаний объекта испытаний в период проведения испытаний по другим видам согласно пункту 7 настоящих Правил.</w:t>
+      Уполномоченный орган в сфере обеспечения информационной безопасности направляет запрос поставщику о проверке обоснованности запроса заявителя об исключении анализа исходного кода или другого(их) вида(ов) испытаний объекта испытаний в период проведения испытаний по другим видам согласно пункту 4 настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z1052" w:id="193"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 - в редакции приказа Заместителя Премьер-Министра – Министра искусственного интеллекта и цифрового развития РК от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 602/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1052" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. В испытания программного обеспечения (платформенного программного продукта) созданного и (или) размещенного на информационно-коммуникационной платформе "электронного правительства" входит:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z1053" w:id="194"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z1053" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) анализ исходных кодов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z1054" w:id="195"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z1054" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) испытание функций информационной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z1055" w:id="196"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z1055" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) нагрузочное испытание;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z1056" w:id="197"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z1056" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) обследование процессов обеспечения ИБ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkEnd w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22020,1984 +22564,2436 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 08.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1057" w:id="198"/>
+    <w:bookmarkStart w:name="z1057" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. В испытания информационно-коммуникационной платформы "электронного правительства" входит:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z1058" w:id="199"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z1808" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) анализ исходных кодов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z1059" w:id="200"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z1809" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) испытание функций информационной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z1060" w:id="201"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z1810" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) обследование сетевой инфраструктуры;</w:t>
+      3) нагрузочное испытание;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z1061" w:id="202"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z1811" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) обследование процессов обеспечения ИБ.</w:t>
+      4) обследование сетевой инфраструктуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z1062" w:id="203"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z1812" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Для однородных распределенных объектов испытаний, испытания проводятся для центрального(ых) узла(ов) и для некоторых (по согласованию с заявителем) отдельных узлов распределенного объекта испытаний в общей количестве составляющих не менее одной десятой части общего количества узлов распределенного объекта испытаний.</w:t>
+      5) обследование процессов обеспечения ИБ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z1063" w:id="204"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 - в редакции приказа Заместителя Премьер-Министра – Министра искусственного интеллекта и цифрового развития РК от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 602/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. Исключен приказом Заместителя Премьер-Министра – Министра искусственного интеллекта и цифрового развития РК от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 602/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1067" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Для центрального(ых) узла(ов) однородного распределенного объекта испытаний испытания проводятся в полном составе видов работ.</w:t>
+      9. В случае интеграции (действующей или планируемой) объекта испытаний с другим объектом информатизации, испытания проводятся с включением в состав объекта испытаний компонентов, обеспечивающих интеграции (модуль интеграции, подсистема интеграции, интеграционная шина или другое).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z1064" w:id="205"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z1068" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок проведения испытаний объектов информатизации на соответствие требованиям информационной безопасности в государственной технической службе</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z1069" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Для узлов однородного распределенного объекта испытаний в состав испытаний входят:</w:t>
+        <w:t xml:space="preserve">
+      10. Для проведения испытаний заявителем на интернет-портале SYNAQ заполняется, подписывается электронной цифровой подписью (далее - ЭЦП) и подается заявка на проведение испытаний (далее – заявка) в государственную техническую службу по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, с приложением следующих документов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z1065" w:id="206"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z1070" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1) анализ исходных кодов;</w:t>
+        <w:t xml:space="preserve">
+      1) анкета-вопросник о характеристиках объекта испытаний согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, удостоверенная ЭЦП собственника (владельца) объекта испытаний на интернет-портале SYNAQ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z1066" w:id="207"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z1071" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) испытание функций информационной безопасности.</w:t>
+      2) электронная копия доверенности на лицо, уполномоченное на подписание договоров или документа о назначении руководителя юридического лица (для юридических лиц);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z1067" w:id="208"/>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z1072" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. В случае интеграции (действующей или планируемой) объекта испытаний с другим объектом информатизации, испытания проводятся с включением в состав объекта испытаний компонентов, обеспечивающих интеграции (модуль интеграции, подсистема интеграции, интеграционная шина или другое).</w:t>
+      3) электронная копия согласованного с уполномоченным органом в сфере информатизации и уполномоченным органом в сфере обеспечения информационной безопасности технического задания на объект информатизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z1068" w:id="209"/>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z1073" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) исходные коды компонентов и модулей объекта испытаний с библиотеками и файлами, необходимыми для успешной компиляции, (при необходимости);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z1074" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) электронные копии утвержденной технической документации по информационной безопасности объекта испытаний, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам в электронном виде (при необходимости);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z1075" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) электронная копия документа, уполномочивающего заявителя владельцем (собственником) подать заявку на проведение испытаний (при необходимости):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z1076" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) документ подтверждающий, что собственником (владельцем) и (или) заказчиком объекта испытания является государственный орган.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z1077" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. В случае, если заявитель осуществляет закупки посредством веб-портала государственных закупок, заявка на проведение испытаний принимается не позднее 1 ноября текущего года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z1078" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Государственная техническая служба в течение трех рабочих дней со дня получения заявки осуществляет проверку полноты документов, указанных в пункте 10 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z1079" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. В случае несоответствия заявки и приложенных документов в соответствии с требованиями, указанными в пункте 10 настоящих Правил, в течение десяти рабочих дней заявка возвращается заявителю с указанием причин возврата.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z1080" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Государственная техническая служба после проверки заявки на наличие полного пакета документов согласно пункту 10 настоящих Правил в течение трех рабочих дней направляет заявителю:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z1081" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проект технической спецификации к договору на проведение испытаний при осуществлении закупки посредством веб-портала государственных закупок. Заявитель в течение трех рабочих дней со дня получения проекта технической спецификации размещает на веб-портале государственных закупок проект договора о государственных закупках способом из одного источника путем прямого заключения договора о государственных закупках;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z1082" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) два экземпляра договора на проведение испытаний при осуществлении закупки без применения веб-портала государственных закупок. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z1083" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заявитель в течение пяти рабочих дней со дня получения двух экземпляров вышеуказанного договора подписывает их и возвращает один экземпляр договора в государственную техническую службу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z1084" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. В случае, если заявитель осуществляет закупку посредством веб-портала государственных закупок, и в срок до 15 ноября не направил в адрес государственной технической службы договор о государственных закупках посредством веб-портала государственных закупок, заявка аннулируется и возвращается заявителю.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z1085" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Срок испытаний согласовывается с заявителем и зависит от объема работ по испытаниям и классификационных характеристик объекта испытаний.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z1086" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае невозможности согласования сроков проведения испытания, заявка возвращается заявителю без удовлетворения с указанием возможности обратиться в уполномоченный орган в сфере обеспечения информационной безопасности для определения сроков испытаний.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z1087" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Для проведения испытаний заявитель обеспечивает для государственной технической службы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z1088" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) рабочее место, физический доступ к рабочему месту пользователя, серверному и сетевому оборудованию, сети телекоммуникаций объекта испытаний с проведением фото и видео фиксации и к документации на объект испытания и сопутствующей документации, в том числе к договорам на сопровождение и техническую поддержку объекта испытаний и компонентов, входящих в состав объекта испытаний;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z1089" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) демонстрацию функций объекта испытаний, согласно требованиям технической документации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z1090" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. В случае невозможности обеспечения заявителем требований пункта 17 настоящих Правил, испытания приостанавливаются на время, необходимое Заявителю для их обеспечения с учетом подписания дополнительного соглашения к договору на продление его срока исполнения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z1091" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Испытания проводятся согласно Методике проведения испытаний объектов информатизации "электронного правительства" и критически важных объектов информационно-коммуникационной инфраструктуры на соответствие требованиям информационной безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z1092" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. При проведении испытаний выявилось расхождение между данными анкеты-вопросника о характеристиках объекта испытаний, поданной в соответствии с подпунктом 1) пункта 10 настоящих Правил и фактическим состоянием объекта испытаний, заявитель направляет в государственную техническую службу обновленную анкету-вопросник о характеристиках объекта испытаний, удостоверенную ЭЦП собственника (владельца) объекта испытаний на интернет-портале SYNAQ. Обновленная анкета-вопросник о характеристиках объекта испытаний (при необходимости) будет основанием для заключения дополнительного соглашения на продление срока испытаний и изменение стоимости проведения испытаний.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z1093" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. При необходимости, если при проведении испытаний выявится необходимость проведения повторного испытания по одному или по нескольким видам испытаний до окончания срока испытания, заявитель обращается с запросом в государственную техническую службу и заключается дополнительное соглашение о проведении повторного испытания на безвозмездной основе по этим видам работ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z1094" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Результаты работ, входящих в испытания, и рекомендации по устранению выявленных несоответствий вносятся в отдельные протоколы, размещаемые на интернет-портале SYNAQ в личном кабинете заявителя по завершению всех видов работ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z1095" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      23. Цены на проведение государственной технической службой каждого вида работ, входящих в испытания, устанавливаются согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункту 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 14 Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z1096" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Для расчета стоимости проведения испытаний заявитель направляет в государственную техническую службу анкету-вопросник о характеристиках объекта испытаний, удостоверенную ЭЦП собственника (владельца) объекта испытаний и техническое задание на создание (техническое задание на развитие, дополнение к техническому заданию при наличии) объекта информатизации на интернет-портале SYNAQ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Глава 2. Порядок проведения испытаний объектов информатизации на соответствие требованиям информационной безопасности в государственной технической службе</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 24 - в редакции приказа Заместителя Премьер-Министра – Министра искусственного интеллекта и цифрового развития РК от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 602/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z1069" w:id="210"/>
+    <w:bookmarkStart w:name="z1097" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> к настоящим Правилам, с приложением следующих документов:</w:t>
+        <w:t>
+      25. При устранении заявителем выявленные при испытаниях несоответствия в течение шестидесяти рабочих дней со дня размещения на интернет-портале SYNAQ протоколов испытаний по проведенным работам и направления в государственную техническую службу запроса на проведение повторных испытаний с приложением сравнительной таблицы с результатами исправления выявленных несоответствий посредством интернет-портала SYNAQ, государственная техническая служба на безвозмездной основе в течение двадцати рабочих дней со дня получения от заявителя запроса проводит повторные испытания по данным видам работ с оформлением соответствующих документов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z1070" w:id="211"/>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z1098" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> к настоящим Правилам, удостоверенная ЭЦП собственника (владельца) объекта испытаний на интернет-портале SYNAQ;</w:t>
+        <w:t>
+      Заявитель может подать заявку на повторные испытания не более двух раз, в установленный срок.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z1071" w:id="212"/>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z1099" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) электронная копия доверенности на лицо, уполномоченное на подписание договоров или документа о назначении руководителя юридического лица (для юридических лиц);</w:t>
+      При необходимости, заявитель может единожды увеличить срок проведения повторных испытаний путем подачи дополнительной заявки на увеличение срока проведения повторных испытаний, но не более 20 рабочих дней.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z1072" w:id="213"/>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z1100" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) электронная копия согласованного с уполномоченным органом в сфере информатизации и уполномоченным органом в сфере обеспечения информационной безопасности технического задания на объект информатизации;</w:t>
+      Пропуск установленного срока является основанием для проведения испытаний в общем порядке, установленном настоящими Правилами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z1073" w:id="214"/>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z1101" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) исходные коды компонентов и модулей объекта испытаний с библиотеками и файлами, необходимыми для успешной компиляции, (при необходимости);</w:t>
+      26. При проведении повторных испытаний после исправления несоответствий, связанных с внесением изменений в программное обеспечение объекта, проводится анализ исходного кода.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z1074" w:id="215"/>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z1102" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> к настоящим Правилам в электронном виде (при необходимости);</w:t>
+        <w:t>
+      При этом заявитель к запросу на проведение повторных испытаний прикладывает исходные коды компонентов и модулей объекта испытаний с библиотеками и файлами, необходимыми для успешной компиляции объекта испытаний.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z1075" w:id="216"/>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z1103" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) электронная копия документа, уполномочивающего заявителя владельцем (собственником) подать заявку на проведение испытаний (при необходимости):</w:t>
+      27. В случае выявления несоответствий при проведении повторных испытаний государственная техническая служба оформляет протокол с отрицательным заключением, после чего испытания проводятся в порядке, установленном в главе 2 настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z1076" w:id="217"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">28. Исключен приказом Заместителя Премьер-Министра – Министра искусственного интеллекта и цифрового развития РК от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 602/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1106" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок проведения испытаний объектов информатизации на соответствие требованиям информационной безопасности в испытательных лабораториях</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z1107" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      7) документ подтверждающий, что собственником (владельцем) и (или) заказчиком объекта испытания является государственный орган.</w:t>
+        <w:t xml:space="preserve">
+      29. Порядок заключения договоров на проведение испытаний в испытательных лабораториях определяется в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Гражданским</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кодексом Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z1077" w:id="218"/>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z1108" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      11. В случае, если заявитель осуществляет закупки посредством веб-портала государственных закупок, заявка на проведение испытаний принимается не позднее 1 ноября текущего года.</w:t>
+        <w:t xml:space="preserve">
+      30. Для проведения испытаний заявителем направляется заявка на бумажном носителе поставщику согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, с предоставлением следующих документов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z1078" w:id="219"/>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z1109" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. Государственная техническая служба в течение трех рабочих дней со дня получения заявки осуществляет проверку полноты документов, указанных в пункте 10 настоящих Правил.</w:t>
+      1) копия доверенности на лицо, уполномоченное на подписание договоров или документа о назначении руководителя юридического лица (для юридических лиц);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z1079" w:id="220"/>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z1110" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. В случае несоответствия заявки и приложенных документов в соответствии с требованиями, указанными в пункте 10 настоящих Правил, в течение десяти рабочих дней заявка возвращается заявителю с указанием причин возврата.</w:t>
+      2) анкета-вопросник о характеристиках объекта испытаний о характеристиках объекта испытаний согласно приложению 2 к настоящим Правилам, утвержденный собственником или владельцем объекта испытаний на бумажном носителе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z1080" w:id="221"/>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z1111" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14. Государственная техническая служба после проверки заявки на наличие полного пакета документов согласно пункту 10 настоящих Правил в течение трех рабочих дней направляет заявителю:</w:t>
+      3) утвержденные собственником или владельцем техническое задание или техническая спецификация на объект информатизации, за исключением информационной системы государственного юридического лица и негосударственной информационной системы, предназначенные для формирования государственных электронных информационных ресурсов, на компакт-диске (при необходимости);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z1081" w:id="222"/>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z1112" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) проект технической спецификации к договору на проведение испытаний при осуществлении закупки посредством веб-портала государственных закупок. Заявитель в течение трех рабочих дней со дня получения проекта технической спецификации размещает на веб-портале государственных закупок проект договора о государственных закупках способом из одного источника путем прямого заключения договора о государственных закупках;</w:t>
+      4) исходные коды компонентов и модулей объекта испытаний с библиотеками и файлами, необходимыми для успешной компиляции, на компакт-диске (при необходимости);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z1082" w:id="223"/>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z1113" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) два экземпляра договора на проведение испытаний при осуществлении закупки без применения веб-портала государственных закупок. </w:t>
+      5) копии утвержденного перечня технической документации по информационной безопасности объекта испытаний, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам в электронном виде на компакт-диске (при необходимости);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z1083" w:id="224"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z1114" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Заявитель в течение пяти рабочих дней со дня получения двух экземпляров вышеуказанного договора подписывает их и возвращает один экземпляр договора в государственную техническую службу.</w:t>
+      6) документ, уполномочивающий заявителя собственником или владельцем подать заявку на проведение испытаний (при необходимости).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z1084" w:id="225"/>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z1115" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15. В случае, если заявитель осуществляет закупку посредством веб-портала государственных закупок, и в срок до 15 ноября не направил в адрес государственной технической службы договор о государственных закупках посредством веб-портала государственных закупок, заявка аннулируется и возвращается заявителю.</w:t>
+      31. Испытания проводятся согласно Методике проведения испытаний объектов информатизации "электронного правительства" и критически важных объектов информационно-коммуникационной инфраструктуры на соответствие требованиям информационной безопасности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z1085" w:id="226"/>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z1116" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16. Срок испытаний согласовывается с заявителем и зависит от объема работ по испытаниям и классификационных характеристик объекта испытаний.</w:t>
+      32. В случае, если заявитель устранил выявленные при испытаниях несоответствия в течение двадцати рабочих дней со дня получения протоколов испытаний по проведенным работам и направил поставщику запрос на проведение повторных испытаний с приложением сравнительной таблицы с результатами исправления выявленных несоответствий, поставщик на безвозмездной основе в течение двадцати рабочих дней со дня получения от заявителя уведомления проводит повторные испытания по данным видам работ с оформлением соответствующих документов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z1086" w:id="227"/>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z1117" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В случае невозможности согласования сроков проведения испытания, заявка возвращается заявителю без удовлетворения с указанием возможности обратиться в уполномоченный орган в сфере обеспечения информационной безопасности для определения сроков испытаний.</w:t>
+      Заявитель может подать заявку на повторные испытания не более двух раз, в установленный срок.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z1087" w:id="228"/>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z1118" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      17. Для проведения испытаний заявитель обеспечивает для государственной технической службы:</w:t>
+      При необходимости, заявитель может единожды увеличить срок проведения повторных испытаний путем подачи дополнительной заявки на увеличение срока проведения повторных испытаний, но не более 20 рабочих дней.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z1088" w:id="229"/>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z1119" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) рабочее место, физический доступ к рабочему месту пользователя, серверному и сетевому оборудованию, сети телекоммуникаций объекта испытаний с проведением фото и видео фиксации и к документации на объект испытания и сопутствующей документации, в том числе к договорам на сопровождение и техническую поддержку объекта испытаний и компонентов, входящих в состав объекта испытаний;</w:t>
+      Пропуск установленного срока является основанием для проведения испытаний в общем порядке, установленном настоящими Правилами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z1089" w:id="230"/>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z1120" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) демонстрацию функций объекта испытаний, согласно требованиям технической документации.</w:t>
+      33. В случае выявления несоответствий при проведении повторных испытаний поставщик оформляет протокол с отрицательным заключением, после чего испытания проводятся в порядке, установленном в главе 3 настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z1090" w:id="231"/>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z1121" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      18. В случае невозможности обеспечения заявителем требований пункта 17 настоящих Правил, испытания приостанавливаются на время, необходимое Заявителю для их обеспечения с учетом подписания дополнительного соглашения к договору на продление его срока исполнения.</w:t>
+      34. При утере, порче или повреждении протоколов испытаний собственник или владелец объекта испытаний направляет поставщику уведомление с указанием причин.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z1091" w:id="232"/>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z1122" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      19. Испытания проводятся согласно Методике проведения испытаний объектов информатизации "электронного правительства" и критически важных объектов информационно-коммуникационной инфраструктуры на соответствие требованиям информационной безопасности.</w:t>
+      Поставщик в течение пяти рабочих дней со дня получения уведомления выдает дубликат протоколов испытаний.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z1092" w:id="233"/>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z1123" w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Порядок выдачи и отзыва протоколов испытаний на соответствие требованиям информационной безопасности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z1124" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20. При проведении испытаний выявилось расхождение между данными анкеты-вопросника о характеристиках объекта испытаний, поданной в соответствии с подпунктом 1) пункта 10 настоящих Правил и фактическим состоянием объекта испытаний, заявитель направляет в государственную техническую службу обновленную анкету-вопросник о характеристиках объекта испытаний, удостоверенную ЭЦП собственника (владельца) объекта испытаний на интернет-портале SYNAQ. Обновленная анкета-вопросник о характеристиках объекта испытаний (при необходимости) будет основанием для заключения дополнительного соглашения на продление срока испытаний и изменение стоимости проведения испытаний.</w:t>
+      35. Протоколы испытаний на соответствие требованиям информационной безопасности выдаются поставщиком.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z1093" w:id="234"/>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z1125" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      21. При необходимости, если при проведении испытаний выявится необходимость проведения повторного испытания по одному или по нескольким видам испытаний до окончания срока испытания, заявитель обращается с запросом в государственную техническую службу и заключается дополнительное соглашение о проведении повторного испытания на безвозмездной основе по этим видам работ.</w:t>
+      36. Срок действия протоколов испытаний выдается сроком на 3 (три) года для всех объектов испытаний, за исключением информационно-коммуникационной платформы "электронного правительства", или после изменения условий функционирования и (или) функциональности, и (или) изменения прав собственности и (или) владения объекта испытаний.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z1094" w:id="235"/>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z1813" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      22. Результаты работ, входящих в испытания, и рекомендации по устранению выявленных несоответствий вносятся в отдельные протоколы, размещаемые на интернет-портале SYNAQ в личном кабинете заявителя по завершению всех видов работ.</w:t>
+      При этом, срок действия протокола по отдельному виду испытания для ввода в промышленную эксплуатацию объекта информатизации не превышает одного года с даты выдачи протокола.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z1095" w:id="236"/>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z1814" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> статьи 14 Закона.</w:t>
+        <w:t>
+      Собственник или владелец объекта информатизации за 3 (три) месяца до окончания срока действия протоколов испытаний подает заявку поставщику о прохождении испытаний в порядке, установленном главами 2 или 3 настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z1096" w:id="237"/>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z1815" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      24. Для расчета стоимости проведения испытаний заявитель направляет в государственную техническую службу анкету-вопросник о характеристиках объекта испытаний, удостоверенную ЭЦП собственника (владельца) объекта испытаний на интернет-портале SYNAQ.</w:t>
+      Протоколы испытаний информационно-коммуникационной платформы "электронного правительства" выдаются со сроком действия 1 (один) год.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z1097" w:id="238"/>
+    <w:bookmarkEnd w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 36 - в редакции приказа Заместителя Премьер-Министра – Министра искусственного интеллекта и цифрового развития РК от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 602/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1128" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      25. При устранении заявителем выявленные при испытаниях несоответствия в течение шестидесяти рабочих дней со дня размещения на интернет-портале SYNAQ протоколов испытаний по проведенным работам и направления в государственную техническую службу запроса на проведение повторных испытаний с приложением сравнительной таблицы с результатами исправления выявленных несоответствий посредством интернет-портала SYNAQ, государственная техническая служба на безвозмездной основе в течение двадцати рабочих дней со дня получения от заявителя запроса проводит повторные испытания по данным видам работ с оформлением соответствующих документов.</w:t>
+      37. Поставщик на постоянной основе предоставляет в уполномоченный орган в сфере обеспечения информационной безопасности следующие данные:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z1098" w:id="239"/>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z1816" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Заявитель может подать заявку на повторные испытания не более двух раз, в установленный срок.</w:t>
+      1) заявка на проведение испытаний;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z1099" w:id="240"/>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z1817" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      При необходимости, заявитель может единожды увеличить срок проведения повторных испытаний путем подачи дополнительной заявки на увеличение срока проведения повторных испытаний, но не более 20 рабочих дней.</w:t>
+      2) информацию о договоре на проведение испытаний в испытательных лабораториях (дата, номер);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z1100" w:id="241"/>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z1818" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Пропуск установленного срока является основанием для проведения испытаний в общем порядке, установленном настоящими Правилами.</w:t>
+      3) наименование объекта испытаний;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z1101" w:id="242"/>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z1819" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      26. При проведении повторных испытаний после исправления несоответствий, связанных с внесением изменений в программное обеспечение объекта, проводится анализ исходного кода.</w:t>
+      4) наименование собственника и (или) владельца объекта испытаний;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z1102" w:id="243"/>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z1820" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      При этом заявитель к запросу на проведение повторных испытаний прикладывает исходные коды компонентов и модулей объекта испытаний с библиотеками и файлами, необходимыми для успешной компиляции объекта испытаний.</w:t>
+      5) реестровый номер, дата выдачи и протокол испытаний на соответствие требованиям информационной безопасности по каждому виду работ с указанием результата;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z1103" w:id="244"/>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z1821" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      27. В случае выявления несоответствий при проведении повторных испытаний государственная техническая служба оформляет протокол с отрицательным заключением, после чего испытания проводятся в порядке, установленном в главе 2 настоящих Правил.</w:t>
+      6) фактическое местоположение сетевого и серверного оборудования объекта испытаний;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z1104" w:id="245"/>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z1822" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      28. При утере, порче или повреждении протоколов испытаний, а также в случае изменения данных в анкете-вопроснике о характеристиках объекта испытаний, при проведении испытаний по одному или нескольким видам работ для объектов испытаний ранее получивших протоколы на бумажном носителе с отрицательным результатом, собственник или владелец объекта испытаний направляет в государственную техническую службу уведомление с указанием причин.</w:t>
+      7) анкета-вопросник о характеристиках объекта испытаний, утвержденная собственником или владельцем объекта испытаний.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z1105" w:id="246"/>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z1823" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Государственная техническая служба в течение пяти рабочих дней со дня получения уведомления выдает дубликат ранее выданного(ых) протокола(ов) испытаний либо дубликат протокола(ов) испытаний с актуализированной анкетой-вопросником о характеристиках объекта испытаний.</w:t>
+      Аккредитованная испытательная лаборатория обеспечивает внесение вышеуказанных данных в интернет-портал уполномоченного органа в сфере обеспечения информационной безопасности или при наличии собственного интернет-портала предоставляет доступ в личный кабинет уполномоченному органу в сфере обеспечения информационной безопасности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z1106" w:id="247"/>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z1824" w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Информация в виде отчета формируется с использованием ЭЦП аккредитованной испытательной лаборатории.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z1825" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственная техническая служба для передачи вышеуказанных данных, обеспечивает интеграцию интернет-портала SYNAQ с интернет-порталом уполномоченного органа в сфере обеспечения информационной безопасности или предоставляет доступ в личный кабинет на интернет-портале SYNAQ уполномоченному органу в сфере обеспечения информационной безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z1826" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Поставщик предоставляет ежеквартальный отчет о проведенных и планируемых испытаниях в уполномоченный орган в сфере обеспечения информационной безопасности с предоставлением данных указанных в подпунктах 3), 4) и 5) пункта 37 настоящих Правил по системе электронного документооборота.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Глава 3. Порядок проведения испытаний объектов информатизации на соответствие требованиям информационной безопасности в испытательных лабораториях</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 37 - в редакции приказа Заместителя Премьер-Министра – Министра искусственного интеллекта и цифрового развития РК от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 602/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z1107" w:id="248"/>
+    <w:bookmarkStart w:name="z1139" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> кодексом Республики Казахстан.</w:t>
+        <w:t>
+      38. При изменении условий функционирования и (или) функциональности, и (или) изменении прав собственности объекта информатизации, собственник или владелец объекта информатизации после завершения работ, приведших к изменениям, направляет поставщику уведомление с приложением описания всех произведенных изменений, прежней и обновленной анкеты-вопросника о характеристиках объекта испытаний, утвержденной собственником или владельцем объекта испытаний.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z1108" w:id="249"/>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z1827" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> к настоящим Правилам, с предоставлением следующих документов:</w:t>
+        <w:t>
+      При принятии решений о проведении по одному (нескольким) виду испытаний, ранее выданный соответствующий протокол (протоколы) испытаний или акт испытаний прекращают свое действие.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z1109" w:id="250"/>
+    <w:bookmarkEnd w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 38 - в редакции приказа Заместителя Премьер-Министра – Министра искусственного интеллекта и цифрового развития РК от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 602/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1140" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) копия доверенности на лицо, уполномоченное на подписание договоров или документа о назначении руководителя юридического лица (для юридических лиц);</w:t>
+      39. Уполномоченный орган в сфере обеспечения информационной безопасности при выявлении несоответствий требованиям настоящих Правил, направляет поставщику информацию с приложением выявленных несоответствий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z1110" w:id="251"/>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z1141" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) анкета-вопросник о характеристиках объекта испытаний о характеристиках объекта испытаний согласно приложению 2 к настоящим Правилам, утвержденный собственником или владельцем объекта испытаний на бумажном носителе;</w:t>
+      40. Поставщик в срок не более десяти рабочих дней рассматривает внесенные изменения в объект информатизации и (или) информацию о выявленных несоответствиях, и (или) информацию об изменениях исходного кода по результатам анализа неизменности и принимает решение об отзыве протоколов испытаний и необходимости проведения того вида испытаний функции которого были нарушены при изменении условий функционирования и (или) функциональности объекта информатизации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z1111" w:id="252"/>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z1142" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      3) утвержденные собственником или владельцем техническое задание или техническая спецификация на объект информатизации, за исключением информационной системы государственного юридического лица и негосударственной информационной системы, предназначенные для формирования государственных электронных информационных ресурсов, на компакт-диске (при необходимости);</w:t>
+        <w:t xml:space="preserve">
+      Решение принимается с учетом Перечня изменений функционирования и (или) функциональности объекта информатизации согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z1112" w:id="253"/>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z1143" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) исходные коды компонентов и модулей объекта испытаний с библиотеками и файлами, необходимыми для успешной компиляции, на компакт-диске (при необходимости);</w:t>
+      41. При отзыве протоколов испытаний, собственник или владелец в трехмесячный срок подает заявку поставщикам о прохождении испытаний в порядке, установленном главами 2 или 3 настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z1113" w:id="254"/>
+    <w:bookmarkEnd w:id="283"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 41 - в редакции приказа Заместителя Премьер-Министра – Министра искусственного интеллекта и цифрового развития РК от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 602/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1144" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5) копии утвержденного перечня технической документации по информационной безопасности объекта испытаний, согласно </w:t>
-[...637 lines deleted...]
-      41. При отзыве протоколов испытаний, собственник или владелец в трехмесячный срок принимает меры для подачи заявки поставщикам о прохождении испытаний в порядке, установленном в главе 2 или 3 настоящих Правил.</w:t>
+      42. Рассмотрение жалобы осуществляется в случае несогласия заявителя с результатами протоколов испытаний на соответствие требованиям информационной безопасности и производится уполномоченным органом в сфере обеспечения информационной безопасности в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 91</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Административного процедурно-процессуального кодекса Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z1144" w:id="285"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="285"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -24219,664 +25215,702 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1147" w:id="286"/>
+    <w:bookmarkStart w:name="z1147" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> _______________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(наименование поставщика)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z1148" w:id="287"/>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z1148" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявка на проведение испытаний</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>_________________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(наименование объекта испытаний)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z1149" w:id="288"/>
+    <w:bookmarkEnd w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 с изменением, внесенным приказом Заместителя Премьер-Министра – Министра искусственного интеллекта и цифрового развития РК от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 602/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1149" w:id="287"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на соответствие требованиям информационной безопасности (далее – испытания)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="287"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z1150" w:id="288"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1.__________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1150" w:id="289"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование организации-заявителя, фамилия, имя, отчество. (при наличии),</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бизнес-идентификационный номер, банковские реквизиты заявителя)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(почтовый адрес, e-mail и телефон заявителя, область, город, район)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>просит провести испытания</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование объекта испытаний, номер версии, дата разработки)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в составе следующих видов работ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(перечень видов работ согласно пунктов 4,6,7 настоящих Правил</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(указать нужный пункт)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z1151" w:id="289"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1.__________________________________________________________________</w:t>
+      2. Сведения о владельце (собственнике) испытываемого объекта испытаний</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>(наименование организации-заявителя, фамилия, имя, отчество. (при наличии),</w:t>
+        <w:t>____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>бизнес-идентификационный номер, банковские реквизиты заявителя)</w:t>
+        <w:t>(наименование или фамилия, имя, отчество (при наличии)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>(почтовый адрес, e-mail и телефон заявителя, область, город, район)</w:t>
+        <w:t>(область, город, район, почтовый адрес, телефон)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...186 lines deleted...]
-      <w:bookmarkStart w:name="z1151" w:id="290"/>
+      <w:bookmarkStart w:name="z1152" w:id="290"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Сведения о владельце (собственнике) испытываемого объекта испытаний</w:t>
+      3. Сведения о разработчике испытываемого объекта испытаний</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>____________________________________________________________________</w:t>
+        <w:t>___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>(наименование или фамилия, имя, отчество (при наличии)</w:t>
+        <w:t>(информация о разработчике, наименование или фамилия, имя, отчество</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>____________________________________________________________________</w:t>
+        <w:t>(при наличии) авторов)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>____________________________________________________________________</w:t>
+        <w:t>___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(область, город, район, почтовый адрес, телефон)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1152" w:id="291"/>
+      <w:bookmarkStart w:name="z1153" w:id="291"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Сведения о разработчике испытываемого объекта испытаний</w:t>
+      4. Данные лица, ответственного за связь с поставщиком:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="291"/>
-    <w:p>
-[...103 lines deleted...]
-    <w:bookmarkEnd w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1) фамилия, имя, отчество: ___________________________________________;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -25217,705 +26251,781 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1156" w:id="293"/>
+    <w:bookmarkStart w:name="z1156" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Анкета-вопросник о характеристиках объекта испытаний</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkEnd w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1157" w:id="294"/>
-[...9 lines deleted...]
-      1. Наименование объекта испытаний: ____________________________________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 2 - в редакции приказа Заместителя Премьер-Министра – Министра искусственного интеллекта и цифрового развития РК от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 602/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z1828" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>____________________________________________________________________</w:t>
+        <w:t>
+      1. Наименование объекта испытаний: ____________________________________</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z1829" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1158" w:id="295"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Краткая аннотация на объект испытаний _______________________________</w:t>
+      ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z1830" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>____________________________________________________________________</w:t>
+        <w:t>
+      2. Краткая аннотация на объект испытаний _______________________________</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z1831" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>(назначение и область применения)</w:t>
+        <w:t>
+      ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z1832" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1159" w:id="296"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Классификация объекта испытаний:</w:t>
+      (назначение и область применения)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z1833" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>1) класс прикладного программного обеспечения __________________________.</w:t>
+        <w:t>
+      3. Классификация объекта испытаний:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z1834" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>2) схема классификации по форме приложения 2 к Правилам классификации</w:t>
+        <w:t>
+      1) класс прикладного программного обеспечения __________________________.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z1835" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">объектов информатизации, утвержденным </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> исполняющего обязанности</w:t>
+        <w:t xml:space="preserve">
+      2) схема классификации по форме </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложения 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Правилам классификации</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z1836" w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Министра по инвестициям и развитию Республики Казахстан от 28 января 2016 года</w:t>
+        <w:t xml:space="preserve">
+      объектов информатизации, утвержденным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполняющего обязанности</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z1837" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 135 (зарегистрирован в Реестре государственной регистрации нормативных</w:t>
+        <w:t>
+      Министра по инвестициям и развитию Республики Казахстан от 28 января 2016 года № 135 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 13349).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z1838" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>правовых актов за № 13349).</w:t>
+        <w:t>
+      4. Архитектура объекта испытаний:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z1839" w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1160" w:id="297"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Архитектура объекта испытаний:</w:t>
+      1) функциональная схема объекта испытаний (при необходимости) с указанием:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z1840" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>1) функциональная схема объекта испытаний (при необходимости) с указанием:</w:t>
+        <w:t>
+      компонентов, модулей объекта испытаний и их IP-адресов;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z1841" w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>компонентов, модулей объекта испытаний и их IP-адресов;</w:t>
+        <w:t>
+      связей между компонентами или модулями и направления информационных потоков;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z1842" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>связей между компонентами или модулями и направления информационных потоков;</w:t>
+        <w:t>
+      точки подключения интеграционного взаимодействия с другими объектами информатизации;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z1843" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>точки подключения интеграционного взаимодействия с другими объектами информатизации;</w:t>
+        <w:t>
+      точки подключения пользователей;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z1844" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>точки подключения пользователей;</w:t>
+        <w:t>
+      мест и технологий хранения данных;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z1845" w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>мест и технологий хранения данных;</w:t>
+        <w:t>
+      применяемого резервного оборудования;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z1846" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>применяемого резервного оборудования;</w:t>
+        <w:t>
+      разъяснения применяемых терминов и аббревиатур;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z1847" w:id="312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>разъяснения применяемых терминов и аббревиатур;</w:t>
+        <w:t>
+      2) схема сети передачи данных объекта испытаний (при необходимости) с указанием:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z1848" w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>2) схема сети передачи данных объекта испытаний (при необходимости) с указанием:</w:t>
+        <w:t>
+      архитектуры и характеристик сети;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z1849" w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>архитектуры и характеристик сети;</w:t>
+        <w:t>
+      серверного сетевого и коммуникационного оборудования;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z1850" w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>серверного сетевого и коммуникационного оборудования;</w:t>
+        <w:t>
+      адресации и применяемых сетевых технологий;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z1851" w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>адресации и применяемых сетевых технологий;</w:t>
+        <w:t>
+      используемых локальных, ведомственных (корпоративных) и глобальных сетей;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z1852" w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>используемых локальных, ведомственных (корпоративных) и глобальных сетей;</w:t>
+        <w:t>
+      решения(й) по обеспечению отказоустойчивости и резервированию;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z1853" w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>решения(й) по обеспечению отказоустойчивости и резервированию.</w:t>
+        <w:t>
+      разъяснения применяемых терминов и аббревиатур;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z1854" w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>разъяснения применяемых терминов и аббревиатур;</w:t>
+        <w:t>
+      5. Информация об объекте испытаний:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z1855" w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1161" w:id="298"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Информация об объекте испытаний:</w:t>
+      1) информация о серверном оборудовании:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="298"/>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="320"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1162" w:id="299"/>
+          <w:bookmarkStart w:name="z1856" w:id="321"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№</w:t>
-[...19 lines deleted...]
-          </w:p>
+              <w:t>№ п/п</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="321"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -25977,51 +27087,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кол-во</w:t>
+Количество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26111,80 +27221,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1170" w:id="300"/>
+          <w:bookmarkStart w:name="z1864" w:id="322"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="300"/>
+          <w:bookmarkEnd w:id="322"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -26818,162 +27928,145 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1194" w:id="301"/>
+    <w:bookmarkStart w:name="z1888" w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) информация о сетевом оборудовании (заполнить таблицу):</w:t>
+      2) информация о сетевом оборудовании:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkEnd w:id="323"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1195" w:id="302"/>
+          <w:bookmarkStart w:name="z1889" w:id="324"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№</w:t>
-[...19 lines deleted...]
-          </w:p>
+              <w:t>№ п/п</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="324"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -27035,51 +28128,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кол-во</w:t>
+Количество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27169,80 +28262,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1203" w:id="303"/>
+          <w:bookmarkStart w:name="z1897" w:id="325"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="303"/>
+          <w:bookmarkEnd w:id="325"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -27876,161 +28969,144 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1227" w:id="304"/>
+    <w:bookmarkStart w:name="z1921" w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) местонахождение серверного и сетевого оборудования (заполнить таблицу):</w:t>
+      3) местонахождение серверного и сетевого оборудования:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkEnd w:id="326"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1228" w:id="305"/>
+          <w:bookmarkStart w:name="z1922" w:id="327"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№</w:t>
-[...19 lines deleted...]
-          </w:p>
+              <w:t>№ п/п</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="327"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -28190,80 +29266,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1235" w:id="306"/>
+          <w:bookmarkStart w:name="z1929" w:id="328"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="306"/>
+          <w:bookmarkEnd w:id="328"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -28797,146 +29873,146 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1256" w:id="307"/>
+    <w:bookmarkStart w:name="z1950" w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) характеристики резервного серверного оборудования (заполнить таблицу):</w:t>
+      4) характеристики резервного серверного оборудования:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkEnd w:id="329"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1257" w:id="308"/>
+          <w:bookmarkStart w:name="z1951" w:id="330"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="308"/>
+          <w:bookmarkEnd w:id="330"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -28998,51 +30074,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кол-во</w:t>
+Количество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -29168,80 +30244,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1266" w:id="309"/>
+          <w:bookmarkStart w:name="z1960" w:id="331"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="309"/>
+          <w:bookmarkEnd w:id="331"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -29975,146 +31051,146 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1293" w:id="310"/>
+    <w:bookmarkStart w:name="z1987" w:id="332"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) характеристики резервного сетевого оборудования (заполнить таблицу):</w:t>
+      5) характеристики резервного сетевого оборудования:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkEnd w:id="332"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1294" w:id="311"/>
+          <w:bookmarkStart w:name="z1988" w:id="333"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="311"/>
+          <w:bookmarkEnd w:id="333"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -30176,51 +31252,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кол-во</w:t>
+Количество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -30346,80 +31422,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1303" w:id="312"/>
+          <w:bookmarkStart w:name="z1997" w:id="334"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="312"/>
+          <w:bookmarkEnd w:id="334"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -31153,161 +32229,144 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1330" w:id="313"/>
+    <w:bookmarkStart w:name="z2024" w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) местонахождение резервного серверного и сетевого оборудования (заполнить таблицу):</w:t>
+      6) местонахождение резервного серверного и сетевого оборудования:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkEnd w:id="335"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1331" w:id="314"/>
+          <w:bookmarkStart w:name="z2025" w:id="336"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№</w:t>
-[...19 lines deleted...]
-          </w:p>
+              <w:t>№ п/п</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="336"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -31405,176 +32464,142 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ответственные лица за организацию доступа</w:t>
-[...16 lines deleted...]
-              <w:t>(фамилия, имя, отчество (при наличии)</w:t>
+Ответственные лица за организацию доступа (фамилия, имя, отчество (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Телефоны ответственных лиц</w:t>
-[...16 lines deleted...]
-              <w:t>(рабочие, сотовые)</w:t>
+Телефоны ответственных лиц (рабочие, сотовые)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1338" w:id="315"/>
+          <w:bookmarkStart w:name="z2032" w:id="337"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="315"/>
+          <w:bookmarkEnd w:id="337"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -32108,141 +33133,141 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1359" w:id="316"/>
+    <w:bookmarkStart w:name="z2053" w:id="338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) структура сети объекта испытаний (заполнить таблицу) (при необходимости):</w:t>
+      7) структура сети объекта испытаний (при необходимости):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkEnd w:id="338"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1360" w:id="317"/>
+          <w:bookmarkStart w:name="z2054" w:id="339"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="317"/>
+          <w:bookmarkEnd w:id="339"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -32294,80 +33319,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1364" w:id="318"/>
+          <w:bookmarkStart w:name="z2058" w:id="340"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="318"/>
+          <w:bookmarkEnd w:id="340"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -32601,145 +33626,145 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1376" w:id="319"/>
+    <w:bookmarkStart w:name="z2070" w:id="341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) информация по рабочим станциям администраторов (заполнить таблицу):</w:t>
+      8) информация по рабочим станциям администраторов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkEnd w:id="341"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1377" w:id="320"/>
+          <w:bookmarkStart w:name="z2071" w:id="342"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="320"/>
+          <w:bookmarkEnd w:id="342"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -32935,80 +33960,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1385" w:id="321"/>
+          <w:bookmarkStart w:name="z2079" w:id="343"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="321"/>
+          <w:bookmarkEnd w:id="343"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -33642,163 +34667,146 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1409" w:id="322"/>
+    <w:bookmarkStart w:name="z2103" w:id="344"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) информация о пользователях прикладного программного обеспечения, в том числе с применением мобильных и интернет приложений (заполнить таблицу):</w:t>
+      9) информация о пользователях прикладного программного обеспечения, в том числе с применением мобильных и интернет приложений:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkEnd w:id="344"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1410" w:id="323"/>
+          <w:bookmarkStart w:name="z2104" w:id="345"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№</w:t>
-[...19 lines deleted...]
-          </w:p>
+              <w:t>№ п/п</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="345"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -34030,80 +35038,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1419" w:id="324"/>
+          <w:bookmarkStart w:name="z2113" w:id="346"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="324"/>
+          <w:bookmarkEnd w:id="346"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -34315,165 +35323,147 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1428" w:id="325"/>
+    <w:bookmarkStart w:name="z2122" w:id="347"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10) Информация об интеграционном взаимодействии объекта испытаний, в том числе, планируемые (заполнить таблицу):</w:t>
+      10) Информация об интеграционном взаимодействии объекта испытаний, в том числе, планируемые:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkEnd w:id="347"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1429" w:id="326"/>
+          <w:bookmarkStart w:name="z2123" w:id="348"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№</w:t>
-[...20 lines deleted...]
-          </w:p>
+              <w:t>№ п/п</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="348"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -34741,80 +35731,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1440" w:id="327"/>
+          <w:bookmarkStart w:name="z2133" w:id="349"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="327"/>
+          <w:bookmarkEnd w:id="349"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -35648,166 +36638,148 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1470" w:id="328"/>
+    <w:bookmarkStart w:name="z2163" w:id="350"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11) Исходные коды прикладного ПО (заполнить таблицу) (при необходимости):</w:t>
+      11) Исходные коды прикладного ПО (при необходимости):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkEnd w:id="350"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1471" w:id="329"/>
+          <w:bookmarkStart w:name="z2164" w:id="351"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№</w:t>
-[...20 lines deleted...]
-          </w:p>
+              <w:t>№ п/п</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="351"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -36111,80 +37083,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1483" w:id="330"/>
+          <w:bookmarkStart w:name="z2175" w:id="352"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="330"/>
+          <w:bookmarkEnd w:id="352"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -37118,162 +38090,145 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1516" w:id="331"/>
+    <w:bookmarkStart w:name="z2208" w:id="353"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) Исходные коды и исполняемые файлы используемых библиотек и программных(ой) платформ(ы) (при необходимости):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkEnd w:id="353"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1517" w:id="332"/>
+          <w:bookmarkStart w:name="z2209" w:id="354"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№</w:t>
-[...19 lines deleted...]
-          </w:p>
+              <w:t>№ п/п</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="354"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -37469,80 +38424,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1525" w:id="333"/>
+          <w:bookmarkStart w:name="z2217" w:id="355"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="333"/>
+          <w:bookmarkEnd w:id="355"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -38176,144 +39131,144 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1549" w:id="334"/>
+    <w:bookmarkStart w:name="z2241" w:id="356"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Документирование испытываемого объекта (заполнить таблицу) (при необходимости):</w:t>
+      6. Документирование испытываемого объекта (при необходимости):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkEnd w:id="356"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1550" w:id="335"/>
+          <w:bookmarkStart w:name="z2242" w:id="357"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ п/п</w:t>
-[...2 lines deleted...]
-          <w:bookmarkEnd w:id="335"/>
+              <w:t>№ п/п</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="357"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -38473,80 +39428,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1557" w:id="336"/>
+          <w:bookmarkStart w:name="z2249" w:id="358"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="336"/>
+          <w:bookmarkEnd w:id="358"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -38706,114 +39661,114 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1564" w:id="337"/>
+          <w:bookmarkStart w:name="z2256" w:id="359"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...2 lines deleted...]
-          <w:bookmarkEnd w:id="337"/>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="359"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Политика информационной безопасности;</w:t>
+Политика информационной безопасности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -38923,114 +39878,114 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1571" w:id="338"/>
+          <w:bookmarkStart w:name="z2263" w:id="360"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...2 lines deleted...]
-          <w:bookmarkEnd w:id="338"/>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="360"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Правила идентификации, классификации и маркировки активов, связанных со средствами обработки информации;</w:t>
+Методика оценки рисков информационной безопасности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -39140,114 +40095,114 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1578" w:id="339"/>
+          <w:bookmarkStart w:name="z2270" w:id="361"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3</w:t>
-[...2 lines deleted...]
-          <w:bookmarkEnd w:id="339"/>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="361"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Методика оценки рисков информационной безопасности;</w:t>
+Правила идентификации, классификации, маркировки, паспортизации активов, связанных со средствами обработки информации и их инвентаризации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -39357,114 +40312,114 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1585" w:id="340"/>
+          <w:bookmarkStart w:name="z2277" w:id="362"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>4</w:t>
-[...2 lines deleted...]
-          <w:bookmarkEnd w:id="340"/>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="362"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Правила по обеспечению непрерывной работы активов, связанных со средствами обработки информации;</w:t>
+Правила проведения внутреннего аудита информационной безопасности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -39574,114 +40529,114 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1592" w:id="341"/>
+          <w:bookmarkStart w:name="z2284" w:id="363"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>5</w:t>
-[...2 lines deleted...]
-          <w:bookmarkEnd w:id="341"/>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="363"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Правила инвентаризации и паспортизации средств вычислительной техники, телекоммуникационного оборудования и программного обеспечения;</w:t>
+Правила использования средств криптографической защиты информации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -39791,114 +40746,114 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1599" w:id="342"/>
+          <w:bookmarkStart w:name="z2291" w:id="364"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>6</w:t>
-[...2 lines deleted...]
-          <w:bookmarkEnd w:id="342"/>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="364"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Правила проведения внутреннего аудита информационной безопасности;</w:t>
+Правила организации процедуры аутентификации и разграничения прав доступа к электронным информационным ресурсам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -40008,114 +40963,114 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1606" w:id="343"/>
+          <w:bookmarkStart w:name="z2298" w:id="365"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>7</w:t>
-[...2 lines deleted...]
-          <w:bookmarkEnd w:id="343"/>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="365"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Правила использования средств криптографической защиты информации;</w:t>
+Правила организации антивирусного контроля, использования мобильных устройств, носителей информации, Интернета и электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -40225,114 +41180,114 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1613" w:id="344"/>
+          <w:bookmarkStart w:name="z2305" w:id="366"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>8</w:t>
-[...2 lines deleted...]
-          <w:bookmarkEnd w:id="344"/>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="366"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Правила разграничения прав доступа к электронным информационным ресурсам;</w:t>
+Правила организации физической защиты, безопасной среды функционирования и обеспечения непрерывной работы активов, связанных со средствами обработки информации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -40442,114 +41397,114 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1620" w:id="345"/>
+          <w:bookmarkStart w:name="z2312" w:id="367"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>9</w:t>
-[...2 lines deleted...]
-          <w:bookmarkEnd w:id="345"/>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="367"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Правила использования Интернет и электронной почты;</w:t>
+Руководство администратора по сопровождению объекта информатизации, резервному копированию и восстановлению информации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -40659,1416 +41614,114 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1627" w:id="346"/>
+          <w:bookmarkStart w:name="z2319" w:id="368"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>10</w:t>
-[...2 lines deleted...]
-          <w:bookmarkEnd w:id="346"/>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="368"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Правила организации процедуры аутентификации;</w:t>
-[...1301 lines deleted...]
-Инструкцию о порядке действий пользователей по реагированию на инциденты информационной безопасности и во внештатных (кризисных) ситуациях.</w:t>
+Инструкцию о порядке действий пользователей по реагированию на инциденты информационной безопасности и во внештатных (кризисных) ситуациях</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -42158,229 +41811,50 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...177 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -42602,388 +42076,306 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1681" w:id="356"/>
+    <w:bookmarkStart w:name="z1681" w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень технической документации по информационной безопасности объекта испытаний</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="356"/>
-    <w:bookmarkStart w:name="z1682" w:id="357"/>
+    <w:bookmarkEnd w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-      1. Политика информационной безопасности;</w:t>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 3 - в редакции приказа Заместителя Премьер-Министра – Министра искусственного интеллекта и цифрового развития РК от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 602/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="357"/>
-    <w:bookmarkStart w:name="z1683" w:id="358"/>
+    <w:bookmarkStart w:name="z2326" w:id="370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Правила идентификации, классификации и маркировки активов, связанных со средствами обработки информации;</w:t>
+      1. Политика информационной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="358"/>
-    <w:bookmarkStart w:name="z1684" w:id="359"/>
+    <w:bookmarkEnd w:id="370"/>
+    <w:bookmarkStart w:name="z2327" w:id="371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Методика оценки рисков информационной безопасности;</w:t>
+      2. Методика оценки рисков информационной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="359"/>
-    <w:bookmarkStart w:name="z1685" w:id="360"/>
+    <w:bookmarkEnd w:id="371"/>
+    <w:bookmarkStart w:name="z2328" w:id="372"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Правила по обеспечению непрерывной работы активов, связанных со средствами обработки информации;</w:t>
+      3. Правила идентификации, классификации, маркировки, паспортизации активов, связанных со средствами обработки информации и их инвентаризации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="360"/>
-    <w:bookmarkStart w:name="z1686" w:id="361"/>
+    <w:bookmarkEnd w:id="372"/>
+    <w:bookmarkStart w:name="z2329" w:id="373"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Правила инвентаризации и паспортизации средств вычислительной техники, телекоммуникационного оборудования и программного обеспечения;</w:t>
+      4. Правила проведения внутреннего аудита информационной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="361"/>
-    <w:bookmarkStart w:name="z1687" w:id="362"/>
+    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkStart w:name="z2330" w:id="374"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Правила проведения внутреннего аудита информационной безопасности;</w:t>
+      5. Правила использования средств криптографической защиты информации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="362"/>
-    <w:bookmarkStart w:name="z1688" w:id="363"/>
+    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkStart w:name="z2331" w:id="375"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Правила использования средств криптографической защиты информации;</w:t>
+      6. Правила организации процедуры аутентификации и разграничения прав доступа к электронным информационным ресурсам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="363"/>
-    <w:bookmarkStart w:name="z1689" w:id="364"/>
+    <w:bookmarkEnd w:id="375"/>
+    <w:bookmarkStart w:name="z2332" w:id="376"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Правила разграничения прав доступа к электронным информационным ресурсам;</w:t>
+      7. Правила организации антивирусного контроля, использования мобильных устройств, носителей информации, Интернета и электронной почты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="364"/>
-    <w:bookmarkStart w:name="z1690" w:id="365"/>
+    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkStart w:name="z2333" w:id="377"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Правила использования Интернет и электронной почты;</w:t>
+      8. Правила организации физической защиты, безопасной среды функционирования и обеспечения непрерывной работы активов, связанных со средствами обработки информации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="365"/>
-    <w:bookmarkStart w:name="z1691" w:id="366"/>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z2334" w:id="378"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. Правила организации процедуры аутентификации;</w:t>
+      9. Руководство администратора по сопровождению объекта информатизации, резервному копированию и восстановлению информации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="366"/>
-    <w:bookmarkStart w:name="z1692" w:id="367"/>
+    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkStart w:name="z2335" w:id="379"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Правила организации антивирусного контроля;</w:t>
+      10. Инструкция о порядке действий пользователей по реагированию на инциденты информационной безопасности и во внештатных (кризисных) ситуациях.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="367"/>
-[...99 lines deleted...]
-    <w:bookmarkEnd w:id="372"/>
+    <w:bookmarkEnd w:id="379"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -43140,143 +42532,181 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>требованиям информационной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>безопасности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1699" w:id="373"/>
+    <w:bookmarkStart w:name="z1699" w:id="380"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень изменений функционирования и (или) функциональности объекта информатизации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkEnd w:id="380"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 4 с изменением, внесенным приказом Заместителя Премьер-Министра – Министра искусственного интеллекта и цифрового развития РК от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 602/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1700" w:id="374"/>
+          <w:bookmarkStart w:name="z1700" w:id="381"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="374"/>
+          <w:bookmarkEnd w:id="381"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -43472,80 +42902,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1708" w:id="375"/>
+          <w:bookmarkStart w:name="z1708" w:id="382"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="375"/>
+          <w:bookmarkEnd w:id="382"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -43741,80 +43171,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1716" w:id="376"/>
+          <w:bookmarkStart w:name="z1716" w:id="383"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="376"/>
+          <w:bookmarkEnd w:id="383"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -44010,80 +43440,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1724" w:id="377"/>
+          <w:bookmarkStart w:name="z1724" w:id="384"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="377"/>
+          <w:bookmarkEnd w:id="384"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -44279,80 +43709,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1732" w:id="378"/>
+          <w:bookmarkStart w:name="z1732" w:id="385"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="378"/>
+          <w:bookmarkEnd w:id="385"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -44548,80 +43978,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1740" w:id="379"/>
+          <w:bookmarkStart w:name="z1740" w:id="386"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="379"/>
+          <w:bookmarkEnd w:id="386"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -44817,80 +44247,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1748" w:id="380"/>
+          <w:bookmarkStart w:name="z1748" w:id="387"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="380"/>
+          <w:bookmarkEnd w:id="387"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -45086,80 +44516,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1756" w:id="381"/>
+          <w:bookmarkStart w:name="z1756" w:id="388"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="381"/>
+          <w:bookmarkEnd w:id="388"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -45355,80 +44785,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1764" w:id="382"/>
+          <w:bookmarkStart w:name="z1764" w:id="389"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="382"/>
+          <w:bookmarkEnd w:id="389"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -45624,80 +45054,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1772" w:id="383"/>
+          <w:bookmarkStart w:name="z1772" w:id="390"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="383"/>
+          <w:bookmarkEnd w:id="390"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -45893,80 +45323,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1780" w:id="384"/>
+          <w:bookmarkStart w:name="z1780" w:id="391"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="384"/>
+          <w:bookmarkEnd w:id="391"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -46162,80 +45592,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1788" w:id="385"/>
+          <w:bookmarkStart w:name="z1788" w:id="392"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="385"/>
+          <w:bookmarkEnd w:id="392"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -46369,112 +45799,369 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-+.и.</w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Изменение прав собственности и (или) владения объекта информатизации (изменение собственника и/или владельца)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 +</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1796" w:id="386"/>
+      <w:bookmarkStart w:name="z1796" w:id="393"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkEnd w:id="393"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"+" – необходимо проведения испытаний;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>