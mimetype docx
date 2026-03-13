--- v0 (2025-10-01)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="188e904" w14:textId="188e904">
+    <w:p w14:paraId="0b48711" w14:textId="0b48711">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -457,75 +457,58 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      </w:t>
-[...9 lines deleted...]
-              <w:t>Министр национальной экономики</w:t>
+              <w:t>      Министр национальной экономики</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...5 lines deleted...]
-              <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -573,118 +556,114 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Р. Даленов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z14" w:id="9"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министерство сельского хозяйства</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z15" w:id="10"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министерство информации</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -698,118 +677,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z16" w:id="11"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министерство здравоохранения</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z17" w:id="12"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министерство индустрии и</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -823,172 +798,166 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z18" w:id="13"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министерство финансов</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z19" w:id="14"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министерство культуры и спорта</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z20" w:id="15"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министерство внутренних дел</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1114,1998 +1083,2264 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 31 мая 2019 года № 48</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z22" w:id="16"/>
+    <w:bookmarkStart w:name="z22" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Типовые правила погребения и организации дела по уходу за могилами</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Типовые правила - в редакции приказа Министра национальной экономики РК от 06.10.2021 </w:t>
+      Сноска. Типовые правила - в редакции приказа и.о. Министра национальной экономики РК от 09.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 90</w:t>
+        <w:t>№ 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z25" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Типовые правила погребения и организации дела по уходу за могилами (далее – Типовые правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 1-16)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 статьи 27 Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан" и определяют порядок погребения и организации дела по уходу за могилами.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z23" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Санитарно-эпидемиологические требования к содержанию и эксплуатации кладбищ, крематориев, колумбариев, организации захоронения и перезахоронения умерших или их останков, а также объектам похоронного назначения определяются Санитарными правилами "Санитарно-эпидемиологические требования к кладбищам и объектам похоронного назначения", утвержденными </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 19 августа 2021 года № ҚР ДСМ-81 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 24066).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z24" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Определение принципов проектирования и рекомендации к содержанию кладбищ, крематориев к порядку организации похоронного дела, похоронного обряда (обряда захоронения останков или праха человека), а также содержания мест захоронения и работы специализированных служб по вопросам похоронного дела в Республике Казахстан определяются "Сводом правил Республики Казахстан "Проектирование и содержание кладбищ" (СП РК 3.02-141-2014).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z25" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В настоящих Типовых правилах используются следующие основные понятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z26" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) орган регистрации актов гражданского состояния (далее – регистрирующий орган) – Государственная корпорация "Правительство для граждан", осуществляющая государственную регистрацию актов гражданского состояния и другие виды государственных услуг, связанных с государственной регистрацией актов гражданского состояния;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z27" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) погребение (похороны) – обрядовые действия по захоронению тела (останков) умершего в землю (могилу, склеп) или преданию огню (кремации) с захоронением урны с прахом (пеплом) в могилу, склеп в соответствии с волеизъявлением покойного, вероисповеданием, обычаями и традициями, не противоречащими санитарным, природоохранным, градостроительным и иным правилам и нормам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z28" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) место погребения – отведенные в соответствии с этическими, санитарными и экологическими требованиями участки земли с сооружаемыми на них кладбищами для захоронения тел (останков) умерших, стенами скорби для захоронения урн с прахом умерших, крематориями и другими зданиями, и сооружениями, предназначенными для осуществления погребения умерших;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z29" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) погребальная урна (далее – урна с прахом) – емкость для хранения, транспортирования и захоронения праха умершего после его кремации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z30" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) могила – место захоронения умершего или его останков;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z31" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) кладбище – территория, специально выделенная для захоронения умерших или их останков;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z32" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) администрация кладбища/колумбария – физическое или юридическое лицо, осуществляющее организационно-распорядительные и административно-хозяйственные функции по содержанию и эксплуатации кладбища и/или колумбарии, на основании гражданско-правового договора;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z33" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) колумбарий – хранилище погребальных урн с прахом умерших, после их кремации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z34" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) колумбарная ниша – ячейка в колумбарии, в которую устанавливается погребальная урна;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z35" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) мемориальная плита колумбария – плита, закрывающая нишу колумбария, на которой указаны имя, отчество и фамилия (при его наличии), даты рождения и смерти захороненного;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z36" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) крематорий – технологический комплекс, оборудованный печью для кремации (сжигания) умерших людей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z37" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) прах – останки тела умершего после кремации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z38" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок погребения и организации дела по уходу за могилами</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z39" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Правила погребения и организации дела по уходу за могилами (далее – правила) разрабатываются местными исполнительными органами областей, городов республиканского значения, столицы в соответствии с настоящими Типовыми правилами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z40" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. При разработке правил учитываются особенности территории населенных пунктов, их застройки, а также организации дела по уходу за могилами, сохранения объектов историко-культурного наследия, религиозного назначения и природного ландшафта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z41" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Санитарно-эпидемиологические требования к содержанию и эксплуатации кладбищ, организации захоронения и перезахоронения умерших или их останков, а также объектам похоронного назначения определяются Санитарными правилами "Санитарно-эпидемиологические требования к кладбищам и объектам похоронного назначения", утвержденными </w:t>
+      5. Правила содержат: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z42" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) порядок отведения места захоронения и колумбарии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z43" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) порядок захоронения умерших, их останков; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z44" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) порядок проектирования и устройства могил и колумбариев;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z45" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) порядок организации благоустройства мест захоронения, колумбариев и их содержания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z46" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) порядок учета и регистрации земельных участков, предназначенных под могилы и колумбарии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z47" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) порядок заключения договора на погребение, содержание и обслуживание кладбищ, колумбарии и осуществления контроля за соблюдением их условий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z48" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Местными исполнительными органами из земель общего пользования, занятых и предназначенных под кладбища, на каждого умершего жителя поселения или лица без определенного места жительства, умершего в данном поселении, для захоронения бесплатно выделяется земельный участок не менее шести квадратных метров.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z49" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Территория кладбища состоит из участков, которые разделяются на ряды могил и обустраиваются проездами для автомобильного транспорта и проходами к участкам могил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z50" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местный исполнительный орган города республиканского значения, столицы, районного (города областного значения):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z51" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует свод данных (сведений) учета и регистрацию земельных участков, предназначенных под могилы и колумбарии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z52" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет контроль за соблюдением условий договора по погребению, содержанию и обслуживанию кладбищ и колумбарий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z53" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      размещает актуальную информацию по занятым и свободным участкам и колумбарных ниш на официальном интернет-ресурсе местного исполнительного органа и в публичной кадастровой карте, утвержденной </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 19 августа 2021 года № ҚР ДСМ-81 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 24066).</w:t>
-[...362 lines deleted...]
-    <w:bookmarkStart w:name="z37" w:id="29"/>
+        <w:t xml:space="preserve"> исполняющего обязанности Министра цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан от 12 июля 2023 года № 252/НҚ (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 33106).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z54" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аким города областного значения, района в городе, города районного значения, поселка, села, сельского округа ведет учет и регистрацию земельных участков, предназначенных под могилы и колумбарии на основании журналов учета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z55" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аким района в городе, города районного значения, поселка, села, сельского округа организует погребение безродных и общественные работы по содержанию в надлежащем состоянии кладбищ и иных мест захоронения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z56" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аппарат акима района в городах республиканского значения, столицы обеспечивает санитарию населенных пунктов, содержание мест захоронений и погребение безродных.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z57" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) порядок отведения места для захоронения; </w:t>
-[...63 lines deleted...]
-    <w:bookmarkStart w:name="z41" w:id="33"/>
+      7. Захоронение производится на территории кладбища или в колумбарии после предъявления администрации кладбища или колумбария свидетельства о смерти, выданного регистрирующим органом, осуществляющим регистрацию смерти и (или) медицинского свидетельства о смерти по форме № 045/у, утвержденной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ175/2020 "Об утверждении форм учетной документации в области здравоохранения, а также инструкций по их заполнению" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 21579) либо уведомления о смерти, полученного посредством веб-портала "электронного правительства", при захоронении останков в колумбарии, необходимо предъявление справки о кремации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z58" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Захоронение останков после кремации (праха) в урнах проводится в колумбариях или в могилах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z59" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Колумбарии и стены скорби для захоронения урн с прахом умерших размещаются на специально выделенных участках земли. Допускается размещение колумбариев и стен скорби за пределами территорий кладбищ на обособленных участках земли на расстоянии не менее 50 метров от жилых зданий, территорий лечебных, детских, образовательных, спортивно-оздоровительных, культурно-просветительных учреждений, садоводческих товариществ, коттеджной застройки, учреждений социального обеспечения населения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z60" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Колумбарии размещаются на землях общего пользования, занятых и предназначенных под кладбища.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z61" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...13 lines deleted...]
-    <w:bookmarkStart w:name="z11" w:id="34"/>
+      На урне с прахом указываются фамилия, имя, отчество (при его наличии) умершего и регистрационный номер кремации. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z62" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Колумбарии подразделяются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z63" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      открытые – стены с ячейками располагаются на кладбищах под открытым небом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z64" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      закрытые – размещаются внутри зданий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z65" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Захоронение регистрируется в журнале учета, который ведется администрацией кладбища.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z66" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...94 lines deleted...]
-    <w:bookmarkEnd w:id="35"/>
+      9. Журнал учета содержит следующие сведения: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z67" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      год, месяц, число погребения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z68" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      номер могилы либо колумбарной ниши;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z69" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Территория кладбища состоит из участков, которые разделяются на ряды могил и обустраиваются проездами для автомобильного транспорта и проходами к участкам могил. </w:t>
-[...55 lines deleted...]
-    </w:p>
+      фамилия, имя, отчество (при его наличии) умершего; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z70" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      размещает актуальную информацию по занятым и свободным участкам кладбища на официальном интернет-ресурсе местного исполнительного органа и в публичной кадастровой карте, утвержденной </w:t>
+      дата рождения и смерти; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z71" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      причина смерти; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z72" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      номер, дата и кем выдано свидетельство или уведомление о смерти, полученное посредством веб-портала "электронного правительства"; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z73" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      фамилия, имя, отчество (при его наличии), индивидуальный идентификационный номер (при его наличии), дата выдачи и номер документа, удостоверяющего личность, адрес близких родственников либо супруга/супруги покойного, в случае отсутствия родственников адрес лица, производящего захоронение либо наименование, бизнес-идентификационный номер, адрес организации, производящей захоронение.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z74" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. По письменному заявлению близких родственников, а также супруга/супруги в местный исполнительный орган, аппарат акима района в городе при предоставлении документов, подтверждающие близкое родство с (ранее) умершим, погребение умершего или его останков рядом с ранее умершим близким родственником либо супругом/супругой обеспечивается при наличии на указанном месте погребения свободного участка земли или могилы, а также колумбарной ниши ранее умершего близкого родственника.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z75" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Захоронение найденных тел умерших или их останков, утопленников, скоропостижно умерших вне дома, находящихся в морге после судебно-медицинского исследования, при отсутствии родственников или лиц и учреждений, которые могут взять на себя организацию похорон, возлагается на местные исполнительные органы после регистрации факта смерти.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z76" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Захоронение безродных производится за счет бюджетных средств.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z77" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Перезахоронение останков на действующих и закрытых кладбищах не допускается, кроме случаев:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z78" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      преждевременной ликвидации кладбища или его участка;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z79" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при транспортировке останков из отдельных могил для перезахоронения по Республике Казахстан или за ее пределами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z80" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обнаружения при проведении строительных работ ранее неизвестных захоронений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z81" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Перезахоронение останков допускается только при отсутствии особо опасных инфекционных заболеваний (сибирская язва, конго-крымская геморрагическая лихорадка) у умерших людей в течение двух первых недель с момента погребения, в последующем не ранее трех лет, в песчаных грунтах не ранее одного года по согласованию государственного органа в сфере санитарно-эпидемиологического благополучия населения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z82" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Изъятие урны с прахом из колумбарной ниши без предварительного уведомления администрации кладбища (администрации колумбария) не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z83" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Изъятие урны с прахом из ниши колумбария производится в присутствии уполномоченного должностного лица администрации кладбища (администрации колумбария) в соответствии с датой и временем, указанными в уведомлении.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z84" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Администрация кладбища (администрации колумбария) не позднее одного рабочего дня, следующего за днем изъятия урны с прахом, в удостоверение о захоронении урны с прахом вносится запись об изъятии урны с прахом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z85" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Освободившаяся колумбарная ниша не ранее чем через три рабочих дня, следующих за днем изъятия урны с прахом, передается администрацией кладбища (администрации колумбария) под новое захоронение.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z86" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      15. Проектирование и устройство могил: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z87" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      расстояние между участками могил составляет по длинным сторонам не менее 1 метра, а коротким – не менее 0,5 метров;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z88" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      глубина могилы устанавливается в зависимости от характера грунта и уровня подпочвенных вод и составляет не менее чем 1,5 метра от поверхности земли до крышки гроба (при наличии). Во всех случаях отметка для могилы составляет на 0,5 метра выше уровня грунтовых вод;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z89" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для умерших от особо опасных инфекций глубина могилы устанавливается на уровне 2-х метров, при этом на дно размещается хлорная известь слоем не менее 10 сантиметров;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z90" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      каждая могила имеет насыпь высотой 0,5 метра (далее – надмогильный холмик) от поверхности земли. Надмогильный холмик выступает за края могилы для защиты ее от атмосферных вод. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z91" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Проектирование и устройство колумбариев:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z92" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Стены колумбария выполняют функцию хранилища погребальных урн.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z93" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Размер колумбарной ниши устанавливается исходя из формы, объема и заданной вместимости урны с прахом и составляет 400*400*300 миллиметров.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z94" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Порядок благоустройства и содержания крематориев и колумбариев:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z95" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) все помещения, входящие в состав крематориев, оборудуются системами приточно-вытяжной вентиляции с механическим побуждением.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z96" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Применение систем рециркуляции воздуха не допускается; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z97" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) стирка, обезвреживание и ремонт спецодежды в домашних условиях запрещается, а инструмент, применяемый при производстве работ, не выносится за пределы кладбища;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z98" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) помещения зданий и сооружений содержатся в чистоте. Влажная уборка помещений проводится не реже одного раза в сутки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z99" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) к хранению уборочного инвентаря (ветошь или хозяйственные салфетки, ведра, щетки, швабры и другое) для уборки помещений зданий и сооружений предъявляются следующие требования: наличие маркировки; используется строго по назначению; после использования промывается горячей водой с моющими средствами и просушивается; хранится упорядочено в специально выделенных местах (помещениях), шкафах, стеллажах или тележках;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z100" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) спецодежда хранится в промаркированных отделениях шкафов в гардеробных для спецодежды и специальной обуви, отдельно от личной одежды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z101" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) стирка и ремонт спецодежды производятся централизованно по мере загрязнения и износа, но не реже одного раза в месяц. В целях исключения рисков распространения инфекционных заболеваний и особо опасных инфекций обезвреживание спецодежды проводится после каждого применения в соответствии с приказом "Об утверждении Санитарных правил "Санитарно-эпидемиологические требования к организации и проведению дезинфекции, дезинсекции и дератизации", утвержденным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> исполняющего обязанности Министра цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан от 12 июля 2023 года № 252/НҚ (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 33106).</w:t>
-[...82 lines deleted...]
-    <w:bookmarkStart w:name="z48" w:id="36"/>
+        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 29 июля 2022 года № ҚР ДСМ-68 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 28977);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z102" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) санитарно-бытовые помещения, их устройство, оборудование и обеспеченность расходными материалами соответствуют числу работающих на местах погребения и в крематориях, включая в том числе гардеробную с раковиной, туалет, помещения для обогрева работающих, сушки спецодежды, комнату приема пищи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z103" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) комната приема пищи (при наличии) оборудуется столами, скамейками (стульями) с гигиеническим покрытием, мебелью для хранения посуды, раковиной с подводом горячей и холодной воды, водой питьевого качества (допускается вода, расфасованная в емкости), холодильником. Допускается использование электрочайников и микроволновых печей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z104" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      7. Захоронение производится на территории кладбища после предъявления администрации кладбища свидетельства о смерти, выданного регистрирующим органом, осуществляющий регистрацию смерти и (или) медицинского свидетельства о смерти по форме № 045/у, утвержденной </w:t>
-[...313 lines deleted...]
-    <w:bookmarkStart w:name="z58" w:id="39"/>
+      18. Лица, занимающиеся преданием огню (кремацией): </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z105" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      10. По письменному заявлению близких родственников, а также супруга (супруги) в местный исполнительный орган, аппарат акима района в городе при предоставлении документов, подтверждающие близкое родство с (ранее) умершим, погребение умершего или его останков рядом с ранее умершим близким родственником обеспечивается при наличии на указанном месте погребения свободного участка земли или могилы ранее умершего близкого родственника. </w:t>
-[...319 lines deleted...]
-    <w:bookmarkStart w:name="z71" w:id="50"/>
+      1) прививаются против столбняка и сибирской язвы; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z106" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      устанавливать надмогильные памятники и сооружения из естественного камня или бетона, цветники и скамейки; </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z72" w:id="51"/>
+      2) обеспечиваются средствами индивидуальной защиты – комплектом спецодежды и спецобуви (резиновые сапоги, резиновые рукавицы, респиратор или марлевая повязка, закрывающая рот и нос, комбинезон). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z107" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Администрация кладбищ (администрация колумбария) обеспечивает:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z108" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) предоставление гражданам полной информации о порядке оказания ритуальных услуг, в том числе с размещением информации на стендах на территории кладбища или колумбария;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z109" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      производить посадку цветов на могиле, зеленой изгороди из декоративного кустарника с последующей ее подстрижкой. </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z74" w:id="53"/>
+      2) своевременную подготовку могил для захоронения умерших или их останков; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z110" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) соблюдение установленной нормы отвода каждого земельного участка для захоронения и правил подготовки могил и колумбарных ниш; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z111" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) содержание в исправном состоянии зданий, колумбариев, инженерного оборудования, территории кладбища, ограждения, освещения; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z112" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) контроль за организацией работ по содержанию кладбищ, включая систематическую уборку дорожек общего пользования и участков хозяйственного назначения, обслуживание сетей водоснабжения, уход за зеленными насаждениями на всей территории кладбища, текущий ремонт дорог и своевременный вывоз мусора;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z113" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) предоставления гражданам напрокат инвентаря для ухода за местом захоронения; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z114" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) предоставление равного доступа субъектам ритуальных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z115" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      20. Благоустройство мест захоронения и их содержание: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z116" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В границах участка, отведенного под захоронение, допускается: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z117" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) устанавливать надмогильные памятники и сооружения из естественного камня или бетона, мемориальные плиты колумбариев, цветники и скамейки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z118" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) производить посадку цветов на могиле, зеленой изгороди из декоративного кустарника с последующей ее подстрижкой.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z119" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Дальнейшее содержание могил в надлежащем порядке обеспечиваются близкими родственниками и пережившим супругом/супругой. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z120" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Не допускается размещение памятников и сооружений, устройство столиков, скамеек и сооружений за пределами участка захоронения. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-[...39 lines deleted...]
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z121" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Территория кладбища (проезды, дорожки, клумбы, газоны, канализационная, электрическая и водопроводная сеть и сооружения) содержится местными исполнительными органами в надлежащем порядке в соответствии с законодательством о местном государственном управлении и самоуправлении.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z122" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Заключение договора на погребение, содержание и обслуживание кладбищ между местным исполнительным органом города республиканского значения, столицы, районного (города областного значения) и администрацией кладбища осуществляется по итогам конкурса в срок, установленный в соответствии с законодательством о государственных закупках.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 16 - в редакции приказа Заместителя Премьер-Министра - Министра национальной экономики РК от 23.02.2024 </w:t>
-[...211 lines deleted...]
-</w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
@@ -3127,55 +3362,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>