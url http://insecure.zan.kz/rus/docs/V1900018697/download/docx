--- v0 (2025-10-12)
+++ v1 (2025-12-31)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="61acdfc" w14:textId="61acdfc">
+    <w:p w14:paraId="ed683b1" w14:textId="ed683b1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1038,268 +1038,404 @@
         <w:t>
       4) получатель финансовых средств – субъект кинематографической деятельности, заключивший договор о финансировании кинопроекта, претендующего на признание его национальным фильмом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z50" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) уполномоченный орган – центральный исполнительный орган, осуществляющий руководство и межотраслевую координацию в сфере кинематографии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z51" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 6) с 01.01.2026 действует в редакции абзаца 2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п.4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приказа Министра культуры и информации РК от 10.11.2025 № 605-НҚ.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) Государственный центр поддержки национального кино – единый оператор по предоставлению государственной поддержки в виде финансирования кинопроектов, претендующих на признание их национальными фильмами, и национальных фильмов, в том числе юридическому лицу со стопроцентным участием государства в уставном капитале, основным предметом деятельности которого является производство фильмов, в размере не менее тридцати пяти процентов от общего объема ежегодной суммы государственной финансовой поддержки (далее – единый оператор).</w:t>
+      6) Государственный центр поддержки национального кино – единый оператор по предоставлению государственной поддержки в виде финансирования кинопроектов, претендующих на признание их национальными фильмами, и национальных фильмов, за исключением средств, выделяемых на выполнение государственного задания для юридического лица со стопроцентным участием государства в уставном капитале, основным предметом деятельности которого является производство фильмов, в размере не менее тридцати процентов от общего объема финансирования фильмов, финансированию дубляжа на казахский язык детских анимационных фильмов и фильмов для семейного просмотра, ввозимых на территорию Республики Казахстан и выплате субсидий в сфере кинематографии (далее – единый оператор).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z52" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Пункт 2 с изменением, внесенным приказом Министра культуры и информации РК от 10.11.2025 № 605-НҚ (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z52" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок финансирования кинопроектов, претендующих на признания их национальными фильмами</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z53" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z53" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Уполномоченный орган по итогам конкурсного отбора, проведенного в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> отбора кинопроектов, претендующих на признание их национальными фильмами для оказания государственной финансовой поддержки по их производству, утвержденного приказом исполняющего обязанности Министра культуры и спорта Республики Казахстан от 15 марта 2019 года № 64 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 18405), принимает решение о финансировании кинопроектов, претендующих на признание их национальными фильмами (далее – кинопроекты).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z54" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z54" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. В течение 10 (десять) рабочих дней после издания приказа уполномоченный орган заключает договор с единым оператором на услуги по предоставлению государственной финансовой поддержки для кинопроектов, претендующих на признание их национальными фильмами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z55" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z55" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Единый оператор в течение 15 (пятнадцать) рабочих дней после заключения договора с уполномоченным органом, заключает с получателем финансовых средств договор о финансировании кинопроектов (далее – договор).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z56" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z56" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Финансирование осуществляется единым оператором поэтапно на основании заключенного договора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z57" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z57" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Получатель финансовых средств в ходе реализации кинопроектов перераспределяет финансовые средства между утвержденными им статьями расходов (за исключением фонда оплаты труда) на сумму не более 10 (десять) процентов от общей суммы сметы расходов по кинопроекту в рамках одного этапа без согласования с единым оператором.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z58" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z58" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Получатель финансовых средств представляет единому оператору в установленные договором сроки акт выполненных работ (оказанных услуг) с приложением промежуточного отчета за каждый этап, а также итоговый отчет по завершению реализации кинопроектов, включая отчет об использовании выделенных финансовых средств на производство кинопроектов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z59" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z59" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. В целях анализа целевого использования выделенных средств и достижения ожидаемых результатов единый оператор проводит мониторинг соблюдения этапов производства кинопроектов в соответствии с договором на любом этапе его реализации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z60" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z60" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Получатель финансовых средств получает следующий транш после подписания акта выполненных работ (оказанных услуг) едином оператором с уполномоченным органом, в соответствии с условиями договора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1458,141 +1594,141 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 2 – в редакции приказа Министра культуры и спорта РК от 10.03.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z61" w:id="30"/>
+    <w:bookmarkStart w:name="z61" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Социально значимые анимационные фильмы (объем финансирования не должен превышать 100% от сметной стоимости производства)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z62" w:id="31"/>
+          <w:bookmarkStart w:name="z62" w:id="30"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="31"/>
+          <w:bookmarkEnd w:id="30"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -1645,133 +1781,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z66" w:id="32"/>
+          <w:bookmarkStart w:name="z66" w:id="31"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1. Оплата авторских гонораров</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="32"/>
+          <w:bookmarkEnd w:id="31"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z68" w:id="33"/>
+          <w:bookmarkStart w:name="z68" w:id="32"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="33"/>
+          <w:bookmarkEnd w:id="32"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -1823,80 +1959,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z72" w:id="34"/>
+          <w:bookmarkStart w:name="z72" w:id="33"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="34"/>
+          <w:bookmarkEnd w:id="33"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -1948,80 +2084,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z76" w:id="35"/>
+          <w:bookmarkStart w:name="z76" w:id="34"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="35"/>
+          <w:bookmarkEnd w:id="34"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -2073,80 +2209,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z80" w:id="36"/>
+          <w:bookmarkStart w:name="z80" w:id="35"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="36"/>
+          <w:bookmarkEnd w:id="35"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -2199,133 +2335,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z84" w:id="37"/>
+          <w:bookmarkStart w:name="z84" w:id="36"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2. Оплата труда и начисления</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="37"/>
+          <w:bookmarkEnd w:id="36"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z86" w:id="38"/>
+          <w:bookmarkStart w:name="z86" w:id="37"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="38"/>
+          <w:bookmarkEnd w:id="37"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -2377,80 +2513,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z90" w:id="39"/>
+          <w:bookmarkStart w:name="z90" w:id="38"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="39"/>
+          <w:bookmarkEnd w:id="38"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -2502,80 +2638,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z94" w:id="40"/>
+          <w:bookmarkStart w:name="z94" w:id="39"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="40"/>
+          <w:bookmarkEnd w:id="39"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -2627,80 +2763,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z98" w:id="41"/>
+          <w:bookmarkStart w:name="z98" w:id="40"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="41"/>
+          <w:bookmarkEnd w:id="40"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -2752,80 +2888,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z102" w:id="42"/>
+          <w:bookmarkStart w:name="z102" w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="42"/>
+          <w:bookmarkEnd w:id="41"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -2877,80 +3013,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z106" w:id="43"/>
+          <w:bookmarkStart w:name="z106" w:id="42"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="43"/>
+          <w:bookmarkEnd w:id="42"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -3002,80 +3138,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z110" w:id="44"/>
+          <w:bookmarkStart w:name="z110" w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="44"/>
+          <w:bookmarkEnd w:id="43"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -3127,80 +3263,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z114" w:id="45"/>
+          <w:bookmarkStart w:name="z114" w:id="44"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>12.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="45"/>
+          <w:bookmarkEnd w:id="44"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -3253,133 +3389,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z118" w:id="46"/>
+          <w:bookmarkStart w:name="z118" w:id="45"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3. Материалы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="46"/>
+          <w:bookmarkEnd w:id="45"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z120" w:id="47"/>
+          <w:bookmarkStart w:name="z120" w:id="46"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>13.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="47"/>
+          <w:bookmarkEnd w:id="46"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -3431,80 +3567,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z124" w:id="48"/>
+          <w:bookmarkStart w:name="z124" w:id="47"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>14.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="48"/>
+          <w:bookmarkEnd w:id="47"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -3557,133 +3693,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z128" w:id="49"/>
+          <w:bookmarkStart w:name="z128" w:id="48"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4. Услуги</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="49"/>
+          <w:bookmarkEnd w:id="48"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z130" w:id="50"/>
+          <w:bookmarkStart w:name="z130" w:id="49"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>15.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="50"/>
+          <w:bookmarkEnd w:id="49"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -3735,80 +3871,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z134" w:id="51"/>
+          <w:bookmarkStart w:name="z134" w:id="50"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>16.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="51"/>
+          <w:bookmarkEnd w:id="50"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -3860,80 +3996,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z138" w:id="52"/>
+          <w:bookmarkStart w:name="z138" w:id="51"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>17.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="52"/>
+          <w:bookmarkEnd w:id="51"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -3985,80 +4121,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z142" w:id="53"/>
+          <w:bookmarkStart w:name="z142" w:id="52"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>18.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="53"/>
+          <w:bookmarkEnd w:id="52"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -4111,133 +4247,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z146" w:id="54"/>
+          <w:bookmarkStart w:name="z146" w:id="53"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5. Автотранспорт</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="54"/>
+          <w:bookmarkEnd w:id="53"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z148" w:id="55"/>
+          <w:bookmarkStart w:name="z148" w:id="54"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>19.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="55"/>
+          <w:bookmarkEnd w:id="54"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -4290,133 +4426,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z152" w:id="56"/>
+          <w:bookmarkStart w:name="z152" w:id="55"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6. Экспедиция</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="56"/>
+          <w:bookmarkEnd w:id="55"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z154" w:id="57"/>
+          <w:bookmarkStart w:name="z154" w:id="56"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>20.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="57"/>
+          <w:bookmarkEnd w:id="56"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -4468,80 +4604,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z158" w:id="58"/>
+          <w:bookmarkStart w:name="z158" w:id="57"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>21.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="58"/>
+          <w:bookmarkEnd w:id="57"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -4593,80 +4729,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z162" w:id="59"/>
+          <w:bookmarkStart w:name="z162" w:id="58"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>22.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="59"/>
+          <w:bookmarkEnd w:id="58"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -4719,133 +4855,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z166" w:id="60"/>
+          <w:bookmarkStart w:name="z166" w:id="59"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7. Прочие затраты</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="60"/>
+          <w:bookmarkEnd w:id="59"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z168" w:id="61"/>
+          <w:bookmarkStart w:name="z168" w:id="60"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>23.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="61"/>
+          <w:bookmarkEnd w:id="60"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -4897,80 +5033,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z172" w:id="62"/>
+          <w:bookmarkStart w:name="z172" w:id="61"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>24.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="62"/>
+          <w:bookmarkEnd w:id="61"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -5023,133 +5159,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z176" w:id="63"/>
+          <w:bookmarkStart w:name="z176" w:id="62"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8. Общестудийные расходы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="63"/>
+          <w:bookmarkEnd w:id="62"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z178" w:id="64"/>
+          <w:bookmarkStart w:name="z178" w:id="63"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>25.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="64"/>
+          <w:bookmarkEnd w:id="63"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -5181,141 +5317,141 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 до 10 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z182" w:id="65"/>
+    <w:bookmarkStart w:name="z182" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Социально значимые документальные фильмы, в том числе фильмы-события (объем финансирования не должен превышать 100 % от сметной стоимости производства)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkEnd w:id="64"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z183" w:id="66"/>
+          <w:bookmarkStart w:name="z183" w:id="65"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="66"/>
+          <w:bookmarkEnd w:id="65"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -5368,133 +5504,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z187" w:id="67"/>
+          <w:bookmarkStart w:name="z187" w:id="66"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1. Оплата авторских гонораров</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="67"/>
+          <w:bookmarkEnd w:id="66"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z189" w:id="68"/>
+          <w:bookmarkStart w:name="z189" w:id="67"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="68"/>
+          <w:bookmarkEnd w:id="67"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -5546,80 +5682,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z193" w:id="69"/>
+          <w:bookmarkStart w:name="z193" w:id="68"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="69"/>
+          <w:bookmarkEnd w:id="68"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -5671,80 +5807,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z197" w:id="70"/>
+          <w:bookmarkStart w:name="z197" w:id="69"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="70"/>
+          <w:bookmarkEnd w:id="69"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -5796,80 +5932,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z201" w:id="71"/>
+          <w:bookmarkStart w:name="z201" w:id="70"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">4. </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="71"/>
+          <w:bookmarkEnd w:id="70"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -5922,133 +6058,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z205" w:id="72"/>
+          <w:bookmarkStart w:name="z205" w:id="71"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2. Оплата труда и начисления </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="72"/>
+          <w:bookmarkEnd w:id="71"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z207" w:id="73"/>
+          <w:bookmarkStart w:name="z207" w:id="72"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="73"/>
+          <w:bookmarkEnd w:id="72"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -6100,80 +6236,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z211" w:id="74"/>
+          <w:bookmarkStart w:name="z211" w:id="73"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="74"/>
+          <w:bookmarkEnd w:id="73"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -6225,80 +6361,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z215" w:id="75"/>
+          <w:bookmarkStart w:name="z215" w:id="74"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="75"/>
+          <w:bookmarkEnd w:id="74"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -6350,80 +6486,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z219" w:id="76"/>
+          <w:bookmarkStart w:name="z219" w:id="75"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="76"/>
+          <w:bookmarkEnd w:id="75"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -6475,80 +6611,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z223" w:id="77"/>
+          <w:bookmarkStart w:name="z223" w:id="76"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="77"/>
+          <w:bookmarkEnd w:id="76"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -6600,80 +6736,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z227" w:id="78"/>
+          <w:bookmarkStart w:name="z227" w:id="77"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="78"/>
+          <w:bookmarkEnd w:id="77"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -6725,80 +6861,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z231" w:id="79"/>
+          <w:bookmarkStart w:name="z231" w:id="78"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="79"/>
+          <w:bookmarkEnd w:id="78"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -6850,80 +6986,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z235" w:id="80"/>
+          <w:bookmarkStart w:name="z235" w:id="79"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>12.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="80"/>
+          <w:bookmarkEnd w:id="79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -6976,133 +7112,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z239" w:id="81"/>
+          <w:bookmarkStart w:name="z239" w:id="80"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3. Материалы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="81"/>
+          <w:bookmarkEnd w:id="80"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z241" w:id="82"/>
+          <w:bookmarkStart w:name="z241" w:id="81"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>13.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="82"/>
+          <w:bookmarkEnd w:id="81"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -7154,80 +7290,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z245" w:id="83"/>
+          <w:bookmarkStart w:name="z245" w:id="82"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>14.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="83"/>
+          <w:bookmarkEnd w:id="82"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -7280,133 +7416,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z249" w:id="84"/>
+          <w:bookmarkStart w:name="z249" w:id="83"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4. Услуги</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="84"/>
+          <w:bookmarkEnd w:id="83"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z251" w:id="85"/>
+          <w:bookmarkStart w:name="z251" w:id="84"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>15.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="85"/>
+          <w:bookmarkEnd w:id="84"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -7458,80 +7594,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z255" w:id="86"/>
+          <w:bookmarkStart w:name="z255" w:id="85"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>16.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="86"/>
+          <w:bookmarkEnd w:id="85"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -7583,80 +7719,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z259" w:id="87"/>
+          <w:bookmarkStart w:name="z259" w:id="86"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>17.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="87"/>
+          <w:bookmarkEnd w:id="86"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -7708,80 +7844,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z263" w:id="88"/>
+          <w:bookmarkStart w:name="z263" w:id="87"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>18.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="88"/>
+          <w:bookmarkEnd w:id="87"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -7833,80 +7969,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z267" w:id="89"/>
+          <w:bookmarkStart w:name="z267" w:id="88"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>19.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="89"/>
+          <w:bookmarkEnd w:id="88"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -7958,80 +8094,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z271" w:id="90"/>
+          <w:bookmarkStart w:name="z271" w:id="89"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>20.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="90"/>
+          <w:bookmarkEnd w:id="89"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -8083,80 +8219,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z275" w:id="91"/>
+          <w:bookmarkStart w:name="z275" w:id="90"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>21.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="91"/>
+          <w:bookmarkEnd w:id="90"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -8208,80 +8344,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z279" w:id="92"/>
+          <w:bookmarkStart w:name="z279" w:id="91"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>22.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="92"/>
+          <w:bookmarkEnd w:id="91"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -8334,133 +8470,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z283" w:id="93"/>
+          <w:bookmarkStart w:name="z283" w:id="92"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5. Автотранспорт</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="93"/>
+          <w:bookmarkEnd w:id="92"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z285" w:id="94"/>
+          <w:bookmarkStart w:name="z285" w:id="93"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>23.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="94"/>
+          <w:bookmarkEnd w:id="93"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -8512,80 +8648,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z289" w:id="95"/>
+          <w:bookmarkStart w:name="z289" w:id="94"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>24.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="95"/>
+          <w:bookmarkEnd w:id="94"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -8637,80 +8773,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z293" w:id="96"/>
+          <w:bookmarkStart w:name="z293" w:id="95"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>25.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="96"/>
+          <w:bookmarkEnd w:id="95"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -8762,80 +8898,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z297" w:id="97"/>
+          <w:bookmarkStart w:name="z297" w:id="96"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>26.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="97"/>
+          <w:bookmarkEnd w:id="96"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -8888,133 +9024,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z301" w:id="98"/>
+          <w:bookmarkStart w:name="z301" w:id="97"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6. Экспедиция</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="98"/>
+          <w:bookmarkEnd w:id="97"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z303" w:id="99"/>
+          <w:bookmarkStart w:name="z303" w:id="98"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>27.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="99"/>
+          <w:bookmarkEnd w:id="98"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -9066,80 +9202,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z307" w:id="100"/>
+          <w:bookmarkStart w:name="z307" w:id="99"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>28.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="100"/>
+          <w:bookmarkEnd w:id="99"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -9191,80 +9327,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z311" w:id="101"/>
+          <w:bookmarkStart w:name="z311" w:id="100"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>29.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="101"/>
+          <w:bookmarkEnd w:id="100"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -9317,133 +9453,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z315" w:id="102"/>
+          <w:bookmarkStart w:name="z315" w:id="101"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7. Прочие затраты</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="102"/>
+          <w:bookmarkEnd w:id="101"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z317" w:id="103"/>
+          <w:bookmarkStart w:name="z317" w:id="102"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>30.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="103"/>
+          <w:bookmarkEnd w:id="102"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -9495,80 +9631,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z321" w:id="104"/>
+          <w:bookmarkStart w:name="z321" w:id="103"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>31.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="104"/>
+          <w:bookmarkEnd w:id="103"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -9620,80 +9756,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z325" w:id="105"/>
+          <w:bookmarkStart w:name="z325" w:id="104"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>32.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="105"/>
+          <w:bookmarkEnd w:id="104"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -9745,80 +9881,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z329" w:id="106"/>
+          <w:bookmarkStart w:name="z329" w:id="105"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>33.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="106"/>
+          <w:bookmarkEnd w:id="105"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -9870,80 +10006,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z333" w:id="107"/>
+          <w:bookmarkStart w:name="z333" w:id="106"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>34.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="107"/>
+          <w:bookmarkEnd w:id="106"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -9996,133 +10132,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z337" w:id="108"/>
+          <w:bookmarkStart w:name="z337" w:id="107"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8. Общестудийные расходы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="108"/>
+          <w:bookmarkEnd w:id="107"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z339" w:id="109"/>
+          <w:bookmarkStart w:name="z339" w:id="108"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>35.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="109"/>
+          <w:bookmarkEnd w:id="108"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -10154,141 +10290,141 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 до 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z343" w:id="110"/>
+    <w:bookmarkStart w:name="z343" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Социально значимые игровые фильмы (объем финансирования не должен превышать 100% от сметной стоимости производства)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkEnd w:id="109"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z344" w:id="111"/>
+          <w:bookmarkStart w:name="z344" w:id="110"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="111"/>
+          <w:bookmarkEnd w:id="110"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -10341,133 +10477,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z348" w:id="112"/>
+          <w:bookmarkStart w:name="z348" w:id="111"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1. Оплата авторских гонораров</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="112"/>
+          <w:bookmarkEnd w:id="111"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z350" w:id="113"/>
+          <w:bookmarkStart w:name="z350" w:id="112"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="113"/>
+          <w:bookmarkEnd w:id="112"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -10519,80 +10655,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z354" w:id="114"/>
+          <w:bookmarkStart w:name="z354" w:id="113"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="114"/>
+          <w:bookmarkEnd w:id="113"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -10644,80 +10780,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z358" w:id="115"/>
+          <w:bookmarkStart w:name="z358" w:id="114"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="115"/>
+          <w:bookmarkEnd w:id="114"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -10769,80 +10905,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z362" w:id="116"/>
+          <w:bookmarkStart w:name="z362" w:id="115"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="116"/>
+          <w:bookmarkEnd w:id="115"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -10895,133 +11031,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z366" w:id="117"/>
+          <w:bookmarkStart w:name="z366" w:id="116"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2. Оплата труда и начисления</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="117"/>
+          <w:bookmarkEnd w:id="116"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z368" w:id="118"/>
+          <w:bookmarkStart w:name="z368" w:id="117"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="118"/>
+          <w:bookmarkEnd w:id="117"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -11073,80 +11209,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z372" w:id="119"/>
+          <w:bookmarkStart w:name="z372" w:id="118"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="119"/>
+          <w:bookmarkEnd w:id="118"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -11198,80 +11334,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z376" w:id="120"/>
+          <w:bookmarkStart w:name="z376" w:id="119"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="120"/>
+          <w:bookmarkEnd w:id="119"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -11323,80 +11459,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z380" w:id="121"/>
+          <w:bookmarkStart w:name="z380" w:id="120"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="121"/>
+          <w:bookmarkEnd w:id="120"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -11448,80 +11584,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z384" w:id="122"/>
+          <w:bookmarkStart w:name="z384" w:id="121"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="122"/>
+          <w:bookmarkEnd w:id="121"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -11573,80 +11709,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z388" w:id="123"/>
+          <w:bookmarkStart w:name="z388" w:id="122"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="123"/>
+          <w:bookmarkEnd w:id="122"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -11698,80 +11834,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z392" w:id="124"/>
+          <w:bookmarkStart w:name="z392" w:id="123"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="124"/>
+          <w:bookmarkEnd w:id="123"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -11823,80 +11959,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z396" w:id="125"/>
+          <w:bookmarkStart w:name="z396" w:id="124"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>12.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="125"/>
+          <w:bookmarkEnd w:id="124"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -11948,80 +12084,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z400" w:id="126"/>
+          <w:bookmarkStart w:name="z400" w:id="125"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>13.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="126"/>
+          <w:bookmarkEnd w:id="125"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -12074,133 +12210,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z404" w:id="127"/>
+          <w:bookmarkStart w:name="z404" w:id="126"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3. Материалы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="127"/>
+          <w:bookmarkEnd w:id="126"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z406" w:id="128"/>
+          <w:bookmarkStart w:name="z406" w:id="127"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>14.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="128"/>
+          <w:bookmarkEnd w:id="127"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -12252,80 +12388,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z410" w:id="129"/>
+          <w:bookmarkStart w:name="z410" w:id="128"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>15.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="129"/>
+          <w:bookmarkEnd w:id="128"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -12378,133 +12514,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z414" w:id="130"/>
+          <w:bookmarkStart w:name="z414" w:id="129"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4. Услуги</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="130"/>
+          <w:bookmarkEnd w:id="129"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z416" w:id="131"/>
+          <w:bookmarkStart w:name="z416" w:id="130"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>16.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="131"/>
+          <w:bookmarkEnd w:id="130"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -12556,80 +12692,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z420" w:id="132"/>
+          <w:bookmarkStart w:name="z420" w:id="131"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>17.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="132"/>
+          <w:bookmarkEnd w:id="131"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -12681,80 +12817,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z424" w:id="133"/>
+          <w:bookmarkStart w:name="z424" w:id="132"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>18.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="133"/>
+          <w:bookmarkEnd w:id="132"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -12806,80 +12942,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z428" w:id="134"/>
+          <w:bookmarkStart w:name="z428" w:id="133"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>19.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="134"/>
+          <w:bookmarkEnd w:id="133"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -12931,80 +13067,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z432" w:id="135"/>
+          <w:bookmarkStart w:name="z432" w:id="134"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>20.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="135"/>
+          <w:bookmarkEnd w:id="134"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -13056,80 +13192,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z436" w:id="136"/>
+          <w:bookmarkStart w:name="z436" w:id="135"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>21.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="136"/>
+          <w:bookmarkEnd w:id="135"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -13181,80 +13317,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z440" w:id="137"/>
+          <w:bookmarkStart w:name="z440" w:id="136"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>22.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="137"/>
+          <w:bookmarkEnd w:id="136"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -13306,80 +13442,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z444" w:id="138"/>
+          <w:bookmarkStart w:name="z444" w:id="137"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>23.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="138"/>
+          <w:bookmarkEnd w:id="137"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -13432,133 +13568,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z448" w:id="139"/>
+          <w:bookmarkStart w:name="z448" w:id="138"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5. Автотранспорт</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="139"/>
+          <w:bookmarkEnd w:id="138"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z450" w:id="140"/>
+          <w:bookmarkStart w:name="z450" w:id="139"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>24.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="140"/>
+          <w:bookmarkEnd w:id="139"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -13610,80 +13746,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z454" w:id="141"/>
+          <w:bookmarkStart w:name="z454" w:id="140"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>25.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="141"/>
+          <w:bookmarkEnd w:id="140"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -13735,80 +13871,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z458" w:id="142"/>
+          <w:bookmarkStart w:name="z458" w:id="141"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>26.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="142"/>
+          <w:bookmarkEnd w:id="141"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -13860,80 +13996,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z462" w:id="143"/>
+          <w:bookmarkStart w:name="z462" w:id="142"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>27.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="143"/>
+          <w:bookmarkEnd w:id="142"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -13986,133 +14122,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z466" w:id="144"/>
+          <w:bookmarkStart w:name="z466" w:id="143"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6. Экспедиция</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="144"/>
+          <w:bookmarkEnd w:id="143"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z468" w:id="145"/>
+          <w:bookmarkStart w:name="z468" w:id="144"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>29.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="145"/>
+          <w:bookmarkEnd w:id="144"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -14164,80 +14300,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z472" w:id="146"/>
+          <w:bookmarkStart w:name="z472" w:id="145"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>30.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="146"/>
+          <w:bookmarkEnd w:id="145"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -14289,80 +14425,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z476" w:id="147"/>
+          <w:bookmarkStart w:name="z476" w:id="146"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>31.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="147"/>
+          <w:bookmarkEnd w:id="146"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -14415,133 +14551,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z480" w:id="148"/>
+          <w:bookmarkStart w:name="z480" w:id="147"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7. Прочие затраты</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="148"/>
+          <w:bookmarkEnd w:id="147"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z482" w:id="149"/>
+          <w:bookmarkStart w:name="z482" w:id="148"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>33.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="149"/>
+          <w:bookmarkEnd w:id="148"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -14593,80 +14729,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z486" w:id="150"/>
+          <w:bookmarkStart w:name="z486" w:id="149"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>34.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="150"/>
+          <w:bookmarkEnd w:id="149"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -14718,80 +14854,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z490" w:id="151"/>
+          <w:bookmarkStart w:name="z490" w:id="150"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>35.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="151"/>
+          <w:bookmarkEnd w:id="150"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -14843,80 +14979,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z494" w:id="152"/>
+          <w:bookmarkStart w:name="z494" w:id="151"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>36.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="152"/>
+          <w:bookmarkEnd w:id="151"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -14968,80 +15104,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z498" w:id="153"/>
+          <w:bookmarkStart w:name="z498" w:id="152"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>37.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="153"/>
+          <w:bookmarkEnd w:id="152"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -15094,133 +15230,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z502" w:id="154"/>
+          <w:bookmarkStart w:name="z502" w:id="153"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8. Общестудийные расходы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="154"/>
+          <w:bookmarkEnd w:id="153"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z504" w:id="155"/>
+          <w:bookmarkStart w:name="z504" w:id="154"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>38.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="155"/>
+          <w:bookmarkEnd w:id="154"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -15252,141 +15388,141 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 до 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z508" w:id="156"/>
+    <w:bookmarkStart w:name="z508" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дебютные фильмы (объем финансирования не должен превышать 100 % от сметной стоимости производства)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkEnd w:id="155"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z509" w:id="157"/>
+          <w:bookmarkStart w:name="z509" w:id="156"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="157"/>
+          <w:bookmarkEnd w:id="156"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -15439,133 +15575,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z513" w:id="158"/>
+          <w:bookmarkStart w:name="z513" w:id="157"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1. Оплата авторских гонораров</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="158"/>
+          <w:bookmarkEnd w:id="157"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z515" w:id="159"/>
+          <w:bookmarkStart w:name="z515" w:id="158"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="159"/>
+          <w:bookmarkEnd w:id="158"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -15617,80 +15753,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z519" w:id="160"/>
+          <w:bookmarkStart w:name="z519" w:id="159"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="160"/>
+          <w:bookmarkEnd w:id="159"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -15742,80 +15878,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z523" w:id="161"/>
+          <w:bookmarkStart w:name="z523" w:id="160"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="161"/>
+          <w:bookmarkEnd w:id="160"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -15867,80 +16003,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z527" w:id="162"/>
+          <w:bookmarkStart w:name="z527" w:id="161"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="162"/>
+          <w:bookmarkEnd w:id="161"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -15993,133 +16129,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z531" w:id="163"/>
+          <w:bookmarkStart w:name="z531" w:id="162"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2. Оплата труда и начисления</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="163"/>
+          <w:bookmarkEnd w:id="162"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z533" w:id="164"/>
+          <w:bookmarkStart w:name="z533" w:id="163"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="164"/>
+          <w:bookmarkEnd w:id="163"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -16171,80 +16307,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z537" w:id="165"/>
+          <w:bookmarkStart w:name="z537" w:id="164"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="165"/>
+          <w:bookmarkEnd w:id="164"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -16296,80 +16432,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z541" w:id="166"/>
+          <w:bookmarkStart w:name="z541" w:id="165"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="166"/>
+          <w:bookmarkEnd w:id="165"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -16421,80 +16557,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z545" w:id="167"/>
+          <w:bookmarkStart w:name="z545" w:id="166"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="167"/>
+          <w:bookmarkEnd w:id="166"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -16546,80 +16682,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z549" w:id="168"/>
+          <w:bookmarkStart w:name="z549" w:id="167"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="168"/>
+          <w:bookmarkEnd w:id="167"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -16671,80 +16807,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z553" w:id="169"/>
+          <w:bookmarkStart w:name="z553" w:id="168"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="169"/>
+          <w:bookmarkEnd w:id="168"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -16796,80 +16932,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z557" w:id="170"/>
+          <w:bookmarkStart w:name="z557" w:id="169"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="170"/>
+          <w:bookmarkEnd w:id="169"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -16921,80 +17057,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z561" w:id="171"/>
+          <w:bookmarkStart w:name="z561" w:id="170"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>12.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="171"/>
+          <w:bookmarkEnd w:id="170"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -17046,80 +17182,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z565" w:id="172"/>
+          <w:bookmarkStart w:name="z565" w:id="171"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>13.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="172"/>
+          <w:bookmarkEnd w:id="171"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -17172,133 +17308,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z569" w:id="173"/>
+          <w:bookmarkStart w:name="z569" w:id="172"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3. Материалы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="173"/>
+          <w:bookmarkEnd w:id="172"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z571" w:id="174"/>
+          <w:bookmarkStart w:name="z571" w:id="173"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>14.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="174"/>
+          <w:bookmarkEnd w:id="173"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -17350,80 +17486,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z575" w:id="175"/>
+          <w:bookmarkStart w:name="z575" w:id="174"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>15.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="175"/>
+          <w:bookmarkEnd w:id="174"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -17476,133 +17612,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z579" w:id="176"/>
+          <w:bookmarkStart w:name="z579" w:id="175"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4. Услуги</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="176"/>
+          <w:bookmarkEnd w:id="175"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z581" w:id="177"/>
+          <w:bookmarkStart w:name="z581" w:id="176"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>16.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="177"/>
+          <w:bookmarkEnd w:id="176"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -17654,80 +17790,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z585" w:id="178"/>
+          <w:bookmarkStart w:name="z585" w:id="177"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>17.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="178"/>
+          <w:bookmarkEnd w:id="177"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -17779,80 +17915,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z589" w:id="179"/>
+          <w:bookmarkStart w:name="z589" w:id="178"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>18.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="179"/>
+          <w:bookmarkEnd w:id="178"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -17904,80 +18040,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z593" w:id="180"/>
+          <w:bookmarkStart w:name="z593" w:id="179"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>19.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="180"/>
+          <w:bookmarkEnd w:id="179"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -18029,80 +18165,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z597" w:id="181"/>
+          <w:bookmarkStart w:name="z597" w:id="180"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>20.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="181"/>
+          <w:bookmarkEnd w:id="180"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -18154,80 +18290,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z601" w:id="182"/>
+          <w:bookmarkStart w:name="z601" w:id="181"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>21.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="182"/>
+          <w:bookmarkEnd w:id="181"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -18279,80 +18415,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z605" w:id="183"/>
+          <w:bookmarkStart w:name="z605" w:id="182"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>22.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="183"/>
+          <w:bookmarkEnd w:id="182"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -18404,80 +18540,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z609" w:id="184"/>
+          <w:bookmarkStart w:name="z609" w:id="183"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>23.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="184"/>
+          <w:bookmarkEnd w:id="183"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -18530,133 +18666,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z613" w:id="185"/>
+          <w:bookmarkStart w:name="z613" w:id="184"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5. Автотранспорт</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="185"/>
+          <w:bookmarkEnd w:id="184"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z615" w:id="186"/>
+          <w:bookmarkStart w:name="z615" w:id="185"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>24.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="186"/>
+          <w:bookmarkEnd w:id="185"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -18708,80 +18844,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z619" w:id="187"/>
+          <w:bookmarkStart w:name="z619" w:id="186"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>25.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="187"/>
+          <w:bookmarkEnd w:id="186"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -18833,80 +18969,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z623" w:id="188"/>
+          <w:bookmarkStart w:name="z623" w:id="187"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>26.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="188"/>
+          <w:bookmarkEnd w:id="187"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -18958,80 +19094,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z627" w:id="189"/>
+          <w:bookmarkStart w:name="z627" w:id="188"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>27.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="189"/>
+          <w:bookmarkEnd w:id="188"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -19084,133 +19220,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z631" w:id="190"/>
+          <w:bookmarkStart w:name="z631" w:id="189"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6. Экспедиция</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="190"/>
+          <w:bookmarkEnd w:id="189"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z633" w:id="191"/>
+          <w:bookmarkStart w:name="z633" w:id="190"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>28.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="191"/>
+          <w:bookmarkEnd w:id="190"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -19262,80 +19398,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z637" w:id="192"/>
+          <w:bookmarkStart w:name="z637" w:id="191"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>29.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="192"/>
+          <w:bookmarkEnd w:id="191"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -19387,80 +19523,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z641" w:id="193"/>
+          <w:bookmarkStart w:name="z641" w:id="192"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>30.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="193"/>
+          <w:bookmarkEnd w:id="192"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -19513,133 +19649,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z645" w:id="194"/>
+          <w:bookmarkStart w:name="z645" w:id="193"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7. Прочие затраты</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="194"/>
+          <w:bookmarkEnd w:id="193"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z647" w:id="195"/>
+          <w:bookmarkStart w:name="z647" w:id="194"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>31.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="195"/>
+          <w:bookmarkEnd w:id="194"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -19691,80 +19827,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z651" w:id="196"/>
+          <w:bookmarkStart w:name="z651" w:id="195"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>32.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="196"/>
+          <w:bookmarkEnd w:id="195"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -19816,80 +19952,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z655" w:id="197"/>
+          <w:bookmarkStart w:name="z655" w:id="196"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>33.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="197"/>
+          <w:bookmarkEnd w:id="196"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -19941,80 +20077,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z659" w:id="198"/>
+          <w:bookmarkStart w:name="z659" w:id="197"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>34.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="198"/>
+          <w:bookmarkEnd w:id="197"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -20066,80 +20202,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z663" w:id="199"/>
+          <w:bookmarkStart w:name="z663" w:id="198"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>35.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="199"/>
+          <w:bookmarkEnd w:id="198"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -20192,133 +20328,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z667" w:id="200"/>
+          <w:bookmarkStart w:name="z667" w:id="199"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8. Общестудийные расходы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="200"/>
+          <w:bookmarkEnd w:id="199"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z669" w:id="201"/>
+          <w:bookmarkStart w:name="z669" w:id="200"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>36.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="201"/>
+          <w:bookmarkEnd w:id="200"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -20350,141 +20486,141 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 до 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z673" w:id="202"/>
+    <w:bookmarkStart w:name="z673" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Фильмы совместного производства (объем финансирования не должен превышать объемы, предусмотренные в рамках соответствующих соглашений о производстве таких фильмов)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkEnd w:id="201"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z674" w:id="203"/>
+          <w:bookmarkStart w:name="z674" w:id="202"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="203"/>
+          <w:bookmarkEnd w:id="202"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -20537,133 +20673,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z678" w:id="204"/>
+          <w:bookmarkStart w:name="z678" w:id="203"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1. Оплата авторских гонораров</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="204"/>
+          <w:bookmarkEnd w:id="203"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z680" w:id="205"/>
+          <w:bookmarkStart w:name="z680" w:id="204"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="205"/>
+          <w:bookmarkEnd w:id="204"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -20715,80 +20851,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z684" w:id="206"/>
+          <w:bookmarkStart w:name="z684" w:id="205"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="206"/>
+          <w:bookmarkEnd w:id="205"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -20840,80 +20976,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z688" w:id="207"/>
+          <w:bookmarkStart w:name="z688" w:id="206"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="207"/>
+          <w:bookmarkEnd w:id="206"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -20965,80 +21101,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z692" w:id="208"/>
+          <w:bookmarkStart w:name="z692" w:id="207"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="208"/>
+          <w:bookmarkEnd w:id="207"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -21091,133 +21227,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z696" w:id="209"/>
+          <w:bookmarkStart w:name="z696" w:id="208"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2. Оплата труда и начисления</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="209"/>
+          <w:bookmarkEnd w:id="208"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z698" w:id="210"/>
+          <w:bookmarkStart w:name="z698" w:id="209"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="210"/>
+          <w:bookmarkEnd w:id="209"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -21269,80 +21405,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z702" w:id="211"/>
+          <w:bookmarkStart w:name="z702" w:id="210"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="211"/>
+          <w:bookmarkEnd w:id="210"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -21394,80 +21530,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z706" w:id="212"/>
+          <w:bookmarkStart w:name="z706" w:id="211"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="212"/>
+          <w:bookmarkEnd w:id="211"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -21519,80 +21655,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z710" w:id="213"/>
+          <w:bookmarkStart w:name="z710" w:id="212"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="213"/>
+          <w:bookmarkEnd w:id="212"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -21644,80 +21780,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z714" w:id="214"/>
+          <w:bookmarkStart w:name="z714" w:id="213"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="214"/>
+          <w:bookmarkEnd w:id="213"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -21769,80 +21905,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z718" w:id="215"/>
+          <w:bookmarkStart w:name="z718" w:id="214"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="215"/>
+          <w:bookmarkEnd w:id="214"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -21894,80 +22030,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z722" w:id="216"/>
+          <w:bookmarkStart w:name="z722" w:id="215"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="216"/>
+          <w:bookmarkEnd w:id="215"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -22019,80 +22155,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z726" w:id="217"/>
+          <w:bookmarkStart w:name="z726" w:id="216"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>12.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="217"/>
+          <w:bookmarkEnd w:id="216"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -22144,80 +22280,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z730" w:id="218"/>
+          <w:bookmarkStart w:name="z730" w:id="217"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>13.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="218"/>
+          <w:bookmarkEnd w:id="217"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -22270,133 +22406,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z734" w:id="219"/>
+          <w:bookmarkStart w:name="z734" w:id="218"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3. Материалы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="219"/>
+          <w:bookmarkEnd w:id="218"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z736" w:id="220"/>
+          <w:bookmarkStart w:name="z736" w:id="219"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>14.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="220"/>
+          <w:bookmarkEnd w:id="219"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -22448,80 +22584,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z740" w:id="221"/>
+          <w:bookmarkStart w:name="z740" w:id="220"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>15.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="221"/>
+          <w:bookmarkEnd w:id="220"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -22574,133 +22710,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z744" w:id="222"/>
+          <w:bookmarkStart w:name="z744" w:id="221"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">4. Услуги </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="222"/>
+          <w:bookmarkEnd w:id="221"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z746" w:id="223"/>
+          <w:bookmarkStart w:name="z746" w:id="222"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>16.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="223"/>
+          <w:bookmarkEnd w:id="222"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -22752,80 +22888,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z750" w:id="224"/>
+          <w:bookmarkStart w:name="z750" w:id="223"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>17.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="224"/>
+          <w:bookmarkEnd w:id="223"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -22877,80 +23013,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z754" w:id="225"/>
+          <w:bookmarkStart w:name="z754" w:id="224"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>18.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="225"/>
+          <w:bookmarkEnd w:id="224"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -23002,80 +23138,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z758" w:id="226"/>
+          <w:bookmarkStart w:name="z758" w:id="225"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>19.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="226"/>
+          <w:bookmarkEnd w:id="225"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -23127,80 +23263,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z762" w:id="227"/>
+          <w:bookmarkStart w:name="z762" w:id="226"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>20.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="227"/>
+          <w:bookmarkEnd w:id="226"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -23252,80 +23388,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z766" w:id="228"/>
+          <w:bookmarkStart w:name="z766" w:id="227"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>21.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="228"/>
+          <w:bookmarkEnd w:id="227"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -23377,80 +23513,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z770" w:id="229"/>
+          <w:bookmarkStart w:name="z770" w:id="228"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>22.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="229"/>
+          <w:bookmarkEnd w:id="228"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -23502,80 +23638,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z774" w:id="230"/>
+          <w:bookmarkStart w:name="z774" w:id="229"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>23.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="230"/>
+          <w:bookmarkEnd w:id="229"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -23628,133 +23764,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z778" w:id="231"/>
+          <w:bookmarkStart w:name="z778" w:id="230"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5. Автотранспорт</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="231"/>
+          <w:bookmarkEnd w:id="230"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z780" w:id="232"/>
+          <w:bookmarkStart w:name="z780" w:id="231"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>24.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="232"/>
+          <w:bookmarkEnd w:id="231"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -23806,80 +23942,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z784" w:id="233"/>
+          <w:bookmarkStart w:name="z784" w:id="232"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>25.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="233"/>
+          <w:bookmarkEnd w:id="232"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -23931,80 +24067,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z788" w:id="234"/>
+          <w:bookmarkStart w:name="z788" w:id="233"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>26.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="234"/>
+          <w:bookmarkEnd w:id="233"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -24056,80 +24192,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z792" w:id="235"/>
+          <w:bookmarkStart w:name="z792" w:id="234"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>27.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="235"/>
+          <w:bookmarkEnd w:id="234"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -24182,133 +24318,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z796" w:id="236"/>
+          <w:bookmarkStart w:name="z796" w:id="235"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6. Экспедиция</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="236"/>
+          <w:bookmarkEnd w:id="235"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z798" w:id="237"/>
+          <w:bookmarkStart w:name="z798" w:id="236"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>28.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="237"/>
+          <w:bookmarkEnd w:id="236"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -24360,80 +24496,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z802" w:id="238"/>
+          <w:bookmarkStart w:name="z802" w:id="237"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>29.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="238"/>
+          <w:bookmarkEnd w:id="237"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -24485,80 +24621,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z806" w:id="239"/>
+          <w:bookmarkStart w:name="z806" w:id="238"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>30.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="239"/>
+          <w:bookmarkEnd w:id="238"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -24611,133 +24747,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z810" w:id="240"/>
+          <w:bookmarkStart w:name="z810" w:id="239"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7. Прочие затраты</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="240"/>
+          <w:bookmarkEnd w:id="239"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z812" w:id="241"/>
+          <w:bookmarkStart w:name="z812" w:id="240"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>31.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="241"/>
+          <w:bookmarkEnd w:id="240"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -24789,80 +24925,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z816" w:id="242"/>
+          <w:bookmarkStart w:name="z816" w:id="241"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>32.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="242"/>
+          <w:bookmarkEnd w:id="241"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -24914,80 +25050,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z820" w:id="243"/>
+          <w:bookmarkStart w:name="z820" w:id="242"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>33.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="243"/>
+          <w:bookmarkEnd w:id="242"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -25039,80 +25175,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z824" w:id="244"/>
+          <w:bookmarkStart w:name="z824" w:id="243"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>34.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="244"/>
+          <w:bookmarkEnd w:id="243"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -25164,80 +25300,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z828" w:id="245"/>
+          <w:bookmarkStart w:name="z828" w:id="244"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>35.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="245"/>
+          <w:bookmarkEnd w:id="244"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -25290,133 +25426,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z832" w:id="246"/>
+          <w:bookmarkStart w:name="z832" w:id="245"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8. Общестудийные расходы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="246"/>
+          <w:bookmarkEnd w:id="245"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z834" w:id="247"/>
+          <w:bookmarkStart w:name="z834" w:id="246"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>36.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="247"/>
+          <w:bookmarkEnd w:id="246"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -25448,141 +25584,141 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 до 5 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z838" w:id="248"/>
+    <w:bookmarkStart w:name="z838" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Игровые фильмы, предназначенные для широкой зрительской аудитории (объем финансирования не должен превышать от сметной стоимости производства: с 1 января 2019 года – 90 %; с 1 января 2020 года – 80 %; с 1 января 2021 года – 70 %)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkEnd w:id="247"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z839" w:id="249"/>
+          <w:bookmarkStart w:name="z839" w:id="248"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="249"/>
+          <w:bookmarkEnd w:id="248"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -25635,133 +25771,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z843" w:id="250"/>
+          <w:bookmarkStart w:name="z843" w:id="249"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1. Оплата авторских гонораров</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="250"/>
+          <w:bookmarkEnd w:id="249"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z845" w:id="251"/>
+          <w:bookmarkStart w:name="z845" w:id="250"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="251"/>
+          <w:bookmarkEnd w:id="250"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -25813,80 +25949,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z849" w:id="252"/>
+          <w:bookmarkStart w:name="z849" w:id="251"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="252"/>
+          <w:bookmarkEnd w:id="251"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -25938,80 +26074,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z853" w:id="253"/>
+          <w:bookmarkStart w:name="z853" w:id="252"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="253"/>
+          <w:bookmarkEnd w:id="252"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -26063,80 +26199,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z857" w:id="254"/>
+          <w:bookmarkStart w:name="z857" w:id="253"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="254"/>
+          <w:bookmarkEnd w:id="253"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -26189,133 +26325,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z861" w:id="255"/>
+          <w:bookmarkStart w:name="z861" w:id="254"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2. Оплата труда и начисления</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="255"/>
+          <w:bookmarkEnd w:id="254"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z863" w:id="256"/>
+          <w:bookmarkStart w:name="z863" w:id="255"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="256"/>
+          <w:bookmarkEnd w:id="255"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -26367,80 +26503,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z867" w:id="257"/>
+          <w:bookmarkStart w:name="z867" w:id="256"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="257"/>
+          <w:bookmarkEnd w:id="256"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -26492,80 +26628,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z871" w:id="258"/>
+          <w:bookmarkStart w:name="z871" w:id="257"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="258"/>
+          <w:bookmarkEnd w:id="257"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -26617,80 +26753,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z875" w:id="259"/>
+          <w:bookmarkStart w:name="z875" w:id="258"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="259"/>
+          <w:bookmarkEnd w:id="258"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -26742,80 +26878,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z879" w:id="260"/>
+          <w:bookmarkStart w:name="z879" w:id="259"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="260"/>
+          <w:bookmarkEnd w:id="259"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -26867,80 +27003,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z883" w:id="261"/>
+          <w:bookmarkStart w:name="z883" w:id="260"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="261"/>
+          <w:bookmarkEnd w:id="260"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -26992,80 +27128,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z887" w:id="262"/>
+          <w:bookmarkStart w:name="z887" w:id="261"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="262"/>
+          <w:bookmarkEnd w:id="261"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -27117,80 +27253,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z891" w:id="263"/>
+          <w:bookmarkStart w:name="z891" w:id="262"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>12.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="263"/>
+          <w:bookmarkEnd w:id="262"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -27242,80 +27378,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z895" w:id="264"/>
+          <w:bookmarkStart w:name="z895" w:id="263"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>13.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="264"/>
+          <w:bookmarkEnd w:id="263"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -27368,133 +27504,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z899" w:id="265"/>
+          <w:bookmarkStart w:name="z899" w:id="264"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3. Материалы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="265"/>
+          <w:bookmarkEnd w:id="264"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z901" w:id="266"/>
+          <w:bookmarkStart w:name="z901" w:id="265"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>14.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="266"/>
+          <w:bookmarkEnd w:id="265"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -27546,80 +27682,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z905" w:id="267"/>
+          <w:bookmarkStart w:name="z905" w:id="266"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>15.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="267"/>
+          <w:bookmarkEnd w:id="266"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -27672,133 +27808,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z909" w:id="268"/>
+          <w:bookmarkStart w:name="z909" w:id="267"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4. Услуги</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="268"/>
+          <w:bookmarkEnd w:id="267"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z911" w:id="269"/>
+          <w:bookmarkStart w:name="z911" w:id="268"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>16.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="269"/>
+          <w:bookmarkEnd w:id="268"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -27850,80 +27986,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z915" w:id="270"/>
+          <w:bookmarkStart w:name="z915" w:id="269"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>17.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="270"/>
+          <w:bookmarkEnd w:id="269"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -27975,80 +28111,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z919" w:id="271"/>
+          <w:bookmarkStart w:name="z919" w:id="270"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>18.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="271"/>
+          <w:bookmarkEnd w:id="270"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -28100,80 +28236,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z923" w:id="272"/>
+          <w:bookmarkStart w:name="z923" w:id="271"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>19.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="272"/>
+          <w:bookmarkEnd w:id="271"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -28225,80 +28361,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z927" w:id="273"/>
+          <w:bookmarkStart w:name="z927" w:id="272"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>20.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="273"/>
+          <w:bookmarkEnd w:id="272"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -28350,80 +28486,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z931" w:id="274"/>
+          <w:bookmarkStart w:name="z931" w:id="273"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>21.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="274"/>
+          <w:bookmarkEnd w:id="273"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -28475,80 +28611,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z935" w:id="275"/>
+          <w:bookmarkStart w:name="z935" w:id="274"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>22.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="275"/>
+          <w:bookmarkEnd w:id="274"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -28600,80 +28736,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z939" w:id="276"/>
+          <w:bookmarkStart w:name="z939" w:id="275"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>23.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="276"/>
+          <w:bookmarkEnd w:id="275"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -28726,133 +28862,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z943" w:id="277"/>
+          <w:bookmarkStart w:name="z943" w:id="276"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5. Автотранспорт</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="277"/>
+          <w:bookmarkEnd w:id="276"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z945" w:id="278"/>
+          <w:bookmarkStart w:name="z945" w:id="277"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>24.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="278"/>
+          <w:bookmarkEnd w:id="277"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -28904,80 +29040,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z949" w:id="279"/>
+          <w:bookmarkStart w:name="z949" w:id="278"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>25.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="279"/>
+          <w:bookmarkEnd w:id="278"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -29029,80 +29165,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z953" w:id="280"/>
+          <w:bookmarkStart w:name="z953" w:id="279"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>26.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="280"/>
+          <w:bookmarkEnd w:id="279"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -29154,80 +29290,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z957" w:id="281"/>
+          <w:bookmarkStart w:name="z957" w:id="280"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>27.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="281"/>
+          <w:bookmarkEnd w:id="280"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -29280,133 +29416,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z961" w:id="282"/>
+          <w:bookmarkStart w:name="z961" w:id="281"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6. Экспедиция</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="282"/>
+          <w:bookmarkEnd w:id="281"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z963" w:id="283"/>
+          <w:bookmarkStart w:name="z963" w:id="282"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>28.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="283"/>
+          <w:bookmarkEnd w:id="282"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -29458,80 +29594,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z967" w:id="284"/>
+          <w:bookmarkStart w:name="z967" w:id="283"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>29.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="284"/>
+          <w:bookmarkEnd w:id="283"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -29583,80 +29719,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z971" w:id="285"/>
+          <w:bookmarkStart w:name="z971" w:id="284"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>30.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="285"/>
+          <w:bookmarkEnd w:id="284"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -29709,133 +29845,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z975" w:id="286"/>
+          <w:bookmarkStart w:name="z975" w:id="285"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7. Прочие затраты</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="286"/>
+          <w:bookmarkEnd w:id="285"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z977" w:id="287"/>
+          <w:bookmarkStart w:name="z977" w:id="286"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>31.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="287"/>
+          <w:bookmarkEnd w:id="286"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -29887,80 +30023,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z981" w:id="288"/>
+          <w:bookmarkStart w:name="z981" w:id="287"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>32.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="288"/>
+          <w:bookmarkEnd w:id="287"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -30012,80 +30148,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z985" w:id="289"/>
+          <w:bookmarkStart w:name="z985" w:id="288"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>33.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="289"/>
+          <w:bookmarkEnd w:id="288"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -30137,80 +30273,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z989" w:id="290"/>
+          <w:bookmarkStart w:name="z989" w:id="289"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>34.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="290"/>
+          <w:bookmarkEnd w:id="289"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -30262,80 +30398,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z993" w:id="291"/>
+          <w:bookmarkStart w:name="z993" w:id="290"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>35.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="291"/>
+          <w:bookmarkEnd w:id="290"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -30388,133 +30524,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z997" w:id="292"/>
+          <w:bookmarkStart w:name="z997" w:id="291"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8. Общестудийные расходы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="292"/>
+          <w:bookmarkEnd w:id="291"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z999" w:id="293"/>
+          <w:bookmarkStart w:name="z999" w:id="292"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>36.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="293"/>
+          <w:bookmarkEnd w:id="292"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -30616,55 +30752,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>