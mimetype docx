--- v0 (2025-10-05)
+++ v1 (2025-11-26)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="502deda" w14:textId="502deda">
+    <w:p w14:paraId="ae50d9f" w14:textId="ae50d9f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,70 +85,146 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении натуральных норм оснащения аварийно-спасательными инструментами, оборудованием, снаряжением и обмундированием Национальной гвардии Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Утративший силу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра внутренних дел Республики Казахстан от 26 апреля 2019 года № 350. Зарегистрирован в Министерстве юстиции Республики Казахстан 3 мая 2019 года № 18620</w:t>
+        <w:t>Приказ Министра внутренних дел Республики Казахстан от 26 апреля 2019 года № 350. Зарегистрирован в Министерстве юстиции Республики Казахстан 3 мая 2019 года № 18620. Утратил сиу приказом Министра внутренних дел Республики Казахстан от 7 октября 2025 года № 752.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Утратил сиу приказом Министра внутренних дел РК от 07.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 752</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -328,260 +406,295 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Министр внутренних дел</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
-            <w:r>
-[...36 lines deleted...]
-          </w:tcPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">генерал-майор полиции </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Е. Тургумбаев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z14" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z14" w:id="9"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      СОГЛАСОВАН</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t>Министерство финансов</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"___" ____________ 2019 года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -691,283 +804,284 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Натуральные нормы оснащения аварийно-спасательными инструментами, оборудованием, снаряжением и обмундированием Национальной гвардии Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1098"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="2253"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование натуральной нормы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единица измерения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Норма в количественном выражении</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Срок эксплуатации (год)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Область применения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1006,6178 +1120,6178 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Глава 1. Аварийно-спасательные инструменты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Электроперфоратор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для пробивки отверстий (проемов) в железобетонных, бетонных конструкций</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательное отделение воинские части гражданской обороны (далее -ВЧГО)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальное средство пожаротушения "носимое"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для защиты военнослужащего от огня</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одного военнослужащего войсковой оперативный резерв (далее - ВОРез)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Электроотбойник</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для разрыхления и раскалывания железобетонных, бетонных конструкциях</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Углошлифовальная машинка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для резки, зачистки железобетонных, бетонных, металлических конструкций</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Насос гидравлический высокого давления для гидравлического инструмента</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для подачи гидравлической жидкости в гидравлический спасательный инструмент</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Катушка с гидравлическим шлангом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 комплект</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для соединения гидравлического спасательного инструмента с гидравлическим насосом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Челюстной расширитель гидравлический с насадками и цепями</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для перемещение различных объектов, проделывание проходов в завалах, расширение щелей в стыке трудно раздвигаемых объектов, удержание грузов, деформирование и стягивания объектов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Челюстной комбинированный резак гидравлический с насадками и цепями</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для комбинированных работ (стягивать, расширять, резать и так далее) железобетонных, металлических конструкций</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Челюстной резак</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для разрезания металлических конструкций, арматуры, труб</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Гидравлический цилиндр силовой</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 комплект</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для поднятия инженерных конструкций, железобетонных плит и автомобилей, а также для передвижения тяжелых предметов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Опора гидравлического домкрата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для обеспечение устойчивой работы гидравлического домкрата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подъемные подушки высокого, низкого давления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 комплект</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для поднятия тяжелых объектов (автомобилей, железобетонных, бетонных конструкций)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Баллон для сжатого воздуха</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для накачивания подъемных подушек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бензопила с комплектом цепей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для резки деревянных конструкции, валки деревьев</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лебедка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для поднятия, передвижение тяжелых конструкций, предметов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Минирезак гидравлический</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 комплект</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для аварийно-спасательных работ в завалах, резки металлических конструкций, кабелей, арматур в труднодоступных местах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Комплект для герметизации резервуаров</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 комплект</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для заделки течей в резервуарах с жидкостями, с ядовитыми техническими жидкостями, химическими опасными веществами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Домкраты механические, гидравлические (разной грузоподъемности)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 комплект</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для поднятия тяжелых объектов (автомобилей, железобетонных, бетонных конструкций)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сварочный аппарат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 комплект</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для сварочных работ (резка)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Резак тросов, арматур и электрокабеля</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для резки тросов, арматур и электрокабеля в завалах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Опоры гидравлические</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 комплект</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для удержание (подпорки) инженерных конструкций, железобетонных плит и автомобилей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На один спасательный взвод ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мотопомпа с рукавами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для откачки и подачи воды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательную роту ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Безоткатная кувалда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для нанесение сильных ударов при демонтаже и монтаже конструкций</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лестница выдвижная трехколенчатая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для вертикального подъема</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7216,5664 +7330,5664 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Глава 2. Аварийно-спасательное оборудование</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прибор акустический для поиска людей в завалах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для поиска пострадавших в завалах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На один спасательный взвод ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тепловизор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для поиска пострадавших в завалах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На один спасательный взвод ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Эхолокатор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для поиска людей в воде</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На один спасательный взвод ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лавиный щуп</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для поиска пострадавших в лавине</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На один спасательный взвод ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Спасательный пневматический мат (батут)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 комплект</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для спасение людей с верхних этажей зданий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На один спасательную роту ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Фильтрующий самоспасатель</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для защиты органов дыхания военнослужащих (спасателей)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одного спасателя ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Переносной агрегат электропитания мощностью 4-6 киловатт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 комплект</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для обеспечения электропитанием аварийно-спасательные инструменты в трудно доступных местах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одну спасательную роту ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Передвижной агрегат электропитания мощностью до 20 киловатт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 комплект</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для обеспечения электропитанием аварийно-спасательные инструменты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На один спасательный батальон ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Переносной тепловентилятор, электрический 4-6 киловатт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для быстрого обогрева помещения, сушки имущества</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На один спасательный взвод ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Навигатор GPS (глобальная система позиционирования)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 комплект</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для поиска и определение места нахождение пострадавшего</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одну спасательную роту ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Комплект осветительный (фонарь, стойка, штатив, аккумулятор)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 комплект</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для освещения место проведения аварийно-спасательных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На один спасательный взвод ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Катушка с кабелем 50 метров</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для доставки осветительных приборов до мест проведения аварийно-спасательных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На один спасательный взвод ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Катушка с кабелем 100 метров</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для доставки осветительных приборов до мест проведения аварийно-спасательных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На один спасательный взвод ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Фонарь налобный</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для индивидуального освещения мест проведения аварийно-спасательных работ военнослужащим (спасателем)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На личный состав спасательных подразделений ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 39.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Электромегафон</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для усиления командной речи при организации аварийно-спасательных работ на большой площади</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На один спасательный взвод ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ранец (рюкзак) огнетушитель</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для тушения водой и водными растворами химикатов (смачивателями) низовых лесных, степных пожаров слабой и средней интенсивности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На один спасательный взвод</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 41.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Носилки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для эвакуации пострадавших из зоны чрезвычайной ситуации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На один спасательный взвод ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пила</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для резки мелких деревянных конструкции, деревьев</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Топор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для рубки мелких деревянных конструкции, деревьев</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательное отделение ВЧГО, СГ спасательные группы (далее - СГ) ВОРез</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лопата совковая с черенком</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для расчистки мест проведения аварийно-спасательных работ от строительного мусора</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательное отделение ВЧГО , СГ ВОРез</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лопата штыковая с черенком</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для отрывки плотной грунтовой поверхности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательное отделение ВЧГО и СГ ВОРез</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лом обыкновенный 6,3 килограмм</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для раскалывания твердой поверхности (в том числе льда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12954,10304 +13068,10308 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Параграф 1. Аварийно-спасательное снаряжение</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Карабин альпинистский страховочный</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для быстрого соединения различных элементов страховочной цепи</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Спусковые устройства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для спуска (дюльфера) по веревке</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приспособление "блок-зажим"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для зажима веревки при подъеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приспособление "блок кулачковый перегиб"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для зажима веревки при подъеме или спуске</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 51.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приспособление для спуска спасателя с пострадавшим "Каталка"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для контроля спуска по веревке</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 52.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ремень инструментальный поясной</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для фиксирования индивидуального альпинистского снаряжения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 53.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальная страховочная система</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 комплект</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для обеспечение безопасных альпинистских работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 54.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Самостраховочные усы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 пара</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для страховки военнослужащего (спасателя) при альпинистских работах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 55.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумка поясная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для носки мелкого снаряжения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 56.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Альпинистки рюкзак</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для переноски спасательного снаряжения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 57.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Молоток скальный</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для закрепление скальных крюков в скальной породе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 58.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Крючья скальные (вертикальные, горизонтальные, швеллер, короб, лепесток)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 комплект</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для организации страховки и передвижения на скалах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лестница альпинистская, веревочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для спуска, подъема в скальной местности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 60.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Закладные устройства, стопор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 комплект</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для организации страховки и передвижения на скалах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 61.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Закладное раздвижное устройство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 комплект</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для организации страховки и передвижения на скалах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 62.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ледоруб</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для передвижения по ледовым, снежным и осыпным склонам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 63.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Крючья ледовые (ледобур)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для организации страховки на ледовом склоне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 64.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лавинный шнур</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для страховки при лавинах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Альпинистские устройство "Кошки"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 пара</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для передвижения на ледяной, снежной поверхности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 66.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Блоки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для спасательных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 67.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Веревочный зажим типа "Жюмар"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для подъема по вертикальным перилам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 68.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Веревочный зажим типа "Кроль"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для подъема по веревке</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 69.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Устройство для регулирования скорости спуска</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 комплект</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для спуска по веревке</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 70.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Блок транспортный для одинарной веревки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для спуска и подъема по веревке</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 71.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Блок транспортный для двойной веревки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для спуска и подъема по веревке</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На один спасательный взвод ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 72.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приспособление для фиксации одинарной и двойной веревки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для фиксации веревки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На спасательное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 73.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Зажим ножной для подъема по веревке</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для подъема по веревке</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На специалиста (спасателя) ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 74.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Веревка основная динамическая 2000 метров, статическая диаметром 10 - 11 миллиметров</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для спасательных работ на высотных зданиях и в горной местности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 75.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Веревка основная динамическая 500 метров, статическая диаметром 10 - 11 миллиметров</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для спасательных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На взвод поиска ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 76.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Веревка вспомогательная 400 метров диаметром 6-8 миллиметров</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для спасательных работ на высотных зданиях и в горной местности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 77.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Веревка вспомогательная 200 метров диаметром 6-8 миллиметров</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для спасательных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На взвод поиска ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 78.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тросовые петли</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 комплект</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для организации страховки и передвижения на скалах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 79.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Крючья шлямбурные разных модификаций диаметром 8 миллиметров</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для организации страховки и передвижения на скалах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 80.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Крючья шлямбурные разных модификаций диаметром 10 миллиметров</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для организации страховки и передвижения на скалах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 81.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Крючья шлямбурные разных модификаций диаметром 12 миллиметров</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для организации страховки и передвижения на скалах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 82.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Роликовые перегибы разных модификаций</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для организации страховки и передвижения на скалах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 83.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Блок-тормоз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для спуска и подъема по веревке</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 84.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оттяжка страховочная с карабинами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 комплект</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для подвешивания альпинистского имущества</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пластина накопитель (разноска карабинная)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для подвешивания карабинов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одно спасательное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 86.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Каска альпинистская</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для защиты головы военнослужащего (спасателя) при работах в горной местности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23290,12860 +23408,12860 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Параграф 2. Снаряжение для водных и подводных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 87.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Водолазный дыхательный аппарат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 комплект</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для подводных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на специалиста (водолаза) ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 88.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Гидрокостюм сухого типа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 комплект</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для подводных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на специалиста (водолаза) ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 89.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Костюм для работы на льду</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 комплект</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для подводных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на специалиста (водолаза) ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 90.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Глубиномер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для подводных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на специалиста (водолаза) ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 91.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Компас подводный</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для подводных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на специалиста (водолаза) ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 92.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Водолазный нож</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для подводных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на специалиста (водолаза) ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 93.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ласты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 пара</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для подводных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на специалиста (водолаза) ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 94.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный водолазный компьютер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для подводных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на специалиста (водолаза) ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 95.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Маска подводника полнолицевая с дыхательной трубкой</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для подводных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на специалиста (водолаза) ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 96.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Круг спасательный</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для спасательных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на водолазное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 97.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Герметичный кофр для оборудования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для подводных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на специалиста (водолаза) ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 98.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Каска водника</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для подводных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на специалиста (водолаза) ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 99.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Гидрокостюм мокрого типа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 комплект</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для подводных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на специалиста (водолаза) ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Водолазные утяжеленные боты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 пара</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для подводных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на специалиста (водолаза) ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 101.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Грузовой пояс с грузами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 комплект</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для подводных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на специалиста (водолаза) ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 102.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нагрудный груз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для подводных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на специалиста (водолаза) ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 103.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сигнальный конец</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для подводных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на водолазное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 104.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Спусковой конец</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для подводных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на водолазное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 105.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Конец "Александрова"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для подводных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на водолазное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 106.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Спасательный нагрудник</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для подводных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на специалиста (водолаза) ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 107.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Башмак для баллона</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для подводных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на специалиста (водолаза) ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 108.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сетка для баллона транспортировочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для подводных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на специалиста (водолаза) ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 109.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилет компенсатор плавучести</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для подводных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на специалиста (водолаза) ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 110.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Белье нательное водолазное</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 комплект</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для подводных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на специалиста (водолаза) ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 111.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Маска водолазная полнолицевая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для подводных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на специалиста (водолаза) ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 112.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Маска полулицевая с трубкой</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 комплект</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для подводных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на специалиста (водолаза) ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 113.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вентилируемое водолазное снаряжение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 комплект</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для подводных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на водолазное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 114.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Гидравлический компрессор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 комплект</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для подводных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на водолазное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 115.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Комплект гидравлических шлангов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 комплект</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для подводных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на водолазное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 116.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подводный гидравлический перфоратор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 комплект</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для подводных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на водолазное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 117.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подводный гидравлический отбойник</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 комплект</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для подводных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на водолазное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 118.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подводный гидравлический гайковерт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 комплект</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для подводных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на водолазное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 119.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подводная гидравлическая цепная пила</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 комплект</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для подводных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на водолазное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 120.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Маркировочный буй</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для спасательных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на водолазное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 121.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Крюк трезубый "Кошка"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для спасательных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на водолазное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 122.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Компрессор воздушный, переносной для зарядки баллонов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для спасательных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на водолазное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 123.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сигнальные флаги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 комплект</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для спасательных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на водолазное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подводная связь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 комплект</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для подводных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на специалиста (водолаза) ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 125.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аккумуляторный фонарь подводный</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для спасательных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на специалиста (водолаза) ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 126.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Багор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для спасательных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на водолазное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 127.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бинокль 15*56</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для спасательных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на водолазное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 128.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Компенсатор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для спасательных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на водолазное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 129.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Носки водолазные</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для спасательных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на специалиста (водолаза) ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 130.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перчатки водолазные</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для спасательных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на специалиста (водолаза) ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 131.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подвесной лодочный мотор 30 лошадиных единиц в комплекте</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для спасательных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на водолазное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 132.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подводная видеокамера типа GoPro</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для спасательных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на водолазное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 133.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумка для снаряжения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для спасательных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на специалиста (водолаза) ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 134.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Якорь </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для спасательных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на водолазное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 135.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Батарея 24ват, 3,0 ампер час</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для спасательных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на водолазное отделение ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 136.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилет спасательный</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для спасательных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -36182,1809 +36300,1809 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Глава 4. Аварийно-спасательное обмундирование</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 137.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перчатки рабочие брезентовые</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 пара</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для защиты рук при работе с обломками, частями конструкций</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На личный состав спасательных подразделений ВЧГО, на СГ ВОРез</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 138.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Каска защитная, усиленная (гермошлем)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для защиты головы военнослужащего (спасателя) при работе со спасательным оборудованием</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одного специалиста (спасателя) ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 139.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перчатки рабочие хлопчато- бумажные</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 пара</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для защиты рук при работах с аварийно-спасательными инструментами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На личный состав спасательных подразделений ВЧГО, на СГ ВОРез</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 140.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перчатки горные усиленные для страховки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 пара</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для защиты рук при работе с веревками</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На одного специалиста (спасателя) ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 141.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вейдерсы (забродные штаны)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 комплект</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для спасательных работ на затопленной территории</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На один спасательный взвод ВЧГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 142.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Резиновые сапоги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 пара</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для спасательных работ на подтопленной территории</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На личный состав спасательных подразделений ВЧГО, на СГ ВОРез</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 143.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Очки защитные, герметические для работы с агрессивными жидкостями и веществами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="332" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для работы с агрессивными жидкостями и веществами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -38038,55 +38156,77 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -38416,35 +38556,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>