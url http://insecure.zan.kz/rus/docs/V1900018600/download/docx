--- v0 (2025-10-07)
+++ v1 (2025-11-23)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c378cdb" w14:textId="c378cdb">
+    <w:p w14:paraId="a1e3cef" w14:textId="a1e3cef">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -328,247 +328,278 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящий приказ вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Министр сельского хозяйства</w:t>
             </w:r>
-            <w:r>
-[...36 lines deleted...]
-          </w:tcPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Республики Казахстан </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>С. Омаров</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z15" w:id="10"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z15" w:id="10"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министерство цифрового развития,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>оборонной и аэрокосмической промышленности</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -678,250 +709,334 @@
               </w:rPr>
               <w:t>от 22 апреля 2019 года № 166</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень приказов Министерства сельского хозяйства Республики Казахстан, в которые вносятся изменения и дополнения (далее – Перечень)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 1 утрачивает силу приказом Министра сельского хозяйства РК от 22.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 384</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра охраны окружающей среды Республики Казахстан от 16 октября 2013 года № 313-Ө "Об утверждении Правил движения водного транспорта в запретный для рыболовства нерестовый период, а также в запретных для рыболовства водоемах и (или) участках" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 8918, опубликован 15 февраля 2014 года № 32 (27653) в газете "Казахстанская правда"):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z19" w:id="13"/>
+    <w:bookmarkStart w:name="z19" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилах</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> движения водного транспорта в запретный для рыболовства нерестовый период, а также в запретных для рыболовства водоемах и (или) участках, утвержденных указанным приказом:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z20" w:id="14"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z20" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       заголовок </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>главы 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z21" w:id="15"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z21" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Глава 1. Общие положения";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z22" w:id="16"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z22" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       заголовок </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>главы 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z23" w:id="17"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z23" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Глава 2. Порядок движения водного транспорта в запретный для рыболовства нерестовый период";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -974,430 +1089,430 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="18"/>
+    <w:bookmarkStart w:name="z25" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "10. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заявление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> о согласовании режима судоходства в запретный для рыболовства нерестовый период, а также в запретных для рыболовства водоемах и (или) участках (далее – заявление) подается посредством веб-портала "электронного правительства" (далее – портал) в электронном виде по форме согласно приложению 2 к настоящим Правилам, в которой отражаются следующие сведения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z26" w:id="19"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z26" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) наименование и технические параметры судна (длина, ширина, осадка);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z27" w:id="20"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z27" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) фамилия, имя и отчество (при его наличии) физического лица, судоводителя (капитана) и наименование юридического лица судовладельца;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z28" w:id="21"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z28" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) тип, марка, регистрационный номер судна, мощность двигателя и скорость вращения гребного винта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z29" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z29" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) цель судоходства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z30" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z30" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) сроки и маршрут движения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z31" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z31" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) место стоянки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z32" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z32" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) номер и дата судового билета или судового свидетельства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z33" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z33" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Регистрация заявления территориальным подразделением ведомства уполномоченного органа производится на портале в течение одного рабочего дня (если заявление принято после 18.00 часов или в субботу, то исчисление срока для заявителя начинается на следующий рабочий день) с момента поступления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z34" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z34" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Территориальное подразделение ведомства уполномоченного органа рассматривает заявление в течение двух рабочих дней с момента поступления заявления и выдает согласование режима судоходства в запретный для рыболовства нерестовый период, а также в запретных для рыболовства водоемах и (или) участках либо направляет мотивированный отказ заявителю посредством портала в электронном виде с указанием причин отказа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z35" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z35" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Территориальное подразделение ведомства уполномоченного органа отказывает в согласовании по следующим основаниям:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z36" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z36" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) установление недостоверности документов, представленных заявителем для получения согласования, и (или) данных (сведений), содержащихся в них;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z37" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z37" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) несоответствие заявителя и (или) представленных материалов, объектов, данных и сведений, установленным настоящими Правилами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z38" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z38" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в отношении заявителя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения согласования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z39" w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z39" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) в отношении заявителя имеется вступившее в законную силу решение суда, на основании которого заявитель лишен специального права, связанного с получением согласования.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z40" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z40" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       заголовок </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>главы 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z41" w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z41" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Глава 3. Заключительные положения";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1470,190 +1585,190 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему Перечню.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z43" w:id="35"/>
+    <w:bookmarkStart w:name="z43" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исполняющего обязанности Министра сельского хозяйства Республики Казахстан от 19 декабря 2014 года № 18-04/675 "Об утверждении Правил выдачи разрешений на пользование животным миром" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 10168, опубликован 6 февраля 2015 года в информационно-правовой системе "Әділет"):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z44" w:id="36"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z44" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилах</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> выдачи разрешений на пользование животным миром, утвержденных указанным приказом:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z45" w:id="37"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z45" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       заголовок </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>главы 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z46" w:id="38"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z46" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Глава 1. Общие положения";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1666,150 +1781,150 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z48" w:id="39"/>
+    <w:bookmarkStart w:name="z48" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "2. Разрешения на пользование животным миром (далее – разрешения) выдаются на следующие виды специального пользования животным миром:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z49" w:id="40"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z49" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) охота;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z50" w:id="41"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z50" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) рыболовство (промысловое, любительское (спортивное), научно-исследовательский лов, мелиоративный лов, лов в воспроизводственных целях);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z51" w:id="42"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z51" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) использование животных в научных, культурно-просветительских, воспитательных, эстетических целях, а также в целях предотвращения эпизоотии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z52" w:id="43"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z52" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) использование видов животных в воспроизводственных целях.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1822,51 +1937,51 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z54" w:id="44"/>
+    <w:bookmarkStart w:name="z54" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "5. Разрешения выдаются по формам согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1921,111 +2036,111 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z55" w:id="45"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z55" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       заголовок </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>главы 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z56" w:id="46"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z56" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Глава 2. Условия и порядок выдачи разрешений";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2118,131 +2233,131 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z58" w:id="47"/>
+    <w:bookmarkStart w:name="z58" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "6. Разрешения, за исключением научно-исследовательского лова на рыбохозяйственных водоемах, расположенных на территории двух и более областей, выдаются местными исполнительными органами в пределах установленных лимитов и квот изъятия животных.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z59" w:id="48"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z59" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Разрешение, в целях научно-исследовательского лова на рыбохозяйственных водоемах, расположенных на двух и более областях выдается ведомством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z60" w:id="49"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z60" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Для получения разрешения в целях научно-исследовательского лова необходимо наличие свидетельства об аккредитации субъекта как субъекта научной и (или) научно-технической деятельности в порядке, определенном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 8 июня 2011 года № 645 "Об утверждении Правил аккредитации субъектов научной и (или) научно-технической деятельности".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z61" w:id="50"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z61" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Заявка в зависимости от вида пользования животным миром подается посредством веб-портала "электронного правительства" (далее – портал) в электронном виде по формам согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2257,411 +2372,411 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z62" w:id="51"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z62" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. К заявке прилагаются следующие документы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z63" w:id="52"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z63" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) электронная копия платежного документа об оплате за пользование животным миром, за исключением случаев оплаты через платежный шлюз "электронного правительства";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z64" w:id="53"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z64" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) электронная копия списка лиц, участвующих в изъятии объектов животного мира за исключением охоты, подписанная заявителем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z65" w:id="54"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z65" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. В зависимости от вида пользования животным миром, кроме документов, указанных в пункте 9 настоящих Правил, к заявке дополнительно прилагаются следующие документы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z66" w:id="55"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z66" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) на охоту (при первичном обращении):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z67" w:id="56"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z67" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в случае если изъятие объектов животного мира производится с участием иностранцев – электронная копия договора субъекта охотничьего хозяйства с иностранцами на организацию охоты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z68" w:id="57"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z68" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) на научно-исследовательский лов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z69" w:id="58"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z69" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электронная копия обоснования проведения научных работ, утвержденная ученым советом профилирующей научной организации, и программы научно-исследовательских работ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z70" w:id="59"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z70" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электронная копия расчетов, обосновывающая предполагаемый объем изъятия объектов животного мира;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z71" w:id="60"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z71" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электронная копия отчета о результатах использования ранее выданных разрешений (в случае выданных разрешений);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z72" w:id="61"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z72" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) на лов в воспроизводственных целях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z73" w:id="62"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z73" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электронная копия биологического обоснования, утвержденная ученым советом профилирующей научной организации, за исключением случаев вылова для целей выполнения государственного заказа на воспроизводство рыбных ресурсов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z74" w:id="63"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z74" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) на использование животных в научных, культурно-просветительских, воспитательных, эстетических целях, а также в целях предотвращения эпизоотии:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z75" w:id="64"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z75" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электронная копия выписки из научно-тематического плана, утвержденная ученым советом профилирующей научной организации, и программы научно-исследовательских работ, кроме эпизоотического мониторинга;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z76" w:id="65"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z76" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электронная копия ежегодного плана работы государственной ветеринарной организации уполномоченного органа в области ветеринарии для эпизоотического мониторинга болезней животных в Республике Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z77" w:id="66"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z77" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электронная копия обосновывающих материалов изъятия объектов животного мира (биологического обоснования с положительным заключением государственной экологической экспертизы);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z78" w:id="67"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z78" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) на использование видов животных в воспроизводственных целях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z79" w:id="68"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z79" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электронная копия обосновывающих материалов изъятия объектов животного мира (биологического обоснования с положительным заключением государственной экологической экспертизы).";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2770,230 +2885,230 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z82" w:id="69"/>
+    <w:bookmarkStart w:name="z82" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "13. Регистрация заявки ведомством или местным исполнительным органом производится на портале в течение одного рабочего дня (если заявление принято после 18.00 часов или в субботу, то исчисление срока для заявителя начинается на следующий рабочий день) с момента поступления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z83" w:id="70"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z83" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Ведомство или местные исполнительные органы рассматривают заявку и прилагаемые к ней документы в течение трех рабочих дней с момента поступления заявки и производят выдачу разрешений либо направляют мотивированный отказ через портал в электронном виде.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z84" w:id="71"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z84" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ведомство или местные исполнительные органы в течение двух рабочих дней с момента получения документов заявителя проверяют полноту представленных документов. В случае установления факта неполноты представленных документов ведомство или местные исполнительные органы в указанные сроки направляют мотивированный отказ в дальнейшем рассмотрении заявки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z85" w:id="72"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z85" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Учет выдачи разрешений ведется в журнале согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z86" w:id="73"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z86" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае если по условиям договора на рыболовство, рыболовство осуществляется на нескольких рыбохозяйственных водоемах и (или) участках, а также несколькими суднами, бригадами или звеньями, заявителем через "личный кабинет" распечатывается разрешение на каждый участок, судно, бригаду или звено.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z87" w:id="74"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z87" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       заголовок </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложения 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к указанным Правилам изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z88" w:id="75"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z88" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Разрешение на пользование животным миром (промысловый лов, любительский (спортивный) лов, научно-исследовательский лов, мелиоративный лов, лов в воспроизводственных целях)";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3106,190 +3221,190 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему Перечню.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z90" w:id="76"/>
+    <w:bookmarkStart w:name="z90" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра сельского хозяйства Республики Казахстан от 14 января 2015 года № 18-04/14 "Об утверждении Правил маркирования икры осетровых видов рыб для торговли на внутреннем и внешнем рынках" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 10397, опубликован 11 марта 2015 года в информационно-правовой системе "Әділет"):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z91" w:id="77"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z91" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилах</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> маркирования икры осетровых видов рыб для торговли на внутреннем и внешнем рынках, утвержденных указанным приказом:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z92" w:id="78"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z92" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       заголовок </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>главы 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z93" w:id="79"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z93" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Глава 1. Общие положения";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3302,290 +3417,290 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z95" w:id="80"/>
+    <w:bookmarkStart w:name="z95" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "2. В настоящих Правилах используются следующие определения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z96" w:id="81"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z96" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Государственная корпорация "Правительство для граждан" (далее – Государственная корпорация) – юридическое лицо, созданное по решению Правительства Республики Казахстан для оказания государственных услуг, услуг по выдаче технических условий на подключение к сетям субъектов естественных монополий и услуг субъектов квазигосударственного сектора в соответствии с законодательством Республики Казахстан, организации работы по приему заявлений на оказание государственных услуг, услуг по выдаче технических условий на подключение к сетям субъектов естественных монополий, услуг субъектов квазигосударственного сектора и выдаче их результатов услугополучателю по принципу "одного окна", а также обеспечения оказания государственных услуг в электронной форме, осуществляющее государственную регистрацию прав на недвижимое имущество по месту его нахождения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z97" w:id="82"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z97" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) код источника – буква, соответствующая источнику икры W – получена из дикой рыбы, С – получена из рыбы, выведенной в неволе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z98" w:id="83"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z98" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) административный орган – уполномоченный орган в области охраны, воспроизводства и использования животного мира;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z99" w:id="84"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z99" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) заявитель – физическое или юридическое лицо, которое подало заявление на получение марок для торговли икрой осетровых видов рыб на внутреннем рынке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z100" w:id="85"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z100" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) идентификационный номер партии – номер, используемый на перерабатывающих заводах и упаковочных предприятиях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z101" w:id="86"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z101" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) СИТЕС (CITES) – Конвенция о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z102" w:id="87"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z102" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) емкость – тара, в которой непосредственно размещается икра;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z103" w:id="88"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z103" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) икра – переработанные неоплодотворенные яйца (икринки) осетровых видов рыб.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z104" w:id="89"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z104" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       заголовок </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>главы 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z105" w:id="90"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z105" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Глава 2. Порядок маркирования икры осетровых видов рыб для торговли на внутреннем и внешнем рынках";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3598,51 +3713,51 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z107" w:id="91"/>
+    <w:bookmarkStart w:name="z107" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "9. Изготовление марки для внешнего рынка обеспечивается лицами, осуществляющими торговлю икрой по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3657,111 +3772,111 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам в количестве, необходимом для маркирования объема икры, указанном в разрешении на ввоз на территорию Республики Казахстан и вывоз с территории Республики Казахстан видов животных, подпадающих под действие Конвенции о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения (далее – разрешение), выдаваемого административным органом в соответствии с подпунктом 10) пункта 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z108" w:id="92"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z108" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Административный орган присваивает учетную серию и номер маркам для внешнего рынка согласно сведениям по количеству емкости, указанной в заявлении на получение разрешения на вывоз икры для получения разрешения. Серия и номер марок для внешнего рынка, а также ссылка на форму марок для внешнего рынка указывается в разрешении.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z109" w:id="93"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z109" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Лица, получившие разрешение на вывоз икры осетровых видов рыб, изготавливают марки для внешнего рынка в Республиканском государственном предприятии на праве хозяйственного ведения "Банкнотная фабрика Национального Банка Республики Казахстан" (далее – Банкнотная фабрика) согласно сведениям Административного органа, направляемого в адрес Банкнотной фабрики.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z110" w:id="94"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z110" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Физические или юридические лица ежегодно до 1 февраля, следующего за отчетным годом, представляют в административный орган сведения об использовании марок для внешнего рынка в письменной форме, с указанием количества использованных марок для внешнего рынка и неиспользованных с указанием причин их неиспользования.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkEnd w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3814,111 +3929,111 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z112" w:id="95"/>
+    <w:bookmarkStart w:name="z112" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "12. Для приобретения марок для торговли икрой осетровых видов рыб на внутреннем рынке заявитель подает заявление в Государственную корпорацию либо на веб-портал "электронного правительства" (далее – портал) по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам со следующими сведениями и прилагаемыми к нему документами:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z113" w:id="96"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z113" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) если заявленная икра:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z114" w:id="97"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z114" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       естественная – получена из рыб, выловленных из естественных водоемов (дикая), необходимо указать номер и дату справки о происхождении вылова, выдаваемого территориальными подразделениями уполномоченного органа в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3933,52 +4048,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 26 Закона, подтверждающую законность вылова осетровых видов рыб, из которых была изготовлена заявленная икра (далее – справка) в заявлении по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам либо договор купли-продажи с приложением справки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z115" w:id="98"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z115" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       искусственная – необходимо указать номер и дату свидетельства о регистрации в административном органе физических и юридических лиц, осуществляющих искусственное разведение животных, виды которых включены в приложения I и II </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4033,52 +4148,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, а также информацию о получении икры по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z116" w:id="99"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z116" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       импортированная – необходимо указать номер и дату разрешения административного органа на ввоз икры в Республику Казахстан, выдаваемого административным органом в соответствии с подпунктом 10) пункта 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4093,331 +4208,331 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона, в заявлении по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z117" w:id="100"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z117" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       конфискованная необходимо представить документ подтверждающий приобретение у субъекта государственной монополии, осуществляющего деятельность по изъятию осетровых видов рыб из естественной среды обитания, их закупу, переработке и экспорту их икры и других видов продукции, а также копию судебного акта о конфискации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z118" w:id="101"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z118" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) копия платежного поручения об оплате за марки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z119" w:id="102"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z119" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Административный орган регистрирует заявление и прилагаемые к ней документы на портале в течение дня поступления (если заявление принято после 18.00 часов или в субботу, то исчисление срока для заявителя начинается на следующий рабочий день) и рассматривает в течение 2 рабочих дней со дня их предоставления, после чего производит выдачу марок либо отказывает по следующим основаниям:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z120" w:id="103"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z120" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) установление недостоверности документов, представленных заявителем для получения марок, и (или) данных (сведений), содержащихся в них;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z121" w:id="104"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z121" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) несоответствие заявителя и (или) представленных материалов, объектов, данных и сведений, необходимых для выдачи марок требованиям, установленным настоящими Правилами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z122" w:id="105"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z122" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в отношении заявителя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения марок;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z123" w:id="106"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z123" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) в отношении заявителя имеется вступившее в законную силу решение суда, на основании которого заявитель лишен специального права, связанного с получением марок.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z124" w:id="107"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z124" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. При подаче заявления через Государственную корпорацию доставку марки для внутреннего рынка в Государственную корпорацию по месту обращения заявителя, обеспечивает Административный орган.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z125" w:id="108"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z125" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Административный орган ведет учет выданных марок для внутреннего рынка в журнале учета марок для торговли икрой осетровых видов рыб на внутреннем рынке по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z126" w:id="109"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z126" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Выданные заявителю марки для внутреннего рынка не подлежат перепродаже, передаче и отчуждению за исключением возврата в административный орган.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z127" w:id="110"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z127" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При обращении заявителя через портал в его "личный кабинет" в форме электронного документа, подписанного электронной цифровой подписью руководителя либо заместителя руководителя административного органа направляется извещение о результате оказания государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z128" w:id="111"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z128" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Учет марок для внешнего рынка ведется в журнале учета марок для торговли икрой осетровых видов рыб на внешнем рынке по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, которые не подлежат перепродаже, отчуждению за исключением передачи в административный орган.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkEnd w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4430,270 +4545,270 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z130" w:id="112"/>
+    <w:bookmarkStart w:name="z130" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "16. При выдаче марок для внутреннего рынка должностным лицом административного органа выписывается накладная в двух экземплярах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z131" w:id="113"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z131" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В накладной отражаются следующие данные:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z132" w:id="114"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z132" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) наименование физического или юридического лица;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z133" w:id="115"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z133" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) номер и дата заявления на получение марок для внутреннего рынка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z134" w:id="116"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z134" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) вид, номер и количество марок для внутреннего рынка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z135" w:id="117"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z135" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) объем одной емкости и общий объем икры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z136" w:id="118"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z136" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) дата передачи марок для внутреннего рынка через почтовую связь или курьера;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z137" w:id="119"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z137" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) данные почтовой связи, подпись курьера.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z138" w:id="120"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z138" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       заголовок </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>главы 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z139" w:id="121"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z139" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Глава 3. Заключительные положения";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkEnd w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4846,230 +4961,230 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему Перечню.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z141" w:id="122"/>
+    <w:bookmarkStart w:name="z141" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исполняющего обязанности Министра сельского хозяйства Республики Казахстан от 27 февраля 2015 года № 18-03/143 "Об утверждении Правил выдачи административным органом разрешений на ввоз на территорию Республики Казахстан и вывоз с территории Республики Казахстан видов животных, подпадающих под действие Конвенции о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 11935, опубликован 23 сентября 2015 года в информационно-правовой системе "Әділет"):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z142" w:id="123"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z142" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилах</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> выдачи административным органом разрешений на ввоз на территорию Республики Казахстан и вывоз с территории Республики Казахстан видов животных, подпадающих под действие Конвенции о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения, утвержденных указанным приказом:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z143" w:id="124"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z143" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заголовок главы 1 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z144" w:id="125"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z144" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Глава 1. Общие положения";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z145" w:id="126"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z145" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       заголовок </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>главы 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z146" w:id="127"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z146" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Глава 2. Порядок выдачи административным органом разрешения на ввоз на территорию Республики Казахстан и вывоз с территории Республики Казахстан видов животных, подпадающих под действие Конвенции о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkEnd w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5082,250 +5197,250 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z148" w:id="128"/>
+    <w:bookmarkStart w:name="z148" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "3. Для получения научного заключения на ввоз, вывоз образцов заявитель в бумажной форме направляет в научную организацию:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z149" w:id="129"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z149" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заявление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> на получение научного заключения на ввоз, вывоз образцов по форме согласно приложению 1 к настоящим Правилам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z150" w:id="130"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z150" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) при ввозе образцов на территорию Республики Казахстан копию разрешения на экспорт или сертификат на реэкспорт в случае, если образец включен в приложения 1, 2, 3 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конвенции</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z151" w:id="131"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z151" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) копию разрешения на охоту, в случае изъятия видов животных, их частей и дериватов, из природной среды обитания на территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z152" w:id="132"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z152" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) при ввозе на территорию и (или) вывозе с территории Республики Казахстан ловчих хищных птиц фотографий с кольцами (микрочипы), а также копию паспорта ловчей хищной птицы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z153" w:id="133"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z153" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) при ввозе на территорию и (или) вывозе с территории Республики Казахстан образцов копию контракта или договора между экспортером и импортером, подтверждающего намерения о совершении данного действия, а также документ в котором представлены сведения о количестве и объеме завозимой и (или) вывозимой продукции, пол, вид продукции и его описание (живая, консервированная, оплодотворенная, криоконсервированная);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z154" w:id="134"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z154" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) при вывозе с территории Республики Казахстан образцов искусственно выращенных в Республике Казахстан копию уведомления о начале или прекращении деятельности по искусственному разведению животных, виды которых включены в приложения I и II Конвенции и (или) свидетельства о регистрации в административном органе физических и юридических лиц, осуществляющих искусственное разведение животных, виды которых включены в приложения I и II </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конвенции</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, промежуточные акты бонитировки, а также в случае приобретения копии документов о приобретении образцов (накладная, договор, акты).";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkEnd w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5358,131 +5473,131 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z156" w:id="135"/>
+    <w:bookmarkStart w:name="z156" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "6. Для получения разрешения на ввоз, вывоз образцов заявитель посредством веб-портала "электронного правительства" в электронной форме в административный орган направляет:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z157" w:id="136"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z157" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заявление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> на получение разрешения на ввоз, вывоз образцов в форме электронного документа, удостоверенное ЭЦП заявителя, по форме согласно приложению 2 к настоящим Правилам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z158" w:id="137"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z158" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) электронную копию контракта или договора между экспортером и импортером, подтверждающего намерения о совершении данного ввоза и (или) вывоза, за исключением лиц, осуществляющих ввоз и (или) вывоз в личных целях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z159" w:id="138"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z159" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) при ввозе образцов на территорию Республики Казахстан электронную копию разрешения на экспорт или сертификата на реэкспорт в случае, если образец включен в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5517,251 +5632,251 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Конвенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z160" w:id="139"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z160" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) электронную копию заключения научной организации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z161" w:id="140"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z161" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) электронную копию документа, подтверждающего уплату в бюджет государственной пошлины за выдачу разрешений на ввоз и вывоз редких и находящихся под угрозой исчезновения видов животных и осетровых рыб, а также их частей и дериватов, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункту 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 615 Кодекса Республики Казахстан от 25 декабря 2017 года "О налогах и других обязательных платежах в бюджет (Налоговый кодекс)", за исключением оплаты через ПШЭП;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z162" w:id="141"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z162" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) электронную копию разрешения на охоту, в случае изъятия видов животных, их частей и дериватов, из природной среды обитания на территории Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z163" w:id="142"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z163" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Административный орган регистрирует поступившее заявление на получение разрешения на ввоз, вывоз образцов и прилагаемые к ней документы на портале в течение одного рабочего дня (если заявление принято после 18.00 часов или в субботу, то исчисление срока для заявителя начинается на следующий рабочий день) и в течение трех рабочих дней со дня поступления рассматривает документы и подготавливает разрешение. В течение двух рабочих дней с момента получения документов административный орган проверяет полноту представленных документов. В случае установления факта неполноты представленных документов в указанные сроки дает мотивированный отказ в дальнейшем рассмотрении заявления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z164" w:id="143"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z164" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Административный орган отказывает в дальнейшем рассмотрении заявления по следующим основаниям:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z165" w:id="144"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z165" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) установление недостоверности документов, представленных заявителем для получения разрешения, и (или) данных (сведений), содержащихся в них;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z166" w:id="145"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z166" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги требованиям настоящих Правил;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z167" w:id="146"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z167" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в отношении заявителя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения разрешения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z168" w:id="147"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z168" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) в отношении заявителя имеется вступившее в законную силу решение суда, на основании которого заявитель лишен специального права, связанного с получением разрешения.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkEnd w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5794,250 +5909,250 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к указанным Правилам изложить в новой редакции согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему Перечню.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z170" w:id="148"/>
+    <w:bookmarkStart w:name="z170" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исполняющего обязанности Министра сельского хозяйства Республики Казахстан от 27 февраля 2015 года № 18-04/149 "Об утверждении Правил распределения квот изъятия объектов животного мира" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 10865, опубликован 15 мая 2015 года в информационно-правовой системе "Әділет"):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z171" w:id="149"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z171" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилах</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> распределения квот изъятия объектов животного мира, утвержденных указанным приказом:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z172" w:id="150"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z172" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       заголовок </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>главы 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z173" w:id="151"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z173" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Глава 1. Общие положения";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z174" w:id="152"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z174" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       заголовок </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>главы 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z175" w:id="153"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z175" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Глава 2. Порядок распределения квот изъятия видов животных, являющихся объектами охоты, между субъектами охотничьего хозяйства";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkEnd w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6070,190 +6185,190 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z177" w:id="154"/>
+    <w:bookmarkStart w:name="z177" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "5. Субъект охотничьего хозяйства до 1 октября предшествующего года на основании учетных данных по видам животных, являющихся объектами охоты, направляет в Государственную корпорацию "Правительство для граждан" (далее – Государственная корпорация) заявку на получение квоты изъятия по видам животных, являющихся объектами охоты для охотничьего хозяйства по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z178" w:id="155"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z178" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Республиканская ассоциация общественных объединений охотников и субъектов охотничьего хозяйства (далее – ассоциация охотников) осуществляет распределение квот изъятия видов животных, являющихся объектами охоты, на основании лимитов на изъятие объектов животного мира на период с 15 февраля текущего года по 15 февраля будущего года, в соответствии с подпунктом 55) пункта 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z179" w:id="156"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z179" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       заголовок </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>главы 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z180" w:id="157"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z180" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Глава 3. Порядок распределения квот изъятия видов животных, являющихся объектами рыболовства, между субъектами рыбного хозяйства";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkEnd w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6266,70 +6381,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z182" w:id="158"/>
+    <w:bookmarkStart w:name="z182" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "12. Для получения квоты изъятия рыбных ресурсов и других водных животных, субъекты рыбного хозяйства до 1 февраля текущего года направляют в Государственную корпорацию следующие документы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkEnd w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6342,110 +6457,110 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заявка</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> на получение квот изъятия рыбных ресурсов и других водных животных в рыбохозяйственных водоемах и (или) участках Республики Казахстан (далее – заявка на изъятие рыбных ресурсов) по форме согласно приложению 2 к настоящим Правилам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z184" w:id="159"/>
+    <w:bookmarkStart w:name="z184" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       справка территориального органа транспортного контроля о зарегистрированных на имя субъекта рыбного хозяйства добывающего и транспортного флота, в том числе маломерного, полученная не позднее одного месяца, предшествующего дате подачи заявки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z185" w:id="160"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z185" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ассоциация рыболовов направляет письменный запрос о предоставлении сведений по пунктам 2 и 4 заявки на изъятие рыбных ресурсов в территориальное подразделение ведомства уполномоченного органа в области охраны, воспроизводства и использования животного мира (далее – территориальное подразделение).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z186" w:id="161"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z186" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Территориальное подразделение представляет запрашиваемую информацию в течение 10 календарных дней со дня поступления запроса.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkEnd w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6458,90 +6573,90 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z188" w:id="162"/>
+    <w:bookmarkStart w:name="z188" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "21. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Итоги</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> распределения квот изъятия рыбных ресурсов и других водных животных подводятся в течение десяти календарных дней после утверждения лимитов вылова рыбы по форме согласно приложению 4 к настоящим Правилам и направляются в соответствующие местные исполнительные органы.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkEnd w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6574,190 +6689,190 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к указанным Правилам изложить в новой редакции согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему Перечню.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z190" w:id="163"/>
+    <w:bookmarkStart w:name="z190" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исполняющего обязанности Министра сельского хозяйства Республики Казахстан от 27 февраля 2015 года № 18-03/153 "Об утверждении Правил выдачи разрешений на производство интродукции, реинтродукции и гибридизации животных" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 11623, опубликован 25 августа 2015 года в информационно-правовой системе "Әділет"):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z191" w:id="164"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z191" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилах</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> выдачи разрешений на производство интродукции, реинтродукции и гибридизации животных, утвержденных указанным приказом:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z192" w:id="165"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z192" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       заголовок </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>главы 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z193" w:id="166"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z193" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Глава 1. Общие положения";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkEnd w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6770,150 +6885,150 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z195" w:id="167"/>
+    <w:bookmarkStart w:name="z195" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "1. Настоящие Правила выдачи разрешений на производство интродукции, реинтродукции и гибридизации животных (далее – Правила) разработаны в соответствии с подпунктом 60) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан от 9 июля 2004 года "Об охране, воспроизводстве и использовании животного мира" (далее – Закон) и подпунктом 4) пункта 1 статьи 12 Закона Республики Казахстан от 16 мая 2014 года "О разрешениях и уведомлениях" и определяют порядок выдачи разрешений на производство интродукции, реинтродукции, гибридизации животных (далее – разрешение).";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z196" w:id="168"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z196" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       заголовок </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>главы 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z197" w:id="169"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z197" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Глава 2. Порядок выдачи разрешений";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkEnd w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6946,150 +7061,150 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z199" w:id="170"/>
+    <w:bookmarkStart w:name="z199" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "3. Заявка на выдачу разрешения на производство интродукции, реинтродукции и гибридизации животных (далее – заявка) направляется посредством веб-портала "электронного правительства" в электронном виде по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z200" w:id="171"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z200" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. К заявке прилагаются следующие документы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z201" w:id="172"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z201" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) электронная копия документа, подтверждающего законность приобретения животных при проведении интродукции, реинтродукции и гибридизации животных (договор купли-продажи, договор дарения, накладная или товарный чек или платежное поручение с отметкой банка);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z202" w:id="173"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z202" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) электронная копия биологического обоснования на производство интродукции, реинтродукции и гибридизации животных с положительным заключением государственной экологической экспертизы.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkEnd w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7102,190 +7217,190 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z204" w:id="174"/>
+    <w:bookmarkStart w:name="z204" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "6. Территориальное подразделение рассматривает заявку и прилагаемые к ней документы в течение одного рабочего дня (если заявление принято после 18.00 часов или в субботу, то исчисление срока для заявителя начинается на следующий рабочий день) и в течение трех рабочих дней со дня регистрации рассматривает и производит выдачу разрешения на производство интродукции, реинтродукции и гибридизации животных (далее – разрешение) по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, либо отказывает по следующим основаниям:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z205" w:id="175"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z205" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) установление недостоверности документов, представленных заявителем для получения разрешения, и (или) данных (сведений), содержащихся в них;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z206" w:id="176"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z206" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) несоответствие заявителя и (или) представленных материалов, объектов, данных и сведений, необходимых для выдачи разрешения требованиям, установленным настоящими Правилами, Законом и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан от 10 июля 2002 года "О ветеринарии";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z207" w:id="177"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z207" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в отношении заявителя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения разрешения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z208" w:id="178"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z208" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) в отношении заявителя имеется вступившее в законную силу решение суда, на основании которого заявитель лишен специального права, связанного с получением разрешения.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkEnd w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7354,90 +7469,90 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z211" w:id="179"/>
+    <w:bookmarkStart w:name="z211" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "8. Учет выдачи разрешения на производство интродукции, реинтродукции и гибридизации животных ведется в Журнале регистрации выдачи разрешений на производство интродукции, реинтродукции и гибридизации животных по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkEnd w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7923,408 +8038,512 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z686" w:id="180"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z686" w:id="179"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Номер: ___________             Дата выдачи: ____________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Согласование</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>режима судоходства в запретный для рыболовства</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>нерестовый период, а также в запретных для рыболовства</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>водоемах и (или) участках</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Выдано: _____________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             (наименование юридического или фамилия, имя, отчество</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                   (при его наличии) физического лица)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Наименование судна __________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Регистрационный номер судна __________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Технические параметры судна:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Длина (в метрах) _____________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ширина (в метрах) ____________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Осадка (в сантиметрах, метрах) _________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Скорость вращения гребных винтов на судах (оборотов в минуту) ___________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Тип судна ___________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Марка судна _________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Мощность движителя _________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Цель судоходства _____________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Сроки движения с __________ по ___________ 20__ года</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Маршрут движения ___________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Место стоянки _______________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Дополнительные условия ______________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Копия данного согласования направляется для контроля ____________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Руководитель территориального подразделения: __________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             (фамилия, имя, отчество (при его наличии), подпись)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8832,437 +9051,537 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бизнес-идентификационный номер,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>индивидуальный идентификационный номер)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z691" w:id="181"/>
+    <w:bookmarkStart w:name="z691" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                Заявление</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">             о согласовании режима судоходства в запретный для рыболовства</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> нерестовый период, а также в запретных для рыболовства водоемах и (или) участках</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z692" w:id="181"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наименование судовладельца __________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Фамилия, имя, отчество (при его наличии)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>судоводителя_________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Наименование судна __________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Регистрационный номер судна__________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Технические параметры судна (длина, ширина, осадка):</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Длина (в метрах) _____________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ширина (в метрах) ____________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Осадка (сантиметрах) _________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Скорость вращения гребных винтов на судне (обороты/минуты) _____________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Тип судна ___________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Марка судна _________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Мощность двигателя __________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Цель судоходства _____________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Сроки движения с ___________ по ____________20____года</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Маршрут движения ___________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Место стоянки _______________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Номер и дата судового билета или судового свидетельства __________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Подтверждаю достоверность представленной информации и осведомлен об</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ответственности за представление недостоверных сведений в соответствии</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>с законодательством Республики Казахстан.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Согласен на использование сведений, составляющих охраняемую законом тайну,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>содержащихся в информационных системах.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Дата подачи заявления "___" ______________ 20___года.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             (фамилия, имя, отчество (при его наличии), подпись)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -9510,828 +9829,879 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z696" w:id="183"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z696" w:id="182"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (наименование местного исполнительного органа)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Номер: __________                   Дата выдачи: ________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z697" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                      Разрешение</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">             (наименование местного исполнительного органа)</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       на использование животных в научных, культурно-просветительских,</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...4 lines deleted...]
-        <w:t>Номер: __________                   Дата выдачи: ________</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> воспитательных, эстетических целях, а также в целях предотвращения эпизоотии</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z697" w:id="184"/>
-[...47 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z698" w:id="184"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Выдано:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Вид пользования</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_____________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Цель изъятия</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Способы изъятия</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_____________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ответственные лица за использование разрешения:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Перечень и количество объектов, планируемых для изъятия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1983"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6305"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вид животных</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4012" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество (особей)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6305" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Район (территория) и границы участка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="4012" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="6305" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="4012" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="6305" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z699" w:id="186"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z699" w:id="185"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Итоговая сумма уплаты</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Половозрастной состав (в случае необходимости):</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Срок изъятия с: ______________ по ______________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Способ изъятия:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>______________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Срок представления отчета об использовании разрешения:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Контроль возлагается на: ____________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Уполномоченное лицо:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -10800,826 +11170,877 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(бизнес-идентификационный номер,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>индивидуальный идентификационный номер)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z704" w:id="187"/>
+    <w:bookmarkStart w:name="z704" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                      Заявка</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z705" w:id="187"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Прошу выдать "Разрешение на пользование животным миром" (промысловое, любительское (спортивное), научно-исследовательский лов, мелиоративный лов, лов в воспроизводственных целях)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Вид пользования:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_____________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Наименование водоема и (или) участка:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Цель изъятия:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Способы изъятия:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ответственные лица за использование разрешения:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (фамилия, имя, отчество (при его наличии), индивидуальный</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                   идентификационный номер)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z706" w:id="189"/>
+    <w:bookmarkStart w:name="z706" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Договор на ведение рыбного хозяйства от "___" ________201__ года №______</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z707" w:id="190"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z707" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Номер, дата и серия свидетельства об аккредитации (в случае научно-исследовательского лова) _____________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z708" w:id="191"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z708" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Перечень и количество объектов, планируемых для изъятия из среды обитания:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkEnd w:id="190"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4068"/>
-        <w:gridCol w:w="8232"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4068" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование объектов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8232" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество (тонн)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4068" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="8232" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z709" w:id="192"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z709" w:id="191"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Половозрастной состав (в случае необходимости)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Сроки изъятия c _____________ по _________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Район (территория) и границы участка предполагаемого изъятия:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z710" w:id="193"/>
+    <w:bookmarkStart w:name="z710" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Орудия изъятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование орудия изъятия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Количество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z711" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Плавательные средства:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="193"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-      </w:tblPr>
-[...197 lines deleted...]
-        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -11681,197 +12102,191 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z712" w:id="195"/>
+    <w:bookmarkStart w:name="z712" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Подтверждаю достоверность представленной информации и осведомлен об ответственности за представление недостоверных сведений в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z713" w:id="196"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z713" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Согласен на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z714" w:id="196"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дата подачи заявки "___" ______________ 20 ___ года.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (фамилия, имя, отчество (при его наличии), подпись)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -12327,798 +12742,841 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(бизнес-идентификационный номер,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>индивидуальный идентификационный номер)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z719" w:id="198"/>
+    <w:bookmarkStart w:name="z719" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                      Заявка</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z720" w:id="198"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Прошу выдать "Разрешение на пользование животным миром" (на охоту, воспроизводственных целях, на использование животных в научных, культурно-просветительских, воспитательных, эстетических целях, а также в целях предотвращения эпизоотии) ______________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Вид пользования</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_____________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Цель изъятия</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Способы изъятия</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_____________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Номер и дата договора на ведение охотничьего хозяйства:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ответственные лица за использование разрешения:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (фамилия, имя, отчество (при его наличии), индивидуальный</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                   идентификационный номер)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Перечень и количество объектов, планируемых для изъятия из среды обитания:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1983"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6305"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вид животных</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4012" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество (особей)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6305" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Район (территория) и границы участка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="4012" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="6305" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="4012" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="6305" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z721" w:id="200"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z721" w:id="199"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Общая стоимость (тенге)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>______________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Половозрастной состав (в случае необходимости)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Сроки изъятия c _____________ по ______________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подтверждаю достоверность представленной информации и осведомлен об ответственности за представление недостоверных сведений в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z722" w:id="201"/>
+    <w:bookmarkStart w:name="z722" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Согласен на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z723" w:id="201"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дата подачи заявки "__" ______________ 20 ____ года.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (фамилия, имя, отчество (при его наличии), подпись)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -13691,138 +14149,139 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(бизнес-идентификационный номер/</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>индивидуальный идентификационный номер)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z728" w:id="203"/>
+    <w:bookmarkStart w:name="z728" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                      Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z729" w:id="204"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z729" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Прошу выдать марки икры осетровых видов рыб для торговли на внутреннем рынке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z730" w:id="205"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z730" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сведения о видах икры:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkEnd w:id="204"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1115"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="441"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1115" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13893,874 +14352,794 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество и объем емкости по видам</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1115" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3226" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На государственном языке</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На русском языке</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3242" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На латинском языке</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="440" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество емкости</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="609" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Объем одной емкости</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z731" w:id="206"/>
+          <w:bookmarkStart w:name="z731" w:id="205"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Общий объем</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="205"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 икры</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="206"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1115" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3226" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="3227" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="3242" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="440" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="609" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="441" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1115" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3226" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="3227" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="3242" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="440" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="609" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="441" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1115" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14807,78 +15186,71 @@
               <w:t>
 Происхождение образца (отечественная-естественная, отечественная-искусственная, импортированная, конфискованная)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1115" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14925,78 +15297,71 @@
               <w:t>
 Номер и дата справки о происхождении вылова рыбы, в случае если заявленная икра естественная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1115" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15063,78 +15428,71 @@
               </w:rPr>
               <w:t xml:space="preserve"> о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения (при его наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1115" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15181,78 +15539,71 @@
               <w:t>
 Номер и дата уведомления (-й) о начале или прекращении деятельности по искусственному разведению животных, виды которых включены в приложения I и II Конвенции о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения в случае если заявленная икра искусственная (при его наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1115" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15299,171 +15650,176 @@
               <w:t>
 Номер и дата разрешения (-й) на ввоз на территорию Республики Казахстан и вывоз с территории Республики Казахстан видов животных, подпадающих под действие Конвенции о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения, в случае если заявленная икра импортированная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z732" w:id="207"/>
+    <w:bookmarkStart w:name="z732" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Подтверждаю достоверность представленной информации и осведомлен об ответственности за представление недостоверных сведений в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z733" w:id="208"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z733" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Согласен на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z734" w:id="208"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дата подачи заявления "__" ____________20___года.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (фамилия, имя, отчество (при его наличии), подпись, место печати</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                         (при наличии))</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -15724,1082 +16080,961 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z738" w:id="210"/>
+    <w:bookmarkStart w:name="z738" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Информация о получении икры осетровых видов рыб</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkEnd w:id="209"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1384"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="5930"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1384" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="967" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вид рыбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1712" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество и возраст рыбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="967" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вес рыбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1340" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вес полученной икры</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5930" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Способ получения икры (метод доения (прижизненный) или метод кесарево сечения)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1384" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="967" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1712" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="967" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1340" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="5930" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1384" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="967" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1712" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="967" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1340" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="5930" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1384" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="967" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1712" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="967" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1340" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="5930" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z739" w:id="211"/>
+    <w:bookmarkStart w:name="z739" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Подтверждаю достоверность представленной информации и осведомлен об ответственности за представление недостоверных сведений в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z740" w:id="211"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             (фамилия, имя, отчество (при его наличии), подпись)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -17060,1460 +17295,1335 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z744" w:id="213"/>
+    <w:bookmarkStart w:name="z744" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Журнал учета марок для торговли икрой осетровых видов рыб на внутреннем рынке</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkEnd w:id="212"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="855"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="1571"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="855" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="855" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование заявителя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1331" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер и количество полученных марок</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="855" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер накладной</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="856" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата выдачи марок</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1807" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вид марки, емкость и объем икры</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бизнес-идентификационный номер или индивидуальный идентификационный номер заявителя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2046" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата передачи марок через почтовую связь или курьера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1571" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Данные почтовой связи, подпись курьера</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="855" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="855" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1331" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="855" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="856" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1807" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2046" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1571" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="855" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="855" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1331" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="855" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="856" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1807" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2124" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2046" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1571" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="855" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="855" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1331" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="855" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="856" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1807" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2124" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2046" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1571" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -18778,1025 +18888,900 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z748" w:id="214"/>
+    <w:bookmarkStart w:name="z748" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Журнал учета марок для торговли икрой осетровых видов рыб на внешнем рынке</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkEnd w:id="213"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="518"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="3871"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="518" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1815" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование физического или юридического лица</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1491" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер и количество марок</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер разрешения на вывоз за пределы Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество емкостей и объем икры</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3871" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный идентификационный номер физического лица или бизнес-идентификационный номер юридического лица</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="518" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1815" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1491" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2789" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1816" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="3871" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="518" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1815" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1491" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2789" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1816" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="3871" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="518" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1815" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1491" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2789" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1816" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="3871" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -20451,51 +20436,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(бизнес-идентификационный номер/</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>индивидуальный идентификационный номер)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z753" w:id="215"/>
+    <w:bookmarkStart w:name="z753" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -20516,693 +20501,659 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>______________________________</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(нужное подчеркнуть)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkEnd w:id="214"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="789"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="136"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="789" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11375" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Цель ввоза, вывоза (коммерческие операции, научные исследования, воспроизводственные цели, цирковые выступления или передвижные выставки, обмен между зоопарками, ботаническими садами и музеями, а также личная передача)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="136" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="789" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11375" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Образец с указанием его названия на государственном, русском и латинском языках</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="136" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="789" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11375" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Описание образца (живые животные, шкуры, чучела, тушки, черепа, рога, клыки, кровь, икра, а также изделия и другое, для живых животных ‒ пол и возраст, наличие идентифицирующих меток)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="136" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="789" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11375" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество и (или) вес образцов (при вывозе икры дополнительно указать количество и объем емкостей по видам)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="136" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="789" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11375" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Происхождение образца (изъято из природы, выведено или выращено в искусственных условиях, на основании каких документов импортировано из другой страны, конфисковано, куплено, получено в качестве дара или наследства и другие)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="136" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="789" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11375" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21214,530 +21165,506 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Конвенции</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения (при его наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="136" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="789" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11375" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер и дата уведомления (-й) о начале или прекращении деятельности по искусственному разведению животных, виды которых включены в приложения I и II Конвенции о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения, в случае если образцы, были выращены в искусственных условиях на территории Республики Казахстан (при его наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="136" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="789" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11375" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер и дата разрешения на изъятие видов животных, численность которых подлежит регулированию, в случае если виды животных, их части и дериваты, были изъяты из природной среды посредством регулирования численности животных на территории Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="136" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="789" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11375" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Юридический адрес (для физических лиц ‒ домашний адрес, паспортные данные) экспортера и импортера на русском и английском языках, их телефоны или факсы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="136" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z754" w:id="216"/>
+    <w:bookmarkStart w:name="z754" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Подтверждаю достоверность представленной информации и осведомлен об ответственности за представление недостоверных сведений в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z755" w:id="217"/>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z755" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Согласен на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z756" w:id="218"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z756" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дата подачи заявления "___" __________ 20 ____ года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z757" w:id="218"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                   (фамилия, имя, отчество (при его наличии), подпись)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -21985,334 +21912,406 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z761" w:id="220"/>
+    <w:bookmarkStart w:name="z761" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                    Заявка на получение квот изъятия рыбных ресурсов и других</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">             водных животных в рыбохозяйственных водоемах и (или) участках</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z762" w:id="220"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наименование закрепленного рыбохозяйственного водоема и (или) участка</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>______________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Договора на ведение рыбного хозяйства № _____ от " " _________ года, заключенного с</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>местным исполнительным органом ___________________;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Объем финансовых средств, направленных в предыдущем году на воспроизводство</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(зарыбление) рыбных ресурсов ___________ тысяч тенге;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Наличие технологического оборудования по переработке рыбных ресурсов _______ тонн/год;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Фактическое освоение выделенной квоты в предыдущем году _____ тонн;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Количество орудий лова рыбных ресурсов и добычи других водных животных,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>соответствующих Правилам рыболовства, невод ____ штук, сети _____ штук;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Количество рыболовного флота, зарегистрированного на имя субъекта рыбного хозяйства,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>самоходный (свыше 40 лошадиных сил) ____ единиц, маломерный ___ единиц.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подтверждаю достоверность представленной информации и осведомлен об ответственности</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>за предоставление недостоверных сведений в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Согласен на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Дата подачи заявки "___" _______________ 20 ___ года.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>______________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(фамилия, имя, отчество (при его наличии) руководителя субъекта рыбного хозяйства)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Место печати (при наличии) Подпись_________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -22833,315 +22832,359 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>номер, индивидуальный</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>идентификационный номер)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z776" w:id="222"/>
+    <w:bookmarkStart w:name="z776" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                      Заявка</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                   на выдачу разрешения на производство интродукции,</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                         реинтродукции и гибридизации животных</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z777" w:id="222"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Прошу выдать разрешение на производство интродукции, реинтродукции, гибридизации животных (нужное подчеркнуть).</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Цель проведения интродукции, реинтродукции и гибридизации _____________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Вид животного _______________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Количество и вес животного ___________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Сроки проведения интродукции, реинтродукции и гибридизации ____________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Район проведения интродукции, реинтродукции и гибридизации ____________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Номер и дата выдачи ветеринарной справки ______________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z778" w:id="224"/>
+    <w:bookmarkStart w:name="z778" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Подтверждаю достоверность представленной информации и осведомлен об ответственности за представление недостоверных сведений в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z779" w:id="225"/>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z779" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Согласен на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z780" w:id="225"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дата подачи заявки "___" ______________ 20 ___ года.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             (фамилия, имя, отчество (при его наличии), подпись)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -23415,1031 +23458,948 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z784" w:id="227"/>
+    <w:bookmarkStart w:name="z784" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Журнал</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>регистрации выдачи разрешений на производство</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>интродукции, реинтродукции и гибридизации животных</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkEnd w:id="226"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1127"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="4574"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1127" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Разрешение №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вид пользования (вид животных, количество)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1128" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Срок действия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1128" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кому выдано</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1441" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата и номер разрешения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4574" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Данные получателя (Фамилия, имя, отчество (при его наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1127" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1128" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1128" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1441" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4574" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1127" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2902" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1128" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1128" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1441" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="4574" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1127" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2902" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1128" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1128" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1441" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="4574" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -24665,67 +24625,359 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>период, а также в запретных для</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>рыболовства водоемах и (или) участках"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z793" w:id="228"/>
+    <w:bookmarkStart w:name="z793" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 14 утратило силу приказом Министра экологии, геологии и природных ресурсов РК от 16.11.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 286</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="227"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 15</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Перечню приказов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерства сельского хозяйства</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан, в которые</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>вносятся изменения и дополнения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к стандарту государственной услуги</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Распределение квот на изъятие</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>объектов животного мира на</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>основании утвержденных лимитов"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z799" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 15 утратило силу приказом Министра экологии, геологии и природных ресурсов РК от 16.11.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 286</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="228"/>
     <w:tbl>
       <w:tblPr>
@@ -24782,51 +25034,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 15</w:t>
+              <w:t>Приложение 16</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Перечню приказов</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -24899,51 +25151,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 1</w:t>
+              <w:t>Приложение 4</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к стандарту государственной услуги</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -24957,90 +25209,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>объектов животного мира на</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>основании утвержденных лимитов"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z799" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 15 утратило силу приказом Министра экологии, геологии и природных ресурсов РК от 16.11.2020 </w:t>
+            Сноска. Приложение 16 утратило силу приказом Министра экологии, геологии и природных ресурсов РК от 16.11.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 286</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -25074,51 +25324,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 16</w:t>
+              <w:t>Приложение 17</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Перечню приказов</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -25191,438 +25441,148 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 4</w:t>
+              <w:t>Приложение 3</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к стандарту государственной услуги</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Распределение квот на изъятие</w:t>
-[...25 lines deleted...]
-              <w:t>основании утвержденных лимитов"</w:t>
+              <w:t>"Выдача марки икры осетровых</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>видов рыб для торговли на внутреннем</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рынке Республики Казахстан"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...289 lines deleted...]
-    <w:bookmarkStart w:name="z813" w:id="230"/>
+    <w:bookmarkStart w:name="z813" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 17 утратило силу приказом Министра экологии, геологии и природных ресурсов РК от 16.11.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 286</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkEnd w:id="229"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>