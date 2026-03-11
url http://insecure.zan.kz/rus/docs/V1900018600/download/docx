--- v1 (2025-11-23)
+++ v2 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a1e3cef" w14:textId="a1e3cef">
+    <w:p w14:paraId="f60f38a" w14:textId="f60f38a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -709,6850 +709,6108 @@
               </w:rPr>
               <w:t>от 22 апреля 2019 года № 166</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень приказов Министерства сельского хозяйства Республики Казахстан, в которые вносятся изменения и дополнения (далее – Перечень)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Утратил силу приказом Министра сельского хозяйства РК от 22.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 384</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z43" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. В </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполняющего обязанности Министра сельского хозяйства Республики Казахстан от 19 декабря 2014 года № 18-04/675 "Об утверждении Правил выдачи разрешений на пользование животным миром" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 10168, опубликован 6 февраля 2015 года в информационно-правовой системе "Әділет"):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z44" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выдачи разрешений на пользование животным миром, утвержденных указанным приказом:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z45" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      заголовок </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>главы 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z46" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Глава 1. Общие положения";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...24 lines deleted...]
-        <w:jc w:val="both"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z48" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "2. Разрешения на пользование животным миром (далее – разрешения) выдаются на следующие виды специального пользования животным миром:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z49" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) охота;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z50" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) рыболовство (промысловое, любительское (спортивное), научно-исследовательский лов, мелиоративный лов, лов в воспроизводственных целях);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z51" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) использование животных в научных, культурно-просветительских, воспитательных, эстетических целях, а также в целях предотвращения эпизоотии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z52" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) использование видов животных в воспроизводственных целях.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z54" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "5. Разрешения выдаются по формам согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложениям 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z55" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      заголовок </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>главы 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z56" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Глава 2. Условия и порядок выдачи разрешений";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункты 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z58" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "6. Разрешения, за исключением научно-исследовательского лова на рыбохозяйственных водоемах, расположенных на территории двух и более областей, выдаются местными исполнительными органами в пределах установленных лимитов и квот изъятия животных.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z59" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Разрешение, в целях научно-исследовательского лова на рыбохозяйственных водоемах, расположенных на двух и более областях выдается ведомством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z60" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. Для получения разрешения в целях научно-исследовательского лова необходимо наличие свидетельства об аккредитации субъекта как субъекта научной и (или) научно-технической деятельности в порядке, определенном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>постановлением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства Республики Казахстан от 8 июня 2011 года № 645 "Об утверждении Правил аккредитации субъектов научной и (или) научно-технической деятельности".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z61" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. Заявка в зависимости от вида пользования животным миром подается посредством веб-портала "электронного правительства" (далее – портал) в электронном виде по формам согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложениям 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z62" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. К заявке прилагаются следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z63" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) электронная копия платежного документа об оплате за пользование животным миром, за исключением случаев оплаты через платежный шлюз "электронного правительства";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z64" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) электронная копия списка лиц, участвующих в изъятии объектов животного мира за исключением охоты, подписанная заявителем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z65" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. В зависимости от вида пользования животным миром, кроме документов, указанных в пункте 9 настоящих Правил, к заявке дополнительно прилагаются следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z66" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) на охоту (при первичном обращении):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z67" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в случае если изъятие объектов животного мира производится с участием иностранцев – электронная копия договора субъекта охотничьего хозяйства с иностранцами на организацию охоты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z68" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) на научно-исследовательский лов:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z69" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      электронная копия обоснования проведения научных работ, утвержденная ученым советом профилирующей научной организации, и программы научно-исследовательских работ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z70" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      электронная копия расчетов, обосновывающая предполагаемый объем изъятия объектов животного мира;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z71" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      электронная копия отчета о результатах использования ранее выданных разрешений (в случае выданных разрешений);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z72" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) на лов в воспроизводственных целях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z73" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      электронная копия биологического обоснования, утвержденная ученым советом профилирующей научной организации, за исключением случаев вылова для целей выполнения государственного заказа на воспроизводство рыбных ресурсов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z74" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) на использование животных в научных, культурно-просветительских, воспитательных, эстетических целях, а также в целях предотвращения эпизоотии:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z75" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      электронная копия выписки из научно-тематического плана, утвержденная ученым советом профилирующей научной организации, и программы научно-исследовательских работ, кроме эпизоотического мониторинга;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z76" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      электронная копия ежегодного плана работы государственной ветеринарной организации уполномоченного органа в области ветеринарии для эпизоотического мониторинга болезней животных в Республике Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z77" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      электронная копия обосновывающих материалов изъятия объектов животного мира (биологического обоснования с положительным заключением государственной экологической экспертизы);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z78" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) на использование видов животных в воспроизводственных целях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z79" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      электронная копия обосновывающих материалов изъятия объектов животного мира (биологического обоснования с положительным заключением государственной экологической экспертизы).";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исключить;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункты 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z82" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "13. Регистрация заявки ведомством или местным исполнительным органом производится на портале в течение одного рабочего дня (если заявление принято после 18.00 часов или в субботу, то исчисление срока для заявителя начинается на следующий рабочий день) с момента поступления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z83" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Ведомство или местные исполнительные органы рассматривают заявку и прилагаемые к ней документы в течение трех рабочих дней с момента поступления заявки и производят выдачу разрешений либо направляют мотивированный отказ через портал в электронном виде.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z84" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ведомство или местные исполнительные органы в течение двух рабочих дней с момента получения документов заявителя проверяют полноту представленных документов. В случае установления факта неполноты представленных документов ведомство или местные исполнительные органы в указанные сроки направляют мотивированный отказ в дальнейшем рассмотрении заявки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z85" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      15. Учет выдачи разрешений ведется в журнале согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z86" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае если по условиям договора на рыболовство, рыболовство осуществляется на нескольких рыбохозяйственных водоемах и (или) участках, а также несколькими суднами, бригадами или звеньями, заявителем через "личный кабинет" распечатывается разрешение на каждый участок, судно, бригаду или звено.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z87" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      заголовок </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложения 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к указанным Правилам изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z88" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Разрешение на пользование животным миром (промысловый лов, любительский (спортивный) лов, научно-исследовательский лов, мелиоративный лов, лов в воспроизводственных целях)";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложения 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к указанным Правилам изложить в новой редакции согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложениям 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему Перечню.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Пункт 1 утрачивает силу приказом Министра сельского хозяйства РК от 22.10.2025 </w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 384</w:t>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Пункт 3 утрачивает силу приказом Министра сельского хозяйства РК от 30.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 404</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. В </w:t>
+      3. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Министра охраны окружающей среды Республики Казахстан от 16 октября 2013 года № 313-Ө "Об утверждении Правил движения водного транспорта в запретный для рыболовства нерестовый период, а также в запретных для рыболовства водоемах и (или) участках" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 8918, опубликован 15 февраля 2014 года № 32 (27653) в газете "Казахстанская правда"):</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z19" w:id="12"/>
+        <w:t xml:space="preserve"> Министра сельского хозяйства Республики Казахстан от 14 января 2015 года № 18-04/14 "Об утверждении Правил маркирования икры осетровых видов рыб для торговли на внутреннем и внешнем рынках" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 10397, опубликован 11 марта 2015 года в информационно-правовой системе "Әділет"):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z91" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилах</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> движения водного транспорта в запретный для рыболовства нерестовый период, а также в запретных для рыболовства водоемах и (или) участках, утвержденных указанным приказом:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z20" w:id="13"/>
+        <w:t xml:space="preserve"> маркирования икры осетровых видов рыб для торговли на внутреннем и внешнем рынках, утвержденных указанным приказом:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z92" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       заголовок </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>главы 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z21" w:id="14"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z93" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Глава 1. Общие положения";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z22" w:id="15"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z95" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "2. В настоящих Правилах используются следующие определения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z96" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Государственная корпорация "Правительство для граждан" (далее – Государственная корпорация) – юридическое лицо, созданное по решению Правительства Республики Казахстан для оказания государственных услуг, услуг по выдаче технических условий на подключение к сетям субъектов естественных монополий и услуг субъектов квазигосударственного сектора в соответствии с законодательством Республики Казахстан, организации работы по приему заявлений на оказание государственных услуг, услуг по выдаче технических условий на подключение к сетям субъектов естественных монополий, услуг субъектов квазигосударственного сектора и выдаче их результатов услугополучателю по принципу "одного окна", а также обеспечения оказания государственных услуг в электронной форме, осуществляющее государственную регистрацию прав на недвижимое имущество по месту его нахождения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z97" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) код источника – буква, соответствующая источнику икры W – получена из дикой рыбы, С – получена из рыбы, выведенной в неволе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z98" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) административный орган – уполномоченный орган в области охраны, воспроизводства и использования животного мира;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z99" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) заявитель – физическое или юридическое лицо, которое подало заявление на получение марок для торговли икрой осетровых видов рыб на внутреннем рынке;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z100" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) идентификационный номер партии – номер, используемый на перерабатывающих заводах и упаковочных предприятиях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z101" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) СИТЕС (CITES) – Конвенция о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z102" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) емкость – тара, в которой непосредственно размещается икра;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z103" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) икра – переработанные неоплодотворенные яйца (икринки) осетровых видов рыб.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z104" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       заголовок </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>главы 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z23" w:id="16"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z105" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "Глава 2. Порядок движения водного транспорта в запретный для рыболовства нерестовый период";</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="16"/>
+      "Глава 2. Порядок маркирования икры осетровых видов рыб для торговли на внутреннем и внешнем рынках";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункты 10</w:t>
+        <w:t>пункт 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z107" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "9. Изготовление марки для внешнего рынка обеспечивается лицами, осуществляющими торговлю икрой по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам в количестве, необходимом для маркирования объема икры, указанном в разрешении на ввоз на территорию Республики Казахстан и вывоз с территории Республики Казахстан видов животных, подпадающих под действие Конвенции о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения (далее – разрешение), выдаваемого административным органом в соответствии с подпунктом 10) пункта 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z108" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Административный орган присваивает учетную серию и номер маркам для внешнего рынка согласно сведениям по количеству емкости, указанной в заявлении на получение разрешения на вывоз икры для получения разрешения. Серия и номер марок для внешнего рынка, а также ссылка на форму марок для внешнего рынка указывается в разрешении.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z109" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Лица, получившие разрешение на вывоз икры осетровых видов рыб, изготавливают марки для внешнего рынка в Республиканском государственном предприятии на праве хозяйственного ведения "Банкнотная фабрика Национального Банка Республики Казахстан" (далее – Банкнотная фабрика) согласно сведениям Административного органа, направляемого в адрес Банкнотной фабрики.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z110" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Физические или юридические лица ежегодно до 1 февраля, следующего за отчетным годом, представляют в административный орган сведения об использовании марок для внешнего рынка в письменной форме, с указанием количества использованных марок для внешнего рынка и неиспользованных с указанием причин их неиспользования.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункты 12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>11</w:t>
+        <w:t>13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>12</w:t>
+        <w:t>14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="17"/>
+    <w:bookmarkStart w:name="z112" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "10. </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z26" w:id="18"/>
+      "12. Для приобретения марок для торговли икрой осетровых видов рыб на внутреннем рынке заявитель подает заявление в Государственную корпорацию либо на веб-портал "электронного правительства" (далее – портал) по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам со следующими сведениями и прилагаемыми к нему документами:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z113" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) наименование и технические параметры судна (длина, ширина, осадка);</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z27" w:id="19"/>
+      1) если заявленная икра:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z114" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      естественная – получена из рыб, выловленных из естественных водоемов (дикая), необходимо указать номер и дату справки о происхождении вылова, выдаваемого территориальными подразделениями уполномоченного органа в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 1-3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 26 Закона, подтверждающую законность вылова осетровых видов рыб, из которых была изготовлена заявленная икра (далее – справка) в заявлении по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам либо договор купли-продажи с приложением справки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z115" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      искусственная – необходимо указать номер и дату свидетельства о регистрации в административном органе физических и юридических лиц, осуществляющих искусственное разведение животных, виды которых включены в приложения I и II </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конвенции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения, предусмотренных Правилами регистрации в административном органе физических и юридических лиц, осуществляющих искусственное разведение животных, виды которых включены в приложения I и II Конвенции о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения в соответствии с подпунктом 42) пункта 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона, в заявлении по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, а также информацию о получении икры по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z116" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      импортированная – необходимо указать номер и дату разрешения административного органа на ввоз икры в Республику Казахстан, выдаваемого административным органом в соответствии с подпунктом 10) пункта 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона, в заявлении по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z117" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) фамилия, имя и отчество (при его наличии) физического лица, судоводителя (капитана) и наименование юридического лица судовладельца;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z28" w:id="20"/>
+      конфискованная необходимо представить документ подтверждающий приобретение у субъекта государственной монополии, осуществляющего деятельность по изъятию осетровых видов рыб из естественной среды обитания, их закупу, переработке и экспорту их икры и других видов продукции, а также копию судебного акта о конфискации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z118" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) тип, марка, регистрационный номер судна, мощность двигателя и скорость вращения гребного винта;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z29" w:id="21"/>
+      2) копия платежного поручения об оплате за марки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z119" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) цель судоходства;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z30" w:id="22"/>
+      13. Административный орган регистрирует заявление и прилагаемые к ней документы на портале в течение дня поступления (если заявление принято после 18.00 часов или в субботу, то исчисление срока для заявителя начинается на следующий рабочий день) и рассматривает в течение 2 рабочих дней со дня их предоставления, после чего производит выдачу марок либо отказывает по следующим основаниям:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z120" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) сроки и маршрут движения;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z31" w:id="23"/>
+      1) установление недостоверности документов, представленных заявителем для получения марок, и (или) данных (сведений), содержащихся в них;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z121" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) место стоянки;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z32" w:id="24"/>
+      2) несоответствие заявителя и (или) представленных материалов, объектов, данных и сведений, необходимых для выдачи марок требованиям, установленным настоящими Правилами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z122" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) номер и дата судового билета или судового свидетельства.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z33" w:id="25"/>
+      3) в отношении заявителя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения марок;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z123" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Регистрация заявления территориальным подразделением ведомства уполномоченного органа производится на портале в течение одного рабочего дня (если заявление принято после 18.00 часов или в субботу, то исчисление срока для заявителя начинается на следующий рабочий день) с момента поступления.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z34" w:id="26"/>
+      4) в отношении заявителя имеется вступившее в законную силу решение суда, на основании которого заявитель лишен специального права, связанного с получением марок.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z124" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Территориальное подразделение ведомства уполномоченного органа рассматривает заявление в течение двух рабочих дней с момента поступления заявления и выдает согласование режима судоходства в запретный для рыболовства нерестовый период, а также в запретных для рыболовства водоемах и (или) участках либо направляет мотивированный отказ заявителю посредством портала в электронном виде с указанием причин отказа.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z35" w:id="27"/>
+      14. При подаче заявления через Государственную корпорацию доставку марки для внутреннего рынка в Государственную корпорацию по месту обращения заявителя, обеспечивает Административный орган.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z125" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Административный орган ведет учет выданных марок для внутреннего рынка в журнале учета марок для торговли икрой осетровых видов рыб на внутреннем рынке по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z126" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. Территориальное подразделение ведомства уполномоченного органа отказывает в согласовании по следующим основаниям:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z36" w:id="28"/>
+      Выданные заявителю марки для внутреннего рынка не подлежат перепродаже, передаче и отчуждению за исключением возврата в административный орган.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z127" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) установление недостоверности документов, представленных заявителем для получения согласования, и (или) данных (сведений), содержащихся в них;</w:t>
-[...8 lines deleted...]
-        <w:jc w:val="both"/>
+      При обращении заявителя через портал в его "личный кабинет" в форме электронного документа, подписанного электронной цифровой подписью руководителя либо заместителя руководителя административного органа направляется извещение о результате оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z128" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Учет марок для внешнего рынка ведется в журнале учета марок для торговли икрой осетровых видов рыб на внешнем рынке по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, которые не подлежат перепродаже, отчуждению за исключением передачи в административный орган.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) несоответствие заявителя и (или) представленных материалов, объектов, данных и сведений, установленным настоящими Правилами;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z38" w:id="30"/>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z130" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) в отношении заявителя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения согласования;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z39" w:id="31"/>
+      "16. При выдаче марок для внутреннего рынка должностным лицом административного органа выписывается накладная в двух экземплярах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z131" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) в отношении заявителя имеется вступившее в законную силу решение суда, на основании которого заявитель лишен специального права, связанного с получением согласования.";</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z40" w:id="32"/>
+      В накладной отражаются следующие данные:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z132" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) наименование физического или юридического лица;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z133" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) номер и дата заявления на получение марок для внутреннего рынка;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z134" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) вид, номер и количество марок для внутреннего рынка;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z135" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) объем одной емкости и общий объем икры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z136" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) дата передачи марок для внутреннего рынка через почтовую связь или курьера;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z137" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) данные почтовой связи, подпись курьера.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z138" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       заголовок </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>главы 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z41" w:id="33"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z139" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Глава 3. Заключительные положения";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>приложения 1</w:t>
+        <w:t>приложения 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>2</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к указанным Правилам изложить в новой редакции согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>приложениям 1</w:t>
+        <w:t>приложениям 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>2</w:t>
+        <w:t>9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему Перечню.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z43" w:id="34"/>
+    <w:bookmarkStart w:name="z141" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. В </w:t>
+      4. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> исполняющего обязанности Министра сельского хозяйства Республики Казахстан от 19 декабря 2014 года № 18-04/675 "Об утверждении Правил выдачи разрешений на пользование животным миром" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 10168, опубликован 6 февраля 2015 года в информационно-правовой системе "Әділет"):</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z44" w:id="35"/>
+        <w:t xml:space="preserve"> исполняющего обязанности Министра сельского хозяйства Республики Казахстан от 27 февраля 2015 года № 18-03/143 "Об утверждении Правил выдачи административным органом разрешений на ввоз на территорию Республики Казахстан и вывоз с территории Республики Казахстан видов животных, подпадающих под действие Конвенции о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 11935, опубликован 23 сентября 2015 года в информационно-правовой системе "Әділет"):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z142" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилах</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> выдачи разрешений на пользование животным миром, утвержденных указанным приказом:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z45" w:id="36"/>
+        <w:t xml:space="preserve"> выдачи административным органом разрешений на ввоз на территорию Республики Казахстан и вывоз с территории Республики Казахстан видов животных, подпадающих под действие Конвенции о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения, утвержденных указанным приказом:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z143" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заголовок главы 1 изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z144" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Глава 1. Общие положения";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z145" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       заголовок </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>главы 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z146" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Глава 2. Порядок выдачи административным органом разрешения на ввоз на территорию Республики Казахстан и вывоз с территории Республики Казахстан видов животных, подпадающих под действие Конвенции о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z148" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "3. Для получения научного заключения на ввоз, вывоз образцов заявитель в бумажной форме направляет в научную организацию:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z149" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заявление</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на получение научного заключения на ввоз, вывоз образцов по форме согласно приложению 1 к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z150" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) при ввозе образцов на территорию Республики Казахстан копию разрешения на экспорт или сертификат на реэкспорт в случае, если образец включен в приложения 1, 2, 3 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конвенции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z151" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) копию разрешения на охоту, в случае изъятия видов животных, их частей и дериватов, из природной среды обитания на территории Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z152" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) при ввозе на территорию и (или) вывозе с территории Республики Казахстан ловчих хищных птиц фотографий с кольцами (микрочипы), а также копию паспорта ловчей хищной птицы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z153" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) при ввозе на территорию и (или) вывозе с территории Республики Казахстан образцов копию контракта или договора между экспортером и импортером, подтверждающего намерения о совершении данного действия, а также документ в котором представлены сведения о количестве и объеме завозимой и (или) вывозимой продукции, пол, вид продукции и его описание (живая, консервированная, оплодотворенная, криоконсервированная);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z154" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) при вывозе с территории Республики Казахстан образцов искусственно выращенных в Республике Казахстан копию уведомления о начале или прекращении деятельности по искусственному разведению животных, виды которых включены в приложения I и II Конвенции и (или) свидетельства о регистрации в административном органе физических и юридических лиц, осуществляющих искусственное разведение животных, виды которых включены в приложения I и II </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конвенции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, промежуточные акты бонитировки, а также в случае приобретения копии документов о приобретении образцов (накладная, договор, акты).";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункты 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z156" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "6. Для получения разрешения на ввоз, вывоз образцов заявитель посредством веб-портала "электронного правительства" в электронной форме в административный орган направляет:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z157" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заявление</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на получение разрешения на ввоз, вывоз образцов в форме электронного документа, удостоверенное ЭЦП заявителя, по форме согласно приложению 2 к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z158" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) электронную копию контракта или договора между экспортером и импортером, подтверждающего намерения о совершении данного ввоза и (или) вывоза, за исключением лиц, осуществляющих ввоз и (или) вывоз в личных целях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z159" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) при ввозе образцов на территорию Республики Казахстан электронную копию разрешения на экспорт или сертификата на реэкспорт в случае, если образец включен в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложения 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Конвенции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z160" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) электронную копию заключения научной организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z161" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) электронную копию документа, подтверждающего уплату в бюджет государственной пошлины за выдачу разрешений на ввоз и вывоз редких и находящихся под угрозой исчезновения видов животных и осетровых рыб, а также их частей и дериватов, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункту 2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 615 Кодекса Республики Казахстан от 25 декабря 2017 года "О налогах и других обязательных платежах в бюджет (Налоговый кодекс)", за исключением оплаты через ПШЭП;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z162" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) электронную копию разрешения на охоту, в случае изъятия видов животных, их частей и дериватов, из природной среды обитания на территории Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z163" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Административный орган регистрирует поступившее заявление на получение разрешения на ввоз, вывоз образцов и прилагаемые к ней документы на портале в течение одного рабочего дня (если заявление принято после 18.00 часов или в субботу, то исчисление срока для заявителя начинается на следующий рабочий день) и в течение трех рабочих дней со дня поступления рассматривает документы и подготавливает разрешение. В течение двух рабочих дней с момента получения документов административный орган проверяет полноту представленных документов. В случае установления факта неполноты представленных документов в указанные сроки дает мотивированный отказ в дальнейшем рассмотрении заявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z164" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Административный орган отказывает в дальнейшем рассмотрении заявления по следующим основаниям:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z165" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) установление недостоверности документов, представленных заявителем для получения разрешения, и (или) данных (сведений), содержащихся в них;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z166" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги требованиям настоящих Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z167" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в отношении заявителя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения разрешения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z168" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) в отношении заявителя имеется вступившее в законную силу решение суда, на основании которого заявитель лишен специального права, связанного с получением разрешения.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложение 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к указанным Правилам изложить в новой редакции согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему Перечню.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z170" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. В </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполняющего обязанности Министра сельского хозяйства Республики Казахстан от 27 февраля 2015 года № 18-04/149 "Об утверждении Правил распределения квот изъятия объектов животного мира" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 10865, опубликован 15 мая 2015 года в информационно-правовой системе "Әділет"):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z171" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> распределения квот изъятия объектов животного мира, утвержденных указанным приказом:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z172" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      заголовок </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>главы 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z46" w:id="37"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z173" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Глава 1. Общие положения";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z174" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      заголовок </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>главы 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z175" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Глава 2. Порядок распределения квот изъятия видов животных, являющихся объектами охоты, между субъектами охотничьего хозяйства";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункт 2</w:t>
+        <w:t>пункты 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z48" w:id="38"/>
+    <w:bookmarkStart w:name="z177" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "5. Субъект охотничьего хозяйства до 1 октября предшествующего года на основании учетных данных по видам животных, являющихся объектами охоты, направляет в Государственную корпорацию "Правительство для граждан" (далее – Государственная корпорация) заявку на получение квоты изъятия по видам животных, являющихся объектами охоты для охотничьего хозяйства по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z178" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Республиканская ассоциация общественных объединений охотников и субъектов охотничьего хозяйства (далее – ассоциация охотников) осуществляет распределение квот изъятия видов животных, являющихся объектами охоты, на основании лимитов на изъятие объектов животного мира на период с 15 февраля текущего года по 15 февраля будущего года, в соответствии с подпунктом 55) пункта 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z179" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      заголовок </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>главы 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z180" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "2. Разрешения на пользование животным миром (далее – разрешения) выдаются на следующие виды специального пользования животным миром:</w:t>
-[...82 lines deleted...]
-    <w:bookmarkEnd w:id="42"/>
+      "Глава 3. Порядок распределения квот изъятия видов животных, являющихся объектами рыболовства, между субъектами рыбного хозяйства";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункт 5</w:t>
+        <w:t>пункт 12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z54" w:id="43"/>
+    <w:bookmarkStart w:name="z182" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "12. Для получения квоты изъятия рыбных ресурсов и других водных животных, субъекты рыбного хозяйства до 1 февраля текущего года направляют в Государственную корпорацию следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "5. Разрешения выдаются по формам согласно </w:t>
-[...83 lines deleted...]
-    <w:bookmarkStart w:name="z55" w:id="44"/>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заявка</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на получение квот изъятия рыбных ресурсов и других водных животных в рыбохозяйственных водоемах и (или) участках Республики Казахстан (далее – заявка на изъятие рыбных ресурсов) по форме согласно приложению 2 к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z184" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      справка территориального органа транспортного контроля о зарегистрированных на имя субъекта рыбного хозяйства добывающего и транспортного флота, в том числе маломерного, полученная не позднее одного месяца, предшествующего дате подачи заявки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z185" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ассоциация рыболовов направляет письменный запрос о предоставлении сведений по пунктам 2 и 4 заявки на изъятие рыбных ресурсов в территориальное подразделение ведомства уполномоченного органа в области охраны, воспроизводства и использования животного мира (далее – территориальное подразделение).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z186" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Территориальное подразделение представляет запрашиваемую информацию в течение 10 календарных дней со дня поступления запроса.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 21</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z188" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "21. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Итоги</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> распределения квот изъятия рыбных ресурсов и других водных животных подводятся в течение десяти календарных дней после утверждения лимитов вылова рыбы по форме согласно приложению 4 к настоящим Правилам и направляются в соответствующие местные исполнительные органы.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложение 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к указанным Правилам изложить в новой редакции согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему Перечню.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z190" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. В </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполняющего обязанности Министра сельского хозяйства Республики Казахстан от 27 февраля 2015 года № 18-03/153 "Об утверждении Правил выдачи разрешений на производство интродукции, реинтродукции и гибридизации животных" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 11623, опубликован 25 августа 2015 года в информационно-правовой системе "Әділет"):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z191" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выдачи разрешений на производство интродукции, реинтродукции и гибридизации животных, утвержденных указанным приказом:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z192" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       заголовок </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>главы 2</w:t>
+        <w:t>главы 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z56" w:id="45"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z193" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "Глава 2. Условия и порядок выдачи разрешений";</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="45"/>
+      "Глава 1. Общие положения";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункты 6</w:t>
-[...79 lines deleted...]
-        <w:t>10</w:t>
+        <w:t>пункт 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z58" w:id="46"/>
+    <w:bookmarkStart w:name="z195" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "1. Настоящие Правила выдачи разрешений на производство интродукции, реинтродукции и гибридизации животных (далее – Правила) разработаны в соответствии с подпунктом 60) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан от 9 июля 2004 года "Об охране, воспроизводстве и использовании животного мира" (далее – Закон) и подпунктом 4) пункта 1 статьи 12 Закона Республики Казахстан от 16 мая 2014 года "О разрешениях и уведомлениях" и определяют порядок выдачи разрешений на производство интродукции, реинтродукции, гибридизации животных (далее – разрешение).";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z196" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      заголовок </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>главы 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z197" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "6. Разрешения, за исключением научно-исследовательского лова на рыбохозяйственных водоемах, расположенных на территории двух и более областей, выдаются местными исполнительными органами в пределах установленных лимитов и квот изъятия животных.</w:t>
-[...482 lines deleted...]
-    <w:bookmarkEnd w:id="67"/>
+      "Глава 2. Порядок выдачи разрешений";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункт 11</w:t>
-[...11 lines deleted...]
-    </w:p>
+        <w:t>пункты 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z199" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "3. Заявка на выдачу разрешения на производство интродукции, реинтродукции и гибридизации животных (далее – заявка) направляется посредством веб-портала "электронного правительства" в электронном виде по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z200" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. К заявке прилагаются следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z201" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) электронная копия документа, подтверждающего законность приобретения животных при проведении интродукции, реинтродукции и гибридизации животных (договор купли-продажи, договор дарения, накладная или товарный чек или платежное поручение с отметкой банка);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z202" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) электронная копия биологического обоснования на производство интродукции, реинтродукции и гибридизации животных с положительным заключением государственной экологической экспертизы.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункты 13</w:t>
-[...39 lines deleted...]
-        <w:t>15</w:t>
+        <w:t>пункт 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z82" w:id="68"/>
+    <w:bookmarkStart w:name="z204" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "6. Территориальное подразделение рассматривает заявку и прилагаемые к ней документы в течение одного рабочего дня (если заявление принято после 18.00 часов или в субботу, то исчисление срока для заявителя начинается на следующий рабочий день) и в течение трех рабочих дней со дня регистрации рассматривает и производит выдачу разрешения на производство интродукции, реинтродукции и гибридизации животных (далее – разрешение) по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, либо отказывает по следующим основаниям:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z205" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "13. Регистрация заявки ведомством или местным исполнительным органом производится на портале в течение одного рабочего дня (если заявление принято после 18.00 часов или в субботу, то исчисление срока для заявителя начинается на следующий рабочий день) с момента поступления.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z83" w:id="69"/>
+      1) установление недостоверности документов, представленных заявителем для получения разрешения, и (или) данных (сведений), содержащихся в них;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z206" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) несоответствие заявителя и (или) представленных материалов, объектов, данных и сведений, необходимых для выдачи разрешения требованиям, установленным настоящими Правилами, Законом и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан от 10 июля 2002 года "О ветеринарии";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z207" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14. Ведомство или местные исполнительные органы рассматривают заявку и прилагаемые к ней документы в течение трех рабочих дней с момента поступления заявки и производят выдачу разрешений либо направляют мотивированный отказ через портал в электронном виде.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z84" w:id="70"/>
+      3) в отношении заявителя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения разрешения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z208" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ведомство или местные исполнительные органы в течение двух рабочих дней с момента получения документов заявителя проверяют полноту представленных документов. В случае установления факта неполноты представленных документов ведомство или местные исполнительные органы в указанные сроки направляют мотивированный отказ в дальнейшем рассмотрении заявки.</w:t>
-[...122 lines deleted...]
-    <w:bookmarkEnd w:id="74"/>
+      4) в отношении заявителя имеется вступившее в законную силу решение суда, на основании которого заявитель лишен специального права, связанного с получением разрешения.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>приложения 3</w:t>
-[...251 lines deleted...]
-    <w:bookmarkEnd w:id="78"/>
+        <w:t>пункт 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исключить;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункт 2</w:t>
+        <w:t>пункт 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z95" w:id="79"/>
-[...4051 lines deleted...]
-    <w:bookmarkStart w:name="z211" w:id="178"/>
+    <w:bookmarkStart w:name="z211" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "8. Учет выдачи разрешения на производство интродукции, реинтродукции и гибридизации животных ведется в Журнале регистрации выдачи разрешений на производство интродукции, реинтродукции и гибридизации животных по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkEnd w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7855,693 +7113,87 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан, в которые</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>вносятся изменения и дополнения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...180 lines deleted...]
-      </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z686" w:id="179"/>
-[...452 lines deleted...]
-        <w:t xml:space="preserve">             (фамилия, имя, отчество (при его наличии), подпись)</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 утратило силу приказом Министра сельского хозяйства РК от 22.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 384</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -8634,952 +7286,87 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан, в которые</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>вносятся изменения и дополнения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...414 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z691" w:id="180"/>
-[...483 lines deleted...]
-        <w:t xml:space="preserve">             (фамилия, имя, отчество (при его наличии), подпись)</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 2 утратило силу приказом Министра сельского хозяйства РК от 22.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 384</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -9835,160 +7622,160 @@
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z696" w:id="182"/>
+      <w:bookmarkStart w:name="z696" w:id="157"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkEnd w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             (наименование местного исполнительного органа)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Номер: __________                   Дата выдачи: ________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z697" w:id="183"/>
+    <w:bookmarkStart w:name="z697" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                      Разрешение</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">       на использование животных в научных, культурно-просветительских,</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> воспитательных, эстетических целях, а также в целях предотвращения эпизоотии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z698" w:id="184"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z698" w:id="159"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Выдано:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkEnd w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -10457,64 +8244,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z699" w:id="185"/>
+      <w:bookmarkStart w:name="z699" w:id="160"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Итоговая сумма уплаты</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkEnd w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -11170,88 +8957,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(бизнес-идентификационный номер,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>индивидуальный идентификационный номер)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z704" w:id="186"/>
+    <w:bookmarkStart w:name="z704" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                      Заявка</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z705" w:id="187"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z705" w:id="162"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Прошу выдать "Разрешение на пользование животным миром" (промысловое, любительское (спортивное), научно-исследовательский лов, мелиоративный лов, лов в воспроизводственных целях)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkEnd w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -11446,110 +9233,110 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (фамилия, имя, отчество (при его наличии), индивидуальный</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                   идентификационный номер)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z706" w:id="188"/>
+    <w:bookmarkStart w:name="z706" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Договор на ведение рыбного хозяйства от "___" ________201__ года №______</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z707" w:id="189"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z707" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Номер, дата и серия свидетельства об аккредитации (в случае научно-исследовательского лова) _____________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z708" w:id="190"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z708" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Перечень и количество объектов, планируемых для изъятия из среды обитания:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkEnd w:id="165"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -11678,64 +9465,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z709" w:id="191"/>
+      <w:bookmarkStart w:name="z709" w:id="166"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Половозрастной состав (в случае необходимости)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkEnd w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -11777,70 +9564,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z710" w:id="192"/>
+    <w:bookmarkStart w:name="z710" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Орудия изъятия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkEnd w:id="167"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -11963,70 +9750,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z711" w:id="193"/>
+    <w:bookmarkStart w:name="z711" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Плавательные средства:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkEnd w:id="168"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -12149,110 +9936,110 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z712" w:id="194"/>
+    <w:bookmarkStart w:name="z712" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Подтверждаю достоверность представленной информации и осведомлен об ответственности за представление недостоверных сведений в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z713" w:id="195"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z713" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Согласен на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z714" w:id="196"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z714" w:id="171"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дата подачи заявки "___" ______________ 20 ___ года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkEnd w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -12742,88 +10529,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(бизнес-идентификационный номер,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>индивидуальный идентификационный номер)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z719" w:id="197"/>
+    <w:bookmarkStart w:name="z719" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                      Заявка</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z720" w:id="198"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z720" w:id="173"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Прошу выдать "Разрешение на пользование животным миром" (на охоту, воспроизводственных целях, на использование животных в научных, культурно-просветительских, воспитательных, эстетических целях, а также в целях предотвращения эпизоотии) ______________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkEnd w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Вид пользования</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -13360,64 +11147,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z721" w:id="199"/>
+      <w:bookmarkStart w:name="z721" w:id="174"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Общая стоимость (тенге)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkEnd w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>______________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -13459,90 +11246,90 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Сроки изъятия c _____________ по ______________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подтверждаю достоверность представленной информации и осведомлен об ответственности за представление недостоверных сведений в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z722" w:id="200"/>
+    <w:bookmarkStart w:name="z722" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Согласен на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z723" w:id="201"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z723" w:id="176"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дата подачи заявки "__" ______________ 20 ____ года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkEnd w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -14149,108 +11936,108 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(бизнес-идентификационный номер/</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>индивидуальный идентификационный номер)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z728" w:id="202"/>
+    <w:bookmarkStart w:name="z728" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                      Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z729" w:id="203"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z729" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Прошу выдать марки икры осетровых видов рыб для торговли на внутреннем рынке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z730" w:id="204"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z730" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сведения о видах икры:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkEnd w:id="179"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -14583,70 +12370,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Объем одной емкости</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z731" w:id="205"/>
+          <w:bookmarkStart w:name="z731" w:id="180"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Общий объем</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="205"/>
+          <w:bookmarkEnd w:id="180"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 икры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -15665,110 +13452,110 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z732" w:id="206"/>
+    <w:bookmarkStart w:name="z732" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Подтверждаю достоверность представленной информации и осведомлен об ответственности за представление недостоверных сведений в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z733" w:id="207"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z733" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Согласен на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z734" w:id="208"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z734" w:id="183"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дата подачи заявления "__" ____________20___года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkEnd w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -16080,68 +13867,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z738" w:id="209"/>
+    <w:bookmarkStart w:name="z738" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Информация о получении икры осетровых видов рыб</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkEnd w:id="184"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -16934,90 +14721,90 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z739" w:id="210"/>
+    <w:bookmarkStart w:name="z739" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Подтверждаю достоверность представленной информации и осведомлен об ответственности за представление недостоверных сведений в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z740" w:id="211"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z740" w:id="186"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkEnd w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             (фамилия, имя, отчество (при его наличии), подпись)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
@@ -17295,68 +15082,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z744" w:id="212"/>
+    <w:bookmarkStart w:name="z744" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Журнал учета марок для торговли икрой осетровых видов рыб на внутреннем рынке</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkEnd w:id="187"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
@@ -18888,68 +16675,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z748" w:id="213"/>
+    <w:bookmarkStart w:name="z748" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Журнал учета марок для торговли икрой осетровых видов рыб на внешнем рынке</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkEnd w:id="188"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -20436,51 +18223,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(бизнес-идентификационный номер/</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>индивидуальный идентификационный номер)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z753" w:id="214"/>
+    <w:bookmarkStart w:name="z753" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -20501,51 +18288,51 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>______________________________</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(нужное подчеркнуть)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkEnd w:id="189"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -21524,130 +19311,130 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z754" w:id="215"/>
+    <w:bookmarkStart w:name="z754" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Подтверждаю достоверность представленной информации и осведомлен об ответственности за представление недостоверных сведений в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z755" w:id="216"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z755" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Согласен на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z756" w:id="217"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z756" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дата подачи заявления "___" __________ 20 ____ года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z757" w:id="218"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z757" w:id="193"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkEnd w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                   (фамилия, имя, отчество (при его наличии), подпись)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
@@ -21912,100 +19699,100 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z761" w:id="219"/>
+    <w:bookmarkStart w:name="z761" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                    Заявка на получение квот изъятия рыбных ресурсов и других</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">             водных животных в рыбохозяйственных водоемах и (или) участках</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z762" w:id="220"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z762" w:id="195"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наименование закрепленного рыбохозяйственного водоема и (или) участка</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkEnd w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>______________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -22832,112 +20619,112 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>номер, индивидуальный</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>идентификационный номер)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z776" w:id="221"/>
+    <w:bookmarkStart w:name="z776" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                      Заявка</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                   на выдачу разрешения на производство интродукции,</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                         реинтродукции и гибридизации животных</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z777" w:id="222"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z777" w:id="197"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Прошу выдать разрешение на производство интродукции, реинтродукции, гибридизации животных (нужное подчеркнуть).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkEnd w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Цель проведения интродукции, реинтродукции и гибридизации _____________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -23047,110 +20834,110 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Номер и дата выдачи ветеринарной справки ______________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z778" w:id="223"/>
+    <w:bookmarkStart w:name="z778" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Подтверждаю достоверность представленной информации и осведомлен об ответственности за представление недостоверных сведений в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z779" w:id="224"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z779" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Согласен на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z780" w:id="225"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z780" w:id="200"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дата подачи заявки "___" ______________ 20 ___ года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkEnd w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -23458,92 +21245,92 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z784" w:id="226"/>
+    <w:bookmarkStart w:name="z784" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Журнал</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>регистрации выдачи разрешений на производство</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>интродукции, реинтродукции и гибридизации животных</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkEnd w:id="201"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -24625,90 +22412,90 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>период, а также в запретных для</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>рыболовства водоемах и (или) участках"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z793" w:id="227"/>
+    <w:bookmarkStart w:name="z793" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 14 утратило силу приказом Министра экологии, геологии и природных ресурсов РК от 16.11.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 286</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkEnd w:id="202"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -24917,90 +22704,90 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>объектов животного мира на</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>основании утвержденных лимитов"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z799" w:id="228"/>
+    <w:bookmarkStart w:name="z799" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 15 утратило силу приказом Министра экологии, геологии и природных ресурсов РК от 16.11.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 286</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkEnd w:id="203"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -25499,90 +23286,90 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>видов рыб для торговли на внутреннем</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>рынке Республики Казахстан"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z813" w:id="229"/>
+    <w:bookmarkStart w:name="z813" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 17 утратило силу приказом Министра экологии, геологии и природных ресурсов РК от 16.11.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 286</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkEnd w:id="204"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -27696,55 +25483,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>